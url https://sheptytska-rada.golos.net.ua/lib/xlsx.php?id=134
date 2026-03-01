--- v0 (2025-10-15)
+++ v1 (2026-03-01)
@@ -9,51 +9,51 @@
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/_rels/.rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
 <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/>
 <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/>
 <Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="SimpleXLSXGen"/>
   <sheets>
     <sheet name="Sheet1" sheetId="1" state="visible" r:id="rId2"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="194" uniqueCount="194">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="192" uniqueCount="192">
   <si>
     <t>№</t>
   </si>
   <si>
     <t>XLII сесія VIII скликання</t>
   </si>
   <si>
     <t>Шептицька міська рада</t>
   </si>
   <si>
     <t>Результат</t>
   </si>
   <si>
     <t>Голоси</t>
   </si>
   <si>
     <t>Залівський Андрій Іванович</t>
   </si>
   <si>
     <t>Ляховський Богдан Васильович</t>
   </si>
   <si>
     <t>Гаманюк Віталій Володимирович</t>
   </si>
   <si>
@@ -137,357 +137,351 @@
   <si>
     <t>Шеремета Олег Володимирович</t>
   </si>
   <si>
     <t>Колтакова Ганна Петрівна</t>
   </si>
   <si>
     <t>Лозинська Іванна Анатоліївна</t>
   </si>
   <si>
     <t>Курінна Наталія Миронівна</t>
   </si>
   <si>
     <t>Подлецький Василь Іванович</t>
   </si>
   <si>
     <t>Дмитрук Михайло Васильович</t>
   </si>
   <si>
     <t>Боярчук Василь Йосипович</t>
   </si>
   <si>
     <t>Тимечко Василина Ігорівна</t>
   </si>
   <si>
-    <t>Фетісов Олексій Віталієвич</t>
+    <t>Фетісов Олексій Віталійович</t>
   </si>
   <si>
     <t>Катарина Ірина Михайлівна</t>
   </si>
   <si>
     <t>15.08.24  10:25:49</t>
   </si>
   <si>
     <t>За основу</t>
   </si>
   <si>
     <t>ПРИЙНЯТО</t>
   </si>
   <si>
     <t>За: 25</t>
   </si>
   <si>
     <t>Проти: 0</t>
   </si>
   <si>
     <t>Утримались: 0</t>
   </si>
   <si>
     <t>За</t>
   </si>
   <si>
     <t>Відсут.</t>
   </si>
   <si>
     <t>Не голос.</t>
   </si>
   <si>
     <t>15.08.24  10:27:38</t>
   </si>
   <si>
-    <t>6145Внести в список осіб озвучених Ковалем В. В. </t>
+    <t>ID - 6145,  Внести в список осіб озвучених Ковалем В. В. </t>
   </si>
   <si>
     <t>За поправку / пропозицію</t>
   </si>
   <si>
     <t>За: 24</t>
   </si>
   <si>
     <t>15.08.24  10:28:07</t>
   </si>
   <si>
     <t>В цілому</t>
   </si>
   <si>
     <t>За: 26</t>
   </si>
   <si>
     <t>15.08.24  10:28:45</t>
   </si>
   <si>
-    <t>6147Про депутатськi запити</t>
+    <t>ID - 6147,  Про депутатськi запити</t>
   </si>
   <si>
     <t>15.08.24  10:30:19</t>
   </si>
   <si>
-    <t>6149Про депутатськi запити</t>
+    <t>ID - 6149,  Про депутатськi запити</t>
   </si>
   <si>
     <t>15.08.24  10:30:56</t>
   </si>
   <si>
-    <t>6150Про депутатськi запити</t>
+    <t>ID - 6150,  Про депутатськi запити</t>
   </si>
   <si>
     <t>15.08.24  10:47:04</t>
   </si>
   <si>
     <t>15.08.24  10:56:25</t>
   </si>
   <si>
     <t>За: 23</t>
   </si>
   <si>
     <t>15.08.24  10:56:57</t>
   </si>
   <si>
     <t>15.08.24  10:58:24</t>
   </si>
   <si>
     <t>За основу і в цілому</t>
   </si>
   <si>
     <t>15.08.24  11:05:18</t>
   </si>
   <si>
     <t>15.08.24  11:06:45</t>
   </si>
   <si>
     <t>За: 21</t>
   </si>
   <si>
     <t>15.08.24  11:12:12</t>
   </si>
   <si>
     <t>15.08.24  11:13:50</t>
   </si>
   <si>
     <t>15.08.24  11:15:45</t>
   </si>
   <si>
-    <t>6160Про введення штатної одиниці</t>
+    <t>ID - 6160,  Про введення штатної одиниці</t>
   </si>
   <si>
     <t>15.08.24  11:17:38</t>
   </si>
   <si>
     <t>За: 22</t>
   </si>
   <si>
     <t>15.08.24  11:20:20</t>
   </si>
   <si>
     <t>15.08.24  11:22:12</t>
   </si>
   <si>
     <t>15.08.24  12:06:49</t>
   </si>
   <si>
     <t>За: 28</t>
   </si>
   <si>
     <t>15.08.24  12:12:29</t>
   </si>
   <si>
     <t>15.08.24  12:30:34</t>
   </si>
   <si>
     <t>15.08.24  12:33:05</t>
   </si>
   <si>
-    <t>6167Про розгляд клопотання громадянки Сковрон Ганни Василівни</t>
+    <t>ID - 6167,  Про розгляд клопотання громадянки Сковрон Ганни Василівни</t>
   </si>
   <si>
     <t>15.08.24  12:33:59</t>
   </si>
   <si>
-    <t>6168Про розгляд клопотання громадянки Карнаги Оксани Йосипівни</t>
+    <t>ID - 6168,  Про розгляд клопотання громадянки Карнаги Оксани Йосипівни</t>
   </si>
   <si>
     <t>За: 27</t>
   </si>
   <si>
     <t>15.08.24  12:34:51</t>
   </si>
   <si>
-    <t>6169Про розгляд клопотання громадянки Пащук Марії Юріївни</t>
+    <t>ID - 6169,  Про розгляд клопотання громадянки Пащук Марії Юріївни</t>
   </si>
   <si>
     <t>15.08.24  12:35:46</t>
   </si>
   <si>
-    <t>6170Про розгляд клопотання громадянина Винницького Богдана Васильовича</t>
+    <t>ID - 6170,  Про розгляд клопотання громадянина Винницького Богдана Васильовича</t>
   </si>
   <si>
     <t>15.08.24  12:36:42</t>
   </si>
   <si>
     <t>15.08.24  12:37:27</t>
   </si>
   <si>
-    <t>6172Про розгляд клопотання громадянки Яремкович Оксани Богданівни</t>
+    <t>ID - 6172,  Про розгляд клопотання громадянки Яремкович Оксани Богданівни</t>
   </si>
   <si>
     <t>15.08.24  12:39:00</t>
   </si>
   <si>
-    <t>6173Про розгляд клопотання фізичної особи – підприємця Плешинець Наталії Ігорівни</t>
+    <t>ID - 6173,  Про розгляд клопотання фізичної особи – підприємця Плешинець Наталії Ігорівни</t>
   </si>
   <si>
     <t>15.08.24  12:40:19</t>
   </si>
   <si>
     <t>15.08.24  12:40:56</t>
   </si>
   <si>
     <t>15.08.24  12:42:31</t>
   </si>
   <si>
-    <t>6176Про внесення змiн в рішення Червоноградської мiської ради</t>
+    <t>ID - 6176,  Про внесення змiн в рішення Червоноградської мiської ради</t>
   </si>
   <si>
     <t>15.08.24  12:44:11</t>
   </si>
   <si>
-    <t>6177Про затвердження проектів землеустрою щодо відведення земельних ділянок</t>
+    <t>ID - 6177,  Про затвердження проектів землеустрою щодо відведення земельних ділянок</t>
   </si>
   <si>
     <t>15.08.24  12:45:30</t>
   </si>
   <si>
     <t>15.08.24  12:46:27</t>
   </si>
   <si>
     <t>15.08.24  12:51:05</t>
   </si>
   <si>
     <t>15.08.24  12:51:57</t>
   </si>
   <si>
-    <t>6181Про розгляд клопотання Товариства з обмеженою відповідальністю «Мега - Полюс»</t>
+    <t>ID - 6181,  Про розгляд клопотання Товариства з обмеженою відповідальністю «Мега - Полюс»</t>
   </si>
   <si>
     <t>15.08.24  12:55:02</t>
   </si>
   <si>
     <t>15.08.24  12:57:19</t>
   </si>
   <si>
     <t>15.08.24  12:58:59</t>
   </si>
   <si>
     <t>15.08.24  13:02:36</t>
   </si>
   <si>
-    <t>6185Про розгляд клопотання приватного акціонерного товариства «Шахта «Надія»</t>
+    <t>ID - 6185,  Про розгляд клопотання приватного акціонерного товариства «Шахта «Надія»</t>
   </si>
   <si>
     <t>15.08.24  13:04:16</t>
   </si>
   <si>
     <t>15.08.24  13:05:40</t>
   </si>
   <si>
     <t>15.08.24  13:07:04</t>
   </si>
   <si>
     <t>15.08.24  13:08:11</t>
   </si>
   <si>
     <t>15.08.24  13:09:44</t>
   </si>
   <si>
-    <t>6190Про розгляд клопотання громадянки Гавалко Наталії Григорівни</t>
+    <t>ID - 6190,  Про розгляд клопотання громадянки Гавалко Наталії Григорівни</t>
   </si>
   <si>
     <t>15.08.24  13:22:50</t>
   </si>
   <si>
     <t>15.08.24  13:23:51</t>
   </si>
   <si>
-    <t>6192Про надання одноразової матеріальної допомоги</t>
+    <t>ID - 6192,  Про надання одноразової матеріальної допомоги</t>
   </si>
   <si>
     <t>15.08.24  13:25:16</t>
   </si>
   <si>
-    <t>6193Внести правки озвучені Тимечко В. І.</t>
+    <t>ID - 6193,  Внести правки озвучені Тимечко В. І.</t>
   </si>
   <si>
     <t>15.08.24  13:25:46</t>
   </si>
   <si>
-    <t>6194Про надання одноразової матеріальної допомоги</t>
+    <t>ID - 6194,  Про надання одноразової матеріальної допомоги</t>
   </si>
   <si>
     <t>29.08.24  10:32:13</t>
   </si>
   <si>
-    <t>6199Про виділення коштів на капітальний ремонт харчоблоків</t>
+    <t>ID - 6199,  Про виділення коштів на капітальний ремонт харчоблоків</t>
   </si>
   <si>
     <t>За: 20</t>
   </si>
   <si>
     <t>29.08.24  10:37:00</t>
   </si>
   <si>
     <t>29.08.24  10:37:45</t>
   </si>
   <si>
     <t>29.08.24  10:41:09</t>
   </si>
   <si>
-    <t>6202Внести правки озвучені Гурським О. Р. - долучити 2 місця розміщення рекламних засобів</t>
-[...1 lines deleted...]
-  <si>
     <t>НЕ ПРИЙНЯТО</t>
   </si>
   <si>
     <t>За: 19</t>
   </si>
   <si>
     <t>29.08.24  10:42:14</t>
   </si>
   <si>
-    <t>6203Внести правки озвучені Гурським О. Р. - долучити 2 місця розміщення рекламних засобів</t>
-[...1 lines deleted...]
-  <si>
     <t>29.08.24  10:42:44</t>
   </si>
   <si>
     <t>29.08.24  10:43:16</t>
   </si>
   <si>
     <t>29.08.24  10:44:17</t>
   </si>
   <si>
-    <t>6206Внести правки озвучені Гомонком І. І. - пп 2-3 вилучити</t>
+    <t>ID - 6206,  Внести правки озвучені Гомонком І. І. - пп 2-3 вилучити</t>
   </si>
   <si>
     <t>29.08.24  10:44:46</t>
   </si>
   <si>
     <t>29.08.24  10:46:46</t>
   </si>
   <si>
     <t>29.08.24  11:10:23</t>
   </si>
   <si>
     <t>За: 59</t>
   </si>
   <si>
     <t>За: 57</t>
   </si>
   <si>
     <t>За: 53</t>
   </si>
   <si>
     <t>За: 0</t>
   </si>
   <si>
     <t>За: 56</t>
   </si>
@@ -706,51 +700,51 @@
     <col min="21" max="21" width="15"/>
     <col min="22" max="22" width="15"/>
     <col min="23" max="23" width="15"/>
     <col min="24" max="24" width="15"/>
     <col min="25" max="25" width="15"/>
     <col min="26" max="26" width="15"/>
     <col min="27" max="27" width="15"/>
     <col min="28" max="28" width="15"/>
     <col min="29" max="29" width="15"/>
     <col min="30" max="30" width="15"/>
     <col min="31" max="31" width="15"/>
     <col min="32" max="32" width="15"/>
     <col min="33" max="33" width="15"/>
     <col min="34" max="34" width="15"/>
     <col min="35" max="35" width="15"/>
     <col min="36" max="36" width="15"/>
     <col min="37" max="37" width="15"/>
     <col min="38" max="38" width="15"/>
     <col min="39" max="39" width="15"/>
     <col min="40" max="40" width="15"/>
     <col min="41" max="41" width="15"/>
     <col min="42" max="42" width="15"/>
     <col min="43" max="43" width="15"/>
     <col min="44" max="44" width="15"/>
     <col min="45" max="45" width="15"/>
-    <col min="46" max="46" width="51"/>
+    <col min="46" max="46" width="53"/>
     <col min="47" max="47" width="49"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" t="s" s="2">
         <v>0</v>
       </c>
       <c r="B1" t="s" s="3">
         <v>1</v>
       </c>
       <c r="C1" t="s" s="2">
         <v>2</v>
       </c>
       <c r="D1" t="s" s="2">
         <v>3</v>
       </c>
       <c r="E1"/>
       <c r="F1" t="s" s="2">
         <v>4</v>
       </c>
       <c r="G1"/>
       <c r="H1"/>
       <c r="I1" t="s" s="3">
         <v>5</v>
       </c>
@@ -856,51 +850,51 @@
       <c r="AQ1" t="s" s="3">
         <v>39</v>
       </c>
       <c r="AR1" t="s" s="3">
         <v>40</v>
       </c>
       <c r="AS1" t="s" s="3">
         <v>41</v>
       </c>
       <c r="AT1" t="s" s="3">
         <v>42</v>
       </c>
       <c r="AU1" t="s" s="3">
         <v>43</v>
       </c>
     </row>
     <row r="2">
       <c r="A2">
         <v>1</v>
       </c>
       <c r="B2" t="s">
         <v>44</v>
       </c>
       <c r="C2" t="inlineStr" s="4">
         <is>
-          <t>6144Про присвоєння звання «Почесний громадянин Червоноградської міської територіальної громади»</t>
+          <t>ID - 6144,  Про присвоєння звання «Почесний громадянин Червоноградської міської територіальної громади»</t>
         </is>
       </c>
       <c r="D2" t="s">
         <v>45</v>
       </c>
       <c r="E2" t="s">
         <v>46</v>
       </c>
       <c r="F2" t="s">
         <v>47</v>
       </c>
       <c r="G2" t="s">
         <v>48</v>
       </c>
       <c r="H2" t="s">
         <v>49</v>
       </c>
       <c r="I2" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J2" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K2" t="s" s="5">
         <v>50</v>
@@ -1144,51 +1138,51 @@
       <c r="AQ3" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR3" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS3" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT3" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU3" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="4">
       <c r="A4">
         <v>3</v>
       </c>
       <c r="B4" t="s">
         <v>57</v>
       </c>
       <c r="C4" t="inlineStr" s="4">
         <is>
-          <t>6146Про присвоєння звання «Почесний громадянин Червоноградської міської територіальної громади»</t>
+          <t>ID - 6146,  Про присвоєння звання «Почесний громадянин Червоноградської міської територіальної громади»</t>
         </is>
       </c>
       <c r="D4" t="s">
         <v>58</v>
       </c>
       <c r="E4" t="s">
         <v>46</v>
       </c>
       <c r="F4" t="s">
         <v>59</v>
       </c>
       <c r="G4" t="s">
         <v>48</v>
       </c>
       <c r="H4" t="s">
         <v>49</v>
       </c>
       <c r="I4" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J4" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K4" t="s" s="5">
         <v>50</v>
@@ -1718,51 +1712,51 @@
       <c r="AQ7" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR7" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS7" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT7" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU7" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="8">
       <c r="A8">
         <v>7</v>
       </c>
       <c r="B8" t="s">
         <v>66</v>
       </c>
       <c r="C8" t="inlineStr" s="4">
         <is>
-          <t>6151Про виконання бюджету Червоноградської міської територіальної громади за січень-червень 2024 року та внесення змін до бюджету Червоноградської міської територіальної громади на 2024 рік (1358700000) (код бюджету)</t>
+          <t>ID - 6151,  Про виконання бюджету Червоноградської міської територіальної громади за січень-червень 2024 року та внесення змін до бюджету Червоноградської міської територіальної громади на 2024 рік (1358700000) (код бюджету)</t>
         </is>
       </c>
       <c r="D8" t="s">
         <v>45</v>
       </c>
       <c r="E8" t="s">
         <v>46</v>
       </c>
       <c r="F8" t="s">
         <v>56</v>
       </c>
       <c r="G8" t="s">
         <v>48</v>
       </c>
       <c r="H8" t="s">
         <v>49</v>
       </c>
       <c r="I8" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J8" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K8" t="s" s="5">
         <v>50</v>
@@ -1863,51 +1857,51 @@
       <c r="AQ8" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR8" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS8" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT8" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU8" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="9">
       <c r="A9">
         <v>8</v>
       </c>
       <c r="B9" t="s">
         <v>67</v>
       </c>
       <c r="C9" t="inlineStr" s="4">
         <is>
-          <t>6152Правки до проекту рішення   Внести зміни до Програми розвитку та фінансової підтримки комунального некомерційного підприємства «Соснівська міська лікарня  Червоноградської міської ради» на  2024 рік: збільшити видатки: - на поточний ремонт цифрової рентгенівської системи ІМФХ 7700В спрямувати кошти в сумі 65,5 тис. грн; на відшкодування  видатків на виготовлення технічного паспорта, внесення в ЄДЕССБ даних, виготовлення довідки реєстрації за адресою Львівська обл., м.Соснівка, вул. Грушевського,36 - 25,850 тис. грн.; зменшити видатки передбачені на забезпечення покриття витрат по безоплатному та пільговому відпуску лікарських засобів за рецептами лікарів у разі амбулаторного лікування окремих груп населення та за певними категоріями захворювань – 91,350 тис. грн.   Зменшити видатки передбачені на виділення субвенції обласному бюджету для ВПУ №11 м.Червонограда  на суму 300,0 тис. грн. та спрямувати для: - Червоноградського районного відділу поліції ГУ Національної поліції у Львівській області спрямувати кошти в сумі 100,0 тис. грн. для  матеріально-технічного</t>
+          <t>ID - 6152,  Правки до проекту рішення   Внести зміни до Програми розвитку та фінансової підтримки комунального некомерційного підприємства «Соснівська міська лікарня  Червоноградської міської ради» на  2024 рік: збільшити видатки: - на поточний ремонт цифрової рентгенівської системи ІМФХ 7700В спрямувати кошти в сумі 65,5 тис. грн; на відшкодування  видатків на виготовлення технічного паспорта, внесення в ЄДЕССБ даних, виготовлення довідки реєстрації за адресою Львівська обл., м.Соснівка, вул. Грушевського,36 - 25,850 тис. грн.; зменшити видатки передбачені на забезпечення покриття витрат по безоплатному та пільговому відпуску лікарських засобів за рецептами лікарів у разі амбулаторного лікування окремих груп населення та за певними категоріями захворювань – 91,350 тис. грн.   Зменшити видатки передбачені на виділення субвенції обласному бюджету для ВПУ №11 м.Червонограда  на суму 300,0 тис. грн. та спрямувати для: - Червоноградського районного відділу поліції ГУ Національної поліції у Львівській області спрямувати кошти в сумі 100,0 тис. грн. для  матеріально-технічного</t>
         </is>
       </c>
       <c r="D9" t="s">
         <v>55</v>
       </c>
       <c r="E9" t="s">
         <v>46</v>
       </c>
       <c r="F9" t="s">
         <v>68</v>
       </c>
       <c r="G9" t="s">
         <v>48</v>
       </c>
       <c r="H9" t="s">
         <v>49</v>
       </c>
       <c r="I9" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J9" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K9" t="s" s="5">
         <v>52</v>
@@ -2008,51 +2002,51 @@
       <c r="AQ9" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR9" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS9" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT9" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU9" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="10">
       <c r="A10">
         <v>9</v>
       </c>
       <c r="B10" t="s">
         <v>69</v>
       </c>
       <c r="C10" t="inlineStr" s="4">
         <is>
-          <t>6153Про виконання бюджету Червоноградської міської територіальної громади за січень-червень 2024 року та внесення змін до бюджету Червоноградської міської територіальної громади на 2024 рік (1358700000) (код бюджету)</t>
+          <t>ID - 6153,  Про виконання бюджету Червоноградської міської територіальної громади за січень-червень 2024 року та внесення змін до бюджету Червоноградської міської територіальної громади на 2024 рік (1358700000) (код бюджету)</t>
         </is>
       </c>
       <c r="D10" t="s">
         <v>58</v>
       </c>
       <c r="E10" t="s">
         <v>46</v>
       </c>
       <c r="F10" t="s">
         <v>59</v>
       </c>
       <c r="G10" t="s">
         <v>48</v>
       </c>
       <c r="H10" t="s">
         <v>49</v>
       </c>
       <c r="I10" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J10" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K10" t="s" s="5">
         <v>50</v>
@@ -2153,51 +2147,51 @@
       <c r="AQ10" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR10" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS10" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT10" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU10" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="11">
       <c r="A11">
         <v>10</v>
       </c>
       <c r="B11" t="s">
         <v>70</v>
       </c>
       <c r="C11" t="inlineStr" s="4">
         <is>
-          <t>6154Про затвердження структури та загальної чисельності виконавчих органів Червоноградської міської ради в новій редакції</t>
+          <t>ID - 6154,  Про затвердження структури та загальної чисельності виконавчих органів Червоноградської міської ради в новій редакції</t>
         </is>
       </c>
       <c r="D11" t="s">
         <v>71</v>
       </c>
       <c r="E11" t="s">
         <v>46</v>
       </c>
       <c r="F11" t="s">
         <v>59</v>
       </c>
       <c r="G11" t="s">
         <v>48</v>
       </c>
       <c r="H11" t="s">
         <v>49</v>
       </c>
       <c r="I11" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J11" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K11" t="s" s="5">
         <v>50</v>
@@ -2298,51 +2292,51 @@
       <c r="AQ11" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR11" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS11" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT11" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU11" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="12">
       <c r="A12">
         <v>11</v>
       </c>
       <c r="B12" t="s">
         <v>72</v>
       </c>
       <c r="C12" t="inlineStr" s="4">
         <is>
-          <t>6155Про внесення змін до рішення Червоноградської міської ради від 24.06.2021 № 540 «Про затвердження Регламенту Червоноградської міської ради, Червоноградського району Львівської області восьмого скликання в новій редакції»</t>
+          <t>ID - 6155,  Про внесення змін до рішення Червоноградської міської ради від 24.06.2021 № 540 «Про затвердження Регламенту Червоноградської міської ради, Червоноградського району Львівської області восьмого скликання в новій редакції»</t>
         </is>
       </c>
       <c r="D12" t="s">
         <v>71</v>
       </c>
       <c r="E12" t="s">
         <v>46</v>
       </c>
       <c r="F12" t="s">
         <v>47</v>
       </c>
       <c r="G12" t="s">
         <v>48</v>
       </c>
       <c r="H12" t="s">
         <v>49</v>
       </c>
       <c r="I12" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J12" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K12" t="s" s="5">
         <v>50</v>
@@ -2443,51 +2437,51 @@
       <c r="AQ12" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR12" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS12" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT12" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU12" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="13">
       <c r="A13">
         <v>12</v>
       </c>
       <c r="B13" t="s">
         <v>73</v>
       </c>
       <c r="C13" t="inlineStr" s="4">
         <is>
-          <t>6156Про внесення змiн до Схеми комплексного розмiщення зовнiшньої реклами в м. Червоноградi, затвердженої рiшенням Червоноградської мiської ради вiд 05.12.2019 № 1490</t>
+          <t>ID - 6156,  Про внесення змiн до Схеми комплексного розмiщення зовнiшньої реклами в м. Червоноградi, затвердженої рiшенням Червоноградської мiської ради вiд 05.12.2019 № 1490</t>
         </is>
       </c>
       <c r="D13" t="s">
         <v>45</v>
       </c>
       <c r="E13" t="s">
         <v>46</v>
       </c>
       <c r="F13" t="s">
         <v>74</v>
       </c>
       <c r="G13" t="s">
         <v>48</v>
       </c>
       <c r="H13" t="s">
         <v>49</v>
       </c>
       <c r="I13" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J13" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K13" t="s" s="5">
         <v>52</v>
@@ -2588,51 +2582,51 @@
       <c r="AQ13" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR13" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS13" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT13" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU13" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="14">
       <c r="A14">
         <v>13</v>
       </c>
       <c r="B14" t="s">
         <v>75</v>
       </c>
       <c r="C14" t="inlineStr" s="4">
         <is>
-          <t>6158Про делегування повноважень щодо здійснення функцій замовника відділу капітального будівництва та інвестицій Червоноградської міської ради</t>
+          <t>ID - 6158,  Про делегування повноважень щодо здійснення функцій замовника відділу капітального будівництва та інвестицій Червоноградської міської ради</t>
         </is>
       </c>
       <c r="D14" t="s">
         <v>71</v>
       </c>
       <c r="E14" t="s">
         <v>46</v>
       </c>
       <c r="F14" t="s">
         <v>68</v>
       </c>
       <c r="G14" t="s">
         <v>48</v>
       </c>
       <c r="H14" t="s">
         <v>49</v>
       </c>
       <c r="I14" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J14" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K14" t="s" s="5">
         <v>50</v>
@@ -2733,51 +2727,51 @@
       <c r="AQ14" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR14" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS14" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT14" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU14" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="15">
       <c r="A15">
         <v>14</v>
       </c>
       <c r="B15" t="s">
         <v>76</v>
       </c>
       <c r="C15" t="inlineStr" s="4">
         <is>
-          <t>6159Про надання згоди на прийня ття капітальних вкладень та делегування повноважень щодо здійснення функцій замовника відділу капітального будівництва та інвестицій Червоноградської міської ради на об’єкт незавершеного будівництва</t>
+          <t>ID - 6159,  Про надання згоди на прийня ття капітальних вкладень та делегування повноважень щодо здійснення функцій замовника відділу капітального будівництва та інвестицій Червоноградської міської ради на об’єкт незавершеного будівництва</t>
         </is>
       </c>
       <c r="D15" t="s">
         <v>71</v>
       </c>
       <c r="E15" t="s">
         <v>46</v>
       </c>
       <c r="F15" t="s">
         <v>47</v>
       </c>
       <c r="G15" t="s">
         <v>48</v>
       </c>
       <c r="H15" t="s">
         <v>49</v>
       </c>
       <c r="I15" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J15" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K15" t="s" s="5">
         <v>50</v>
@@ -3021,51 +3015,51 @@
       <c r="AQ16" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR16" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS16" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT16" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU16" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="17">
       <c r="A17">
         <v>16</v>
       </c>
       <c r="B17" t="s">
         <v>79</v>
       </c>
       <c r="C17" t="inlineStr" s="4">
         <is>
-          <t>6161Про внесення змін до рішення Червоноградської міської ради від 05.08.2021 №670 «Про затвердження Переліку другого типу об’єктів комунальної власності Червоноградської територіальної громади , щодо яких прийнято рішення про передачу в оренду без проведення аукціону»</t>
+          <t>ID - 6161,  Про внесення змін до рішення Червоноградської міської ради від 05.08.2021 №670 «Про затвердження Переліку другого типу об’єктів комунальної власності Червоноградської територіальної громади , щодо яких прийнято рішення про передачу в оренду без проведення аукціону»</t>
         </is>
       </c>
       <c r="D17" t="s">
         <v>71</v>
       </c>
       <c r="E17" t="s">
         <v>46</v>
       </c>
       <c r="F17" t="s">
         <v>80</v>
       </c>
       <c r="G17" t="s">
         <v>48</v>
       </c>
       <c r="H17" t="s">
         <v>49</v>
       </c>
       <c r="I17" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J17" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K17" t="s" s="5">
         <v>50</v>
@@ -3166,51 +3160,51 @@
       <c r="AQ17" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR17" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS17" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT17" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU17" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="18">
       <c r="A18">
         <v>17</v>
       </c>
       <c r="B18" t="s">
         <v>81</v>
       </c>
       <c r="C18" t="inlineStr" s="4">
         <is>
-          <t>6162Про внесення змін у рішення сесії Червоноградської міської ради Червоноградського району Львівської області від 16.11.2023 № 2171 «Про надання пiльг з безкоштовного харчування вихованцям закладiв дошкiльної освiти/дошкільних підрозділів закладів загальної середньої освіти, учням закладiв загальної середньої освiти»</t>
+          <t>ID - 6162,  Про внесення змін у рішення сесії Червоноградської міської ради Червоноградського району Львівської області від 16.11.2023 № 2171 «Про надання пiльг з безкоштовного харчування вихованцям закладiв дошкiльної освiти/дошкільних підрозділів закладів загальної середньої освіти, учням закладiв загальної середньої освiти»</t>
         </is>
       </c>
       <c r="D18" t="s">
         <v>71</v>
       </c>
       <c r="E18" t="s">
         <v>46</v>
       </c>
       <c r="F18" t="s">
         <v>80</v>
       </c>
       <c r="G18" t="s">
         <v>48</v>
       </c>
       <c r="H18" t="s">
         <v>49</v>
       </c>
       <c r="I18" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J18" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K18" t="s" s="5">
         <v>50</v>
@@ -3311,51 +3305,51 @@
       <c r="AQ18" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR18" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS18" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT18" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU18" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="19">
       <c r="A19">
         <v>18</v>
       </c>
       <c r="B19" t="s">
         <v>82</v>
       </c>
       <c r="C19" t="inlineStr" s="4">
         <is>
-          <t>6163Про створення груп подовженого дня у закладах загальної середньої освіти на 2024/2025 навчальний рік</t>
+          <t>ID - 6163,  Про створення груп подовженого дня у закладах загальної середньої освіти на 2024/2025 навчальний рік</t>
         </is>
       </c>
       <c r="D19" t="s">
         <v>71</v>
       </c>
       <c r="E19" t="s">
         <v>46</v>
       </c>
       <c r="F19" t="s">
         <v>68</v>
       </c>
       <c r="G19" t="s">
         <v>48</v>
       </c>
       <c r="H19" t="s">
         <v>49</v>
       </c>
       <c r="I19" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J19" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K19" t="s" s="5">
         <v>50</v>
@@ -3456,51 +3450,51 @@
       <c r="AQ19" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR19" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS19" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT19" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU19" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="20">
       <c r="A20">
         <v>19</v>
       </c>
       <c r="B20" t="s">
         <v>83</v>
       </c>
       <c r="C20" t="inlineStr" s="4">
         <is>
-          <t>6164Про заслуховування інформації керівника комунального закладу Червоноградської міської ради «Будинок воїна»</t>
+          <t>ID - 6164,  Про заслуховування інформації керівника комунального закладу Червоноградської міської ради «Будинок воїна»</t>
         </is>
       </c>
       <c r="D20" t="s">
         <v>71</v>
       </c>
       <c r="E20" t="s">
         <v>46</v>
       </c>
       <c r="F20" t="s">
         <v>84</v>
       </c>
       <c r="G20" t="s">
         <v>48</v>
       </c>
       <c r="H20" t="s">
         <v>49</v>
       </c>
       <c r="I20" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J20" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K20" t="s" s="5">
         <v>50</v>
@@ -3601,51 +3595,51 @@
       <c r="AQ20" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR20" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS20" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT20" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU20" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="21">
       <c r="A21">
         <v>20</v>
       </c>
       <c r="B21" t="s">
         <v>85</v>
       </c>
       <c r="C21" t="inlineStr" s="4">
         <is>
-          <t>6165Про звернення Червоноградської міської ради до Верховної Ради України щодо законопроєкту «Про внесення змін до деяких законів України щодо діяльності в Україні релігійних організацій»</t>
+          <t>ID - 6165,  Про звернення Червоноградської міської ради до Верховної Ради України щодо законопроєкту «Про внесення змін до деяких законів України щодо діяльності в Україні релігійних організацій»</t>
         </is>
       </c>
       <c r="D21" t="s">
         <v>71</v>
       </c>
       <c r="E21" t="s">
         <v>46</v>
       </c>
       <c r="F21" t="s">
         <v>47</v>
       </c>
       <c r="G21" t="s">
         <v>48</v>
       </c>
       <c r="H21" t="s">
         <v>49</v>
       </c>
       <c r="I21" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J21" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K21" t="s" s="5">
         <v>50</v>
@@ -3746,51 +3740,51 @@
       <c r="AQ21" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR21" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS21" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT21" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU21" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="22">
       <c r="A22">
         <v>21</v>
       </c>
       <c r="B22" t="s">
         <v>86</v>
       </c>
       <c r="C22" t="inlineStr" s="4">
         <is>
-          <t>6166Про заслуховування інформації поліцейських офіцерів громад Червоноградської міської територіальної громади</t>
+          <t>ID - 6166,  Про заслуховування інформації поліцейських офіцерів громад Червоноградської міської територіальної громади</t>
         </is>
       </c>
       <c r="D22" t="s">
         <v>71</v>
       </c>
       <c r="E22" t="s">
         <v>46</v>
       </c>
       <c r="F22" t="s">
         <v>84</v>
       </c>
       <c r="G22" t="s">
         <v>48</v>
       </c>
       <c r="H22" t="s">
         <v>49</v>
       </c>
       <c r="I22" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J22" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K22" t="s" s="5">
         <v>50</v>
@@ -4463,51 +4457,51 @@
       <c r="AQ26" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR26" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS26" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT26" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU26" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="27">
       <c r="A27">
         <v>26</v>
       </c>
       <c r="B27" t="s">
         <v>96</v>
       </c>
       <c r="C27" t="inlineStr" s="4">
         <is>
-          <t>6171Про розгляд клопотання громадян Гульт Наталії Петрівни, Гульт Тетяни Петрівни, Гульт Марії Стефанівни</t>
+          <t>ID - 6171,  Про розгляд клопотання громадян Гульт Наталії Петрівни, Гульт Тетяни Петрівни, Гульт Марії Стефанівни</t>
         </is>
       </c>
       <c r="D27" t="s">
         <v>71</v>
       </c>
       <c r="E27" t="s">
         <v>46</v>
       </c>
       <c r="F27" t="s">
         <v>56</v>
       </c>
       <c r="G27" t="s">
         <v>48</v>
       </c>
       <c r="H27" t="s">
         <v>49</v>
       </c>
       <c r="I27" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J27" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K27" t="s" s="5">
         <v>50</v>
@@ -4894,51 +4888,51 @@
       <c r="AQ29" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR29" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS29" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT29" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU29" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="30">
       <c r="A30">
         <v>29</v>
       </c>
       <c r="B30" t="s">
         <v>101</v>
       </c>
       <c r="C30" t="inlineStr" s="4">
         <is>
-          <t>6174Про розгляд клопотання закладу дошкільної освіти дитячого садка с. Волсвин Червоноградської міської ради Львівської області</t>
+          <t>ID - 6174,  Про розгляд клопотання закладу дошкільної освіти дитячого садка с. Волсвин Червоноградської міської ради Львівської області</t>
         </is>
       </c>
       <c r="D30" t="s">
         <v>71</v>
       </c>
       <c r="E30" t="s">
         <v>46</v>
       </c>
       <c r="F30" t="s">
         <v>59</v>
       </c>
       <c r="G30" t="s">
         <v>48</v>
       </c>
       <c r="H30" t="s">
         <v>49</v>
       </c>
       <c r="I30" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J30" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K30" t="s" s="5">
         <v>50</v>
@@ -5039,51 +5033,51 @@
       <c r="AQ30" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR30" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS30" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT30" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU30" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="31">
       <c r="A31">
         <v>30</v>
       </c>
       <c r="B31" t="s">
         <v>102</v>
       </c>
       <c r="C31" t="inlineStr" s="4">
         <is>
-          <t>6175Про розгляд клопотання Волсвинської гімназії Червоноградської міської ради Львівської області</t>
+          <t>ID - 6175,  Про розгляд клопотання Волсвинської гімназії Червоноградської міської ради Львівської області</t>
         </is>
       </c>
       <c r="D31" t="s">
         <v>71</v>
       </c>
       <c r="E31" t="s">
         <v>46</v>
       </c>
       <c r="F31" t="s">
         <v>47</v>
       </c>
       <c r="G31" t="s">
         <v>48</v>
       </c>
       <c r="H31" t="s">
         <v>49</v>
       </c>
       <c r="I31" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J31" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K31" t="s" s="5">
         <v>50</v>
@@ -5470,51 +5464,51 @@
       <c r="AQ33" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR33" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS33" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT33" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU33" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="34">
       <c r="A34">
         <v>33</v>
       </c>
       <c r="B34" t="s">
         <v>107</v>
       </c>
       <c r="C34" t="inlineStr" s="4">
         <is>
-          <t>6178Про розроблення проектів землеустрою щодо відведення земельних ділянок в селі Сілець, присілок Заболотня для будівництва та обслуговування трансформаторних підстанцій</t>
+          <t>ID - 6178,  Про розроблення проектів землеустрою щодо відведення земельних ділянок в селі Сілець, присілок Заболотня для будівництва та обслуговування трансформаторних підстанцій</t>
         </is>
       </c>
       <c r="D34" t="s">
         <v>71</v>
       </c>
       <c r="E34" t="s">
         <v>46</v>
       </c>
       <c r="F34" t="s">
         <v>59</v>
       </c>
       <c r="G34" t="s">
         <v>48</v>
       </c>
       <c r="H34" t="s">
         <v>49</v>
       </c>
       <c r="I34" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J34" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K34" t="s" s="5">
         <v>50</v>
@@ -5615,51 +5609,51 @@
       <c r="AQ34" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR34" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS34" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT34" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU34" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="35">
       <c r="A35">
         <v>34</v>
       </c>
       <c r="B35" t="s">
         <v>108</v>
       </c>
       <c r="C35" t="inlineStr" s="4">
         <is>
-          <t>6179Про розроблення проекту землеустрою щодо відведення земельної ділянки в місті Червоноград на вулиці В. Стуса, 43</t>
+          <t>ID - 6179,  Про розроблення проекту землеустрою щодо відведення земельної ділянки в місті Червоноград на вулиці В. Стуса, 43</t>
         </is>
       </c>
       <c r="D35" t="s">
         <v>71</v>
       </c>
       <c r="E35" t="s">
         <v>46</v>
       </c>
       <c r="F35" t="s">
         <v>59</v>
       </c>
       <c r="G35" t="s">
         <v>48</v>
       </c>
       <c r="H35" t="s">
         <v>49</v>
       </c>
       <c r="I35" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J35" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K35" t="s" s="5">
         <v>50</v>
@@ -5760,51 +5754,51 @@
       <c r="AQ35" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR35" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS35" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT35" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU35" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="36">
       <c r="A36">
         <v>35</v>
       </c>
       <c r="B36" t="s">
         <v>109</v>
       </c>
       <c r="C36" t="inlineStr" s="4">
         <is>
-          <t>6180Про розроблення технічної документації із землеустрою щодо встановлення (відновлення) меж земельної ділянки в натурі (на місцевості) в місті Червоноград на проспекті Шевченка, 5 «б» - 3</t>
+          <t>ID - 6180,  Про розроблення технічної документації із землеустрою щодо встановлення (відновлення) меж земельної ділянки в натурі (на місцевості) в місті Червоноград на проспекті Шевченка, 5 «б» - 3</t>
         </is>
       </c>
       <c r="D36" t="s">
         <v>71</v>
       </c>
       <c r="E36" t="s">
         <v>46</v>
       </c>
       <c r="F36" t="s">
         <v>59</v>
       </c>
       <c r="G36" t="s">
         <v>48</v>
       </c>
       <c r="H36" t="s">
         <v>49</v>
       </c>
       <c r="I36" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J36" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K36" t="s" s="5">
         <v>50</v>
@@ -6048,51 +6042,51 @@
       <c r="AQ37" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR37" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS37" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT37" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU37" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="38">
       <c r="A38">
         <v>37</v>
       </c>
       <c r="B38" t="s">
         <v>112</v>
       </c>
       <c r="C38" t="inlineStr" s="4">
         <is>
-          <t>6182Про затвердження містобудівної документації `Детальний план території на вулиці Івасюка, в районі комунального підприємства `Центральна міська лікарня Червоноградської міської ради` в місті Червонограді Червоноградської міської територіальної громади Червоноградського району Львівської області`</t>
+          <t>ID - 6182,  Про затвердження містобудівної документації `Детальний план території на вулиці Івасюка, в районі комунального підприємства `Центральна міська лікарня Червоноградської міської ради` в місті Червонограді Червоноградської міської територіальної громади Червоноградського району Львівської області`</t>
         </is>
       </c>
       <c r="D38" t="s">
         <v>71</v>
       </c>
       <c r="E38" t="s">
         <v>46</v>
       </c>
       <c r="F38" t="s">
         <v>91</v>
       </c>
       <c r="G38" t="s">
         <v>48</v>
       </c>
       <c r="H38" t="s">
         <v>49</v>
       </c>
       <c r="I38" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J38" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K38" t="s" s="5">
         <v>50</v>
@@ -6193,51 +6187,51 @@
       <c r="AQ38" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR38" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS38" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT38" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU38" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="39">
       <c r="A39">
         <v>38</v>
       </c>
       <c r="B39" t="s">
         <v>113</v>
       </c>
       <c r="C39" t="inlineStr" s="4">
         <is>
-          <t>6183Про розгляд клопотання Комунального підприємства «Центральна міська лікарня Червоноградської міської ради»</t>
+          <t>ID - 6183,  Про розгляд клопотання Комунального підприємства «Центральна міська лікарня Червоноградської міської ради»</t>
         </is>
       </c>
       <c r="D39" t="s">
         <v>71</v>
       </c>
       <c r="E39" t="s">
         <v>46</v>
       </c>
       <c r="F39" t="s">
         <v>59</v>
       </c>
       <c r="G39" t="s">
         <v>48</v>
       </c>
       <c r="H39" t="s">
         <v>49</v>
       </c>
       <c r="I39" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J39" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K39" t="s" s="5">
         <v>50</v>
@@ -6338,51 +6332,51 @@
       <c r="AQ39" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR39" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS39" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT39" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU39" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="40">
       <c r="A40">
         <v>39</v>
       </c>
       <c r="B40" t="s">
         <v>114</v>
       </c>
       <c r="C40" t="inlineStr" s="4">
         <is>
-          <t>6184Про розроблення проекту землеустрою щодо відведення земельної ділянки в селі Острів, Червоноградського району, Львівської області</t>
+          <t>ID - 6184,  Про розроблення проекту землеустрою щодо відведення земельної ділянки в селі Острів, Червоноградського району, Львівської області</t>
         </is>
       </c>
       <c r="D40" t="s">
         <v>71</v>
       </c>
       <c r="E40" t="s">
         <v>46</v>
       </c>
       <c r="F40" t="s">
         <v>91</v>
       </c>
       <c r="G40" t="s">
         <v>48</v>
       </c>
       <c r="H40" t="s">
         <v>49</v>
       </c>
       <c r="I40" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J40" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K40" t="s" s="5">
         <v>50</v>
@@ -6626,51 +6620,51 @@
       <c r="AQ41" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR41" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS41" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT41" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU41" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="42">
       <c r="A42">
         <v>41</v>
       </c>
       <c r="B42" t="s">
         <v>117</v>
       </c>
       <c r="C42" t="inlineStr" s="4">
         <is>
-          <t>6186Про включення до переліку земельних ділянок, право оренди на які виставляється на земельні торги окремими лотами, та продаж права оренди земельної ділянки на конкурентних засадах (на земельних торгах у формі електронного аукціону) в м. Червонограді, вул. Б. Хмельницького, 24 «ж», кадастровий номер земельної ділянки 4611800000:03:004:0019</t>
+          <t>ID - 6186,  Про включення до переліку земельних ділянок, право оренди на які виставляється на земельні торги окремими лотами, та продаж права оренди земельної ділянки на конкурентних засадах (на земельних торгах у формі електронного аукціону) в м. Червонограді, вул. Б. Хмельницького, 24 «ж», кадастровий номер земельної ділянки 4611800000:03:004:0019</t>
         </is>
       </c>
       <c r="D42" t="s">
         <v>71</v>
       </c>
       <c r="E42" t="s">
         <v>46</v>
       </c>
       <c r="F42" t="s">
         <v>47</v>
       </c>
       <c r="G42" t="s">
         <v>48</v>
       </c>
       <c r="H42" t="s">
         <v>49</v>
       </c>
       <c r="I42" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J42" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K42" t="s" s="5">
         <v>50</v>
@@ -6771,51 +6765,51 @@
       <c r="AQ42" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR42" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS42" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT42" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU42" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="43">
       <c r="A43">
         <v>42</v>
       </c>
       <c r="B43" t="s">
         <v>118</v>
       </c>
       <c r="C43" t="inlineStr" s="4">
         <is>
-          <t>6187Про включення до переліку земельних ділянок, право оренди на які виставляється на земельні торги окремими лотами, та продаж права оренди земельної ділянки на конкурентних засадах (на земельних торгах у формі електронного аукціону) в м. Червонограді, вул. С. Бандери, 14 «б», кадастровий номер земельної ділянки 4611800000:02:003:0050</t>
+          <t>ID - 6187,  Про включення до переліку земельних ділянок, право оренди на які виставляється на земельні торги окремими лотами, та продаж права оренди земельної ділянки на конкурентних засадах (на земельних торгах у формі електронного аукціону) в м. Червонограді, вул. С. Бандери, 14 «б», кадастровий номер земельної ділянки 4611800000:02:003:0050</t>
         </is>
       </c>
       <c r="D43" t="s">
         <v>71</v>
       </c>
       <c r="E43" t="s">
         <v>46</v>
       </c>
       <c r="F43" t="s">
         <v>84</v>
       </c>
       <c r="G43" t="s">
         <v>48</v>
       </c>
       <c r="H43" t="s">
         <v>49</v>
       </c>
       <c r="I43" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J43" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K43" t="s" s="5">
         <v>50</v>
@@ -6916,51 +6910,51 @@
       <c r="AQ43" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR43" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS43" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT43" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU43" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="44">
       <c r="A44">
         <v>43</v>
       </c>
       <c r="B44" t="s">
         <v>119</v>
       </c>
       <c r="C44" t="inlineStr" s="4">
         <is>
-          <t>6188Про розроблення проекту землеустрою щодо відведення земельної ділянки в місті Червоноград, вулиця Радехівська, Львівської області</t>
+          <t>ID - 6188,  Про розроблення проекту землеустрою щодо відведення земельної ділянки в місті Червоноград, вулиця Радехівська, Львівської області</t>
         </is>
       </c>
       <c r="D44" t="s">
         <v>71</v>
       </c>
       <c r="E44" t="s">
         <v>46</v>
       </c>
       <c r="F44" t="s">
         <v>91</v>
       </c>
       <c r="G44" t="s">
         <v>48</v>
       </c>
       <c r="H44" t="s">
         <v>49</v>
       </c>
       <c r="I44" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J44" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K44" t="s" s="5">
         <v>52</v>
@@ -7061,51 +7055,51 @@
       <c r="AQ44" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR44" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS44" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT44" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU44" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="45">
       <c r="A45">
         <v>44</v>
       </c>
       <c r="B45" t="s">
         <v>120</v>
       </c>
       <c r="C45" t="inlineStr" s="4">
         <is>
-          <t>6189Про делегування повноважень щодо здійснення функцій замовника відділу капітального будівництва та інвестицій Червоноградської міської ради</t>
+          <t>ID - 6189,  Про делегування повноважень щодо здійснення функцій замовника відділу капітального будівництва та інвестицій Червоноградської міської ради</t>
         </is>
       </c>
       <c r="D45" t="s">
         <v>71</v>
       </c>
       <c r="E45" t="s">
         <v>46</v>
       </c>
       <c r="F45" t="s">
         <v>84</v>
       </c>
       <c r="G45" t="s">
         <v>48</v>
       </c>
       <c r="H45" t="s">
         <v>49</v>
       </c>
       <c r="I45" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J45" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K45" t="s" s="5">
         <v>50</v>
@@ -7349,51 +7343,51 @@
       <c r="AQ46" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR46" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS46" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT46" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU46" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="47">
       <c r="A47">
         <v>46</v>
       </c>
       <c r="B47" t="s">
         <v>123</v>
       </c>
       <c r="C47" t="inlineStr" s="4">
         <is>
-          <t>6191Про реорганізацію Комунального підприємства Спортивний комплекс ,,Шахтар” Червоноградської міської ради шляхом перетворення його в Комунальну установу ,,Спортивний комплекс” Червоноградської міської ради</t>
+          <t>ID - 6191,  Про реорганізацію Комунального підприємства Спортивний комплекс ,,Шахтар” Червоноградської міської ради шляхом перетворення його в Комунальну установу ,,Спортивний комплекс” Червоноградської міської ради</t>
         </is>
       </c>
       <c r="D47" t="s">
         <v>71</v>
       </c>
       <c r="E47" t="s">
         <v>46</v>
       </c>
       <c r="F47" t="s">
         <v>59</v>
       </c>
       <c r="G47" t="s">
         <v>48</v>
       </c>
       <c r="H47" t="s">
         <v>49</v>
       </c>
       <c r="I47" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J47" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K47" t="s" s="5">
         <v>50</v>
@@ -8066,51 +8060,51 @@
       <c r="AQ51" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR51" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS51" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT51" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU51" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="52">
       <c r="A52">
         <v>51</v>
       </c>
       <c r="B52" t="s">
         <v>133</v>
       </c>
       <c r="C52" t="inlineStr" s="4">
         <is>
-          <t>6200Про звернення Червоноградської міської ради до Міністра енергетики України Германа Галущенка щодо підтримання і сприяння в наданні можливості адміністрації ПрАТ «Шахта «Надія» презентувати програму розвитку та позитивно вирішити питання стосовно дозволу доробки залишкових запасів вугілля ПрАТ «Шахта «Надія» на протязі всього 2025 року</t>
+          <t>ID - 6200,  Про звернення Червоноградської міської ради до Міністра енергетики України Германа Галущенка щодо підтримання і сприяння в наданні можливості адміністрації ПрАТ «Шахта «Надія» презентувати програму розвитку та позитивно вирішити питання стосовно дозволу доробки залишкових запасів вугілля ПрАТ «Шахта «Надія» на протязі всього 2025 року</t>
         </is>
       </c>
       <c r="D52" t="s">
         <v>71</v>
       </c>
       <c r="E52" t="s">
         <v>46</v>
       </c>
       <c r="F52" t="s">
         <v>80</v>
       </c>
       <c r="G52" t="s">
         <v>48</v>
       </c>
       <c r="H52" t="s">
         <v>49</v>
       </c>
       <c r="I52" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J52" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K52" t="s" s="5">
         <v>50</v>
@@ -8211,51 +8205,51 @@
       <c r="AQ52" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR52" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS52" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT52" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU52" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="53">
       <c r="A53">
         <v>52</v>
       </c>
       <c r="B53" t="s">
         <v>134</v>
       </c>
       <c r="C53" t="inlineStr" s="4">
         <is>
-          <t>6201Про внесення змiн до Схеми комплексного розмiщення зовнiшньої реклами в м. Червоноградi, затвердженої рiшенням Червоноградської мiської ради вiд 05.12.2019 № 1490</t>
+          <t>ID - 6201,  Про внесення змiн до Схеми комплексного розмiщення зовнiшньої реклами в м. Червоноградi, затвердженої рiшенням Червоноградської мiської ради вiд 05.12.2019 № 1490</t>
         </is>
       </c>
       <c r="D53" t="s">
         <v>45</v>
       </c>
       <c r="E53" t="s">
         <v>46</v>
       </c>
       <c r="F53" t="s">
         <v>80</v>
       </c>
       <c r="G53" t="s">
         <v>48</v>
       </c>
       <c r="H53" t="s">
         <v>49</v>
       </c>
       <c r="I53" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J53" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K53" t="s" s="5">
         <v>50</v>
@@ -8354,61 +8348,63 @@
         <v>50</v>
       </c>
       <c r="AQ53" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR53" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS53" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT53" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU53" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="54">
       <c r="A54">
         <v>53</v>
       </c>
       <c r="B54" t="s">
         <v>135</v>
       </c>
-      <c r="C54" t="s" s="4">
-        <v>136</v>
+      <c r="C54" t="inlineStr" s="4">
+        <is>
+          <t>ID - 6202,  Внести правки озвучені Гурським О. Р. - долучити 2 місця розміщення рекламних засобів</t>
+        </is>
       </c>
       <c r="D54" t="s">
         <v>55</v>
       </c>
       <c r="E54" t="s">
+        <v>136</v>
+      </c>
+      <c r="F54" t="s">
         <v>137</v>
-      </c>
-[...1 lines deleted...]
-        <v>138</v>
       </c>
       <c r="G54" t="s">
         <v>48</v>
       </c>
       <c r="H54" t="s">
         <v>49</v>
       </c>
       <c r="I54" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J54" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K54" t="s" s="5">
         <v>50</v>
       </c>
       <c r="L54" t="s" s="5">
         <v>51</v>
       </c>
       <c r="M54" t="s" s="5">
         <v>52</v>
       </c>
       <c r="N54" t="s" s="5">
         <v>52</v>
       </c>
@@ -8495,63 +8491,65 @@
       </c>
       <c r="AP54" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ54" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR54" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS54" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT54" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU54" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="55">
       <c r="A55">
         <v>54</v>
       </c>
       <c r="B55" t="s">
-        <v>139</v>
-[...2 lines deleted...]
-        <v>140</v>
+        <v>138</v>
+      </c>
+      <c r="C55" t="inlineStr" s="4">
+        <is>
+          <t>ID - 6203,  Внести правки озвучені Гурським О. Р. - долучити 2 місця розміщення рекламних засобів</t>
+        </is>
       </c>
       <c r="D55" t="s">
         <v>55</v>
       </c>
       <c r="E55" t="s">
+        <v>136</v>
+      </c>
+      <c r="F55" t="s">
         <v>137</v>
-      </c>
-[...1 lines deleted...]
-        <v>138</v>
       </c>
       <c r="G55" t="s">
         <v>48</v>
       </c>
       <c r="H55" t="s">
         <v>49</v>
       </c>
       <c r="I55" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J55" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K55" t="s" s="5">
         <v>52</v>
       </c>
       <c r="L55" t="s" s="5">
         <v>51</v>
       </c>
       <c r="M55" t="s" s="5">
         <v>52</v>
       </c>
       <c r="N55" t="s" s="5">
         <v>50</v>
       </c>
@@ -8638,55 +8636,55 @@
       </c>
       <c r="AP55" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ55" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR55" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS55" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT55" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU55" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="56">
       <c r="A56">
         <v>55</v>
       </c>
       <c r="B56" t="s">
-        <v>141</v>
+        <v>139</v>
       </c>
       <c r="C56" t="inlineStr" s="4">
         <is>
-          <t>6204Про внесення змiн до Схеми комплексного розмiщення зовнiшньої реклами в м. Червоноградi, затвердженої рiшенням Червоноградської мiської ради вiд 05.12.2019 № 1490</t>
+          <t>ID - 6204,  Про внесення змiн до Схеми комплексного розмiщення зовнiшньої реклами в м. Червоноградi, затвердженої рiшенням Червоноградської мiської ради вiд 05.12.2019 № 1490</t>
         </is>
       </c>
       <c r="D56" t="s">
         <v>58</v>
       </c>
       <c r="E56" t="s">
         <v>46</v>
       </c>
       <c r="F56" t="s">
         <v>80</v>
       </c>
       <c r="G56" t="s">
         <v>48</v>
       </c>
       <c r="H56" t="s">
         <v>49</v>
       </c>
       <c r="I56" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J56" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K56" t="s" s="5">
         <v>50</v>
@@ -8783,55 +8781,55 @@
       </c>
       <c r="AP56" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ56" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR56" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS56" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT56" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU56" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="57">
       <c r="A57">
         <v>56</v>
       </c>
       <c r="B57" t="s">
-        <v>142</v>
+        <v>140</v>
       </c>
       <c r="C57" t="inlineStr" s="4">
         <is>
-          <t>6205Про затвердження статуту Волсвинської гімназії Червоноградської міської ради Львівської області у новій редакції</t>
+          <t>ID - 6205,  Про затвердження статуту Волсвинської гімназії Червоноградської міської ради Львівської області у новій редакції</t>
         </is>
       </c>
       <c r="D57" t="s">
         <v>45</v>
       </c>
       <c r="E57" t="s">
         <v>46</v>
       </c>
       <c r="F57" t="s">
         <v>80</v>
       </c>
       <c r="G57" t="s">
         <v>48</v>
       </c>
       <c r="H57" t="s">
         <v>49</v>
       </c>
       <c r="I57" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J57" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K57" t="s" s="5">
         <v>50</v>
@@ -8928,54 +8926,54 @@
       </c>
       <c r="AP57" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ57" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR57" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS57" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT57" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU57" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="58">
       <c r="A58">
         <v>57</v>
       </c>
       <c r="B58" t="s">
-        <v>143</v>
+        <v>141</v>
       </c>
       <c r="C58" t="s" s="4">
-        <v>144</v>
+        <v>142</v>
       </c>
       <c r="D58" t="s">
         <v>55</v>
       </c>
       <c r="E58" t="s">
         <v>46</v>
       </c>
       <c r="F58" t="s">
         <v>80</v>
       </c>
       <c r="G58" t="s">
         <v>48</v>
       </c>
       <c r="H58" t="s">
         <v>49</v>
       </c>
       <c r="I58" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J58" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K58" t="s" s="5">
         <v>50</v>
       </c>
@@ -9071,55 +9069,55 @@
       </c>
       <c r="AP58" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ58" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR58" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS58" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT58" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU58" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="59">
       <c r="A59">
         <v>58</v>
       </c>
       <c r="B59" t="s">
-        <v>145</v>
+        <v>143</v>
       </c>
       <c r="C59" t="inlineStr" s="4">
         <is>
-          <t>6207Про затвердження статуту Волсвинської гімназії Червоноградської міської ради Львівської області у новій редакції</t>
+          <t>ID - 6207,  Про затвердження статуту Волсвинської гімназії Червоноградської міської ради Львівської області у новій редакції</t>
         </is>
       </c>
       <c r="D59" t="s">
         <v>58</v>
       </c>
       <c r="E59" t="s">
         <v>46</v>
       </c>
       <c r="F59" t="s">
         <v>80</v>
       </c>
       <c r="G59" t="s">
         <v>48</v>
       </c>
       <c r="H59" t="s">
         <v>49</v>
       </c>
       <c r="I59" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J59" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K59" t="s" s="5">
         <v>50</v>
@@ -9216,55 +9214,55 @@
       </c>
       <c r="AP59" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ59" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR59" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS59" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT59" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU59" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="60">
       <c r="A60">
         <v>59</v>
       </c>
       <c r="B60" t="s">
-        <v>146</v>
+        <v>144</v>
       </c>
       <c r="C60" t="inlineStr" s="4">
         <is>
-          <t>6208Про закріплення територій обслуговування за закладами загальної середньої освіти, дошкільної освіти</t>
+          <t>ID - 6208,  Про закріплення територій обслуговування за закладами загальної середньої освіти, дошкільної освіти</t>
         </is>
       </c>
       <c r="D60" t="s">
         <v>71</v>
       </c>
       <c r="E60" t="s">
         <v>46</v>
       </c>
       <c r="F60" t="s">
         <v>80</v>
       </c>
       <c r="G60" t="s">
         <v>48</v>
       </c>
       <c r="H60" t="s">
         <v>49</v>
       </c>
       <c r="I60" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J60" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K60" t="s" s="5">
         <v>50</v>
@@ -9361,55 +9359,55 @@
       </c>
       <c r="AP60" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ60" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR60" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS60" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT60" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU60" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="61">
       <c r="A61">
         <v>60</v>
       </c>
       <c r="B61" t="s">
-        <v>147</v>
+        <v>145</v>
       </c>
       <c r="C61" t="inlineStr" s="4">
         <is>
-          <t>6209Про звернення Червоноградської міської ради до Львівської обласної ради щодо розірвання договору оренди майна, що належить до комунальної власності територіальної громади міста Соснівка, від 30 листопада 2019 року №22</t>
+          <t>ID - 6209,  Про звернення Червоноградської міської ради до Львівської обласної ради щодо розірвання договору оренди майна, що належить до комунальної власності територіальної громади міста Соснівка, від 30 листопада 2019 року №22</t>
         </is>
       </c>
       <c r="D61" t="s">
         <v>71</v>
       </c>
       <c r="E61" t="s">
         <v>46</v>
       </c>
       <c r="F61" t="s">
         <v>74</v>
       </c>
       <c r="G61" t="s">
         <v>48</v>
       </c>
       <c r="H61" t="s">
         <v>49</v>
       </c>
       <c r="I61" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J61" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K61" t="s" s="5">
         <v>50</v>
@@ -9511,165 +9509,165 @@
         <v>51</v>
       </c>
       <c r="AR61" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS61" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT61" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU61" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="62">
       <c r="A62"/>
       <c r="B62"/>
       <c r="C62"/>
       <c r="D62"/>
       <c r="E62"/>
       <c r="F62"/>
       <c r="G62"/>
       <c r="H62"/>
       <c r="I62" t="s">
+        <v>146</v>
+      </c>
+      <c r="J62" t="s">
+        <v>147</v>
+      </c>
+      <c r="K62" t="s">
         <v>148</v>
       </c>
-      <c r="J62" t="s">
+      <c r="L62" t="s">
         <v>149</v>
       </c>
-      <c r="K62" t="s">
+      <c r="M62" t="s">
         <v>150</v>
       </c>
-      <c r="L62" t="s">
+      <c r="N62" t="s">
+        <v>148</v>
+      </c>
+      <c r="O62" t="s">
+        <v>149</v>
+      </c>
+      <c r="P62" t="s">
+        <v>149</v>
+      </c>
+      <c r="Q62" t="s">
         <v>151</v>
       </c>
-      <c r="M62" t="s">
+      <c r="R62" t="s">
         <v>152</v>
       </c>
-      <c r="N62" t="s">
+      <c r="S62" t="s">
+        <v>147</v>
+      </c>
+      <c r="T62" t="s">
+        <v>153</v>
+      </c>
+      <c r="U62" t="s">
+        <v>154</v>
+      </c>
+      <c r="V62" t="s">
+        <v>153</v>
+      </c>
+      <c r="W62" t="s">
+        <v>155</v>
+      </c>
+      <c r="X62" t="s">
+        <v>146</v>
+      </c>
+      <c r="Y62" t="s">
+        <v>146</v>
+      </c>
+      <c r="Z62" t="s">
+        <v>156</v>
+      </c>
+      <c r="AA62" t="s">
+        <v>146</v>
+      </c>
+      <c r="AB62" t="s">
+        <v>157</v>
+      </c>
+      <c r="AC62" t="s">
+        <v>158</v>
+      </c>
+      <c r="AD62" t="s">
+        <v>159</v>
+      </c>
+      <c r="AE62" t="s">
+        <v>160</v>
+      </c>
+      <c r="AF62" t="s">
+        <v>149</v>
+      </c>
+      <c r="AG62" t="s">
+        <v>161</v>
+      </c>
+      <c r="AH62" t="s">
+        <v>162</v>
+      </c>
+      <c r="AI62" t="s">
+        <v>149</v>
+      </c>
+      <c r="AJ62" t="s">
+        <v>163</v>
+      </c>
+      <c r="AK62" t="s">
         <v>150</v>
       </c>
-      <c r="O62" t="s">
-[...5 lines deleted...]
-      <c r="Q62" t="s">
+      <c r="AL62" t="s">
+        <v>164</v>
+      </c>
+      <c r="AM62" t="s">
+        <v>165</v>
+      </c>
+      <c r="AN62" t="s">
+        <v>149</v>
+      </c>
+      <c r="AO62" t="s">
+        <v>160</v>
+      </c>
+      <c r="AP62" t="s">
+        <v>146</v>
+      </c>
+      <c r="AQ62" t="s">
+        <v>158</v>
+      </c>
+      <c r="AR62" t="s">
+        <v>166</v>
+      </c>
+      <c r="AS62" t="s">
         <v>153</v>
       </c>
-      <c r="R62" t="s">
-[...23 lines deleted...]
-      <c r="Z62" t="s">
+      <c r="AT62" t="s">
+        <v>161</v>
+      </c>
+      <c r="AU62" t="s">
         <v>158</v>
-      </c>
-[...61 lines deleted...]
-        <v>160</v>
       </c>
     </row>
     <row r="63">
       <c r="A63"/>
       <c r="B63"/>
       <c r="C63"/>
       <c r="D63"/>
       <c r="E63"/>
       <c r="F63"/>
       <c r="G63"/>
       <c r="H63"/>
       <c r="I63" t="s">
         <v>48</v>
       </c>
       <c r="J63" t="s">
         <v>48</v>
       </c>
       <c r="K63" t="s">
         <v>48</v>
       </c>
       <c r="L63" t="s">
         <v>48</v>
       </c>
       <c r="M63" t="s">
         <v>48</v>
@@ -9765,419 +9763,419 @@
         <v>48</v>
       </c>
       <c r="AR63" t="s">
         <v>48</v>
       </c>
       <c r="AS63" t="s">
         <v>48</v>
       </c>
       <c r="AT63" t="s">
         <v>48</v>
       </c>
       <c r="AU63" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="64">
       <c r="A64"/>
       <c r="B64"/>
       <c r="C64"/>
       <c r="D64"/>
       <c r="E64"/>
       <c r="F64"/>
       <c r="G64"/>
       <c r="H64"/>
       <c r="I64" t="s">
-        <v>169</v>
+        <v>167</v>
       </c>
       <c r="J64" t="s">
-        <v>169</v>
+        <v>167</v>
       </c>
       <c r="K64" t="s">
-        <v>169</v>
+        <v>167</v>
       </c>
       <c r="L64" t="s">
-        <v>169</v>
+        <v>167</v>
       </c>
       <c r="M64" t="s">
-        <v>169</v>
+        <v>167</v>
       </c>
       <c r="N64" t="s">
-        <v>169</v>
+        <v>167</v>
       </c>
       <c r="O64" t="s">
-        <v>169</v>
+        <v>167</v>
       </c>
       <c r="P64" t="s">
-        <v>169</v>
+        <v>167</v>
       </c>
       <c r="Q64" t="s">
-        <v>169</v>
+        <v>167</v>
       </c>
       <c r="R64" t="s">
-        <v>169</v>
+        <v>167</v>
       </c>
       <c r="S64" t="s">
-        <v>169</v>
+        <v>167</v>
       </c>
       <c r="T64" t="s">
-        <v>169</v>
+        <v>167</v>
       </c>
       <c r="U64" t="s">
-        <v>169</v>
+        <v>167</v>
       </c>
       <c r="V64" t="s">
-        <v>169</v>
+        <v>167</v>
       </c>
       <c r="W64" t="s">
-        <v>169</v>
+        <v>167</v>
       </c>
       <c r="X64" t="s">
-        <v>169</v>
+        <v>167</v>
       </c>
       <c r="Y64" t="s">
-        <v>169</v>
+        <v>167</v>
       </c>
       <c r="Z64" t="s">
-        <v>169</v>
+        <v>167</v>
       </c>
       <c r="AA64" t="s">
-        <v>169</v>
+        <v>167</v>
       </c>
       <c r="AB64" t="s">
-        <v>169</v>
+        <v>167</v>
       </c>
       <c r="AC64" t="s">
-        <v>169</v>
+        <v>167</v>
       </c>
       <c r="AD64" t="s">
-        <v>169</v>
+        <v>167</v>
       </c>
       <c r="AE64" t="s">
-        <v>169</v>
+        <v>167</v>
       </c>
       <c r="AF64" t="s">
-        <v>169</v>
+        <v>167</v>
       </c>
       <c r="AG64" t="s">
-        <v>169</v>
+        <v>167</v>
       </c>
       <c r="AH64" t="s">
-        <v>169</v>
+        <v>167</v>
       </c>
       <c r="AI64" t="s">
-        <v>169</v>
+        <v>167</v>
       </c>
       <c r="AJ64" t="s">
-        <v>169</v>
+        <v>167</v>
       </c>
       <c r="AK64" t="s">
-        <v>169</v>
+        <v>167</v>
       </c>
       <c r="AL64" t="s">
-        <v>169</v>
+        <v>167</v>
       </c>
       <c r="AM64" t="s">
-        <v>169</v>
+        <v>167</v>
       </c>
       <c r="AN64" t="s">
-        <v>169</v>
+        <v>167</v>
       </c>
       <c r="AO64" t="s">
-        <v>169</v>
+        <v>167</v>
       </c>
       <c r="AP64" t="s">
-        <v>169</v>
+        <v>167</v>
       </c>
       <c r="AQ64" t="s">
-        <v>169</v>
+        <v>167</v>
       </c>
       <c r="AR64" t="s">
-        <v>169</v>
+        <v>167</v>
       </c>
       <c r="AS64" t="s">
-        <v>169</v>
+        <v>167</v>
       </c>
       <c r="AT64" t="s">
-        <v>169</v>
+        <v>167</v>
       </c>
       <c r="AU64" t="s">
-        <v>169</v>
+        <v>167</v>
       </c>
     </row>
     <row r="65">
       <c r="A65"/>
       <c r="B65"/>
       <c r="C65"/>
       <c r="D65"/>
       <c r="E65"/>
       <c r="F65"/>
       <c r="G65"/>
       <c r="H65"/>
       <c r="I65" t="s">
+        <v>168</v>
+      </c>
+      <c r="J65" t="s">
+        <v>169</v>
+      </c>
+      <c r="K65" t="s">
         <v>170</v>
       </c>
-      <c r="J65" t="s">
+      <c r="L65" t="s">
         <v>171</v>
       </c>
-      <c r="K65" t="s">
+      <c r="M65" t="s">
         <v>172</v>
       </c>
-      <c r="L65" t="s">
+      <c r="N65" t="s">
+        <v>170</v>
+      </c>
+      <c r="O65" t="s">
+        <v>171</v>
+      </c>
+      <c r="P65" t="s">
+        <v>171</v>
+      </c>
+      <c r="Q65" t="s">
         <v>173</v>
       </c>
-      <c r="M65" t="s">
+      <c r="R65" t="s">
         <v>174</v>
       </c>
-      <c r="N65" t="s">
+      <c r="S65" t="s">
+        <v>169</v>
+      </c>
+      <c r="T65" t="s">
+        <v>168</v>
+      </c>
+      <c r="U65" t="s">
         <v>172</v>
       </c>
-      <c r="O65" t="s">
-[...5 lines deleted...]
-      <c r="Q65" t="s">
+      <c r="V65" t="s">
+        <v>168</v>
+      </c>
+      <c r="W65" t="s">
         <v>175</v>
       </c>
-      <c r="R65" t="s">
+      <c r="X65" t="s">
+        <v>168</v>
+      </c>
+      <c r="Y65" t="s">
+        <v>168</v>
+      </c>
+      <c r="Z65" t="s">
         <v>176</v>
       </c>
-      <c r="S65" t="s">
+      <c r="AA65" t="s">
+        <v>168</v>
+      </c>
+      <c r="AB65" t="s">
+        <v>177</v>
+      </c>
+      <c r="AC65" t="s">
+        <v>170</v>
+      </c>
+      <c r="AD65" t="s">
+        <v>168</v>
+      </c>
+      <c r="AE65" t="s">
         <v>171</v>
       </c>
-      <c r="T65" t="s">
-[...17 lines deleted...]
-      <c r="Z65" t="s">
+      <c r="AF65" t="s">
+        <v>171</v>
+      </c>
+      <c r="AG65" t="s">
         <v>178</v>
       </c>
-      <c r="AA65" t="s">
-[...2 lines deleted...]
-      <c r="AB65" t="s">
+      <c r="AH65" t="s">
         <v>179</v>
       </c>
-      <c r="AC65" t="s">
+      <c r="AI65" t="s">
+        <v>171</v>
+      </c>
+      <c r="AJ65" t="s">
+        <v>180</v>
+      </c>
+      <c r="AK65" t="s">
         <v>172</v>
       </c>
-      <c r="AD65" t="s">
-[...11 lines deleted...]
-      <c r="AH65" t="s">
+      <c r="AL65" t="s">
+        <v>168</v>
+      </c>
+      <c r="AM65" t="s">
+        <v>169</v>
+      </c>
+      <c r="AN65" t="s">
+        <v>171</v>
+      </c>
+      <c r="AO65" t="s">
+        <v>171</v>
+      </c>
+      <c r="AP65" t="s">
+        <v>171</v>
+      </c>
+      <c r="AQ65" t="s">
+        <v>179</v>
+      </c>
+      <c r="AR65" t="s">
         <v>181</v>
       </c>
-      <c r="AI65" t="s">
-[...28 lines deleted...]
-      </c>
       <c r="AS65" t="s">
-        <v>170</v>
+        <v>168</v>
       </c>
       <c r="AT65" t="s">
-        <v>180</v>
+        <v>178</v>
       </c>
       <c r="AU65" t="s">
-        <v>181</v>
+        <v>179</v>
       </c>
     </row>
     <row r="66">
       <c r="A66"/>
       <c r="B66"/>
       <c r="C66"/>
       <c r="D66"/>
       <c r="E66"/>
       <c r="F66"/>
       <c r="G66"/>
       <c r="H66"/>
       <c r="I66" t="s">
+        <v>182</v>
+      </c>
+      <c r="J66" t="s">
+        <v>182</v>
+      </c>
+      <c r="K66" t="s">
+        <v>182</v>
+      </c>
+      <c r="L66" t="s">
+        <v>183</v>
+      </c>
+      <c r="M66" t="s">
+        <v>182</v>
+      </c>
+      <c r="N66" t="s">
+        <v>182</v>
+      </c>
+      <c r="O66" t="s">
+        <v>183</v>
+      </c>
+      <c r="P66" t="s">
+        <v>183</v>
+      </c>
+      <c r="Q66" t="s">
+        <v>182</v>
+      </c>
+      <c r="R66" t="s">
+        <v>182</v>
+      </c>
+      <c r="S66" t="s">
+        <v>182</v>
+      </c>
+      <c r="T66" t="s">
         <v>184</v>
       </c>
-      <c r="J66" t="s">
+      <c r="U66" t="s">
         <v>184</v>
       </c>
-      <c r="K66" t="s">
+      <c r="V66" t="s">
         <v>184</v>
       </c>
-      <c r="L66" t="s">
+      <c r="W66" t="s">
+        <v>184</v>
+      </c>
+      <c r="X66" t="s">
+        <v>182</v>
+      </c>
+      <c r="Y66" t="s">
+        <v>182</v>
+      </c>
+      <c r="Z66" t="s">
+        <v>182</v>
+      </c>
+      <c r="AA66" t="s">
+        <v>182</v>
+      </c>
+      <c r="AB66" t="s">
+        <v>184</v>
+      </c>
+      <c r="AC66" t="s">
         <v>185</v>
       </c>
-      <c r="M66" t="s">
+      <c r="AD66" t="s">
+        <v>186</v>
+      </c>
+      <c r="AE66" t="s">
+        <v>187</v>
+      </c>
+      <c r="AF66" t="s">
+        <v>183</v>
+      </c>
+      <c r="AG66" t="s">
+        <v>182</v>
+      </c>
+      <c r="AH66" t="s">
+        <v>187</v>
+      </c>
+      <c r="AI66" t="s">
+        <v>183</v>
+      </c>
+      <c r="AJ66" t="s">
+        <v>188</v>
+      </c>
+      <c r="AK66" t="s">
+        <v>182</v>
+      </c>
+      <c r="AL66" t="s">
+        <v>189</v>
+      </c>
+      <c r="AM66" t="s">
+        <v>190</v>
+      </c>
+      <c r="AN66" t="s">
+        <v>183</v>
+      </c>
+      <c r="AO66" t="s">
+        <v>187</v>
+      </c>
+      <c r="AP66" t="s">
+        <v>191</v>
+      </c>
+      <c r="AQ66" t="s">
         <v>184</v>
       </c>
-      <c r="N66" t="s">
+      <c r="AR66" t="s">
         <v>184</v>
       </c>
-      <c r="O66" t="s">
-[...5 lines deleted...]
-      <c r="Q66" t="s">
+      <c r="AS66" t="s">
         <v>184</v>
       </c>
-      <c r="R66" t="s">
+      <c r="AT66" t="s">
+        <v>182</v>
+      </c>
+      <c r="AU66" t="s">
         <v>184</v>
-      </c>
-[...85 lines deleted...]
-        <v>186</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="2">
     <mergeCell ref="D1:E1"/>
     <mergeCell ref="F1:H1"/>
   </mergeCells>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <TotalTime></TotalTime>
   <Application>SimpleXLSXGen</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:language>en-US</dc:language>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>