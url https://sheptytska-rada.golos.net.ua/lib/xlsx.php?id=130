--- v0 (2025-10-15)
+++ v1 (2026-03-01)
@@ -140,51 +140,51 @@
   <si>
     <t>Колтакова Ганна Петрівна</t>
   </si>
   <si>
     <t>Лозинська Іванна Анатоліївна</t>
   </si>
   <si>
     <t>Курінна Наталія Миронівна</t>
   </si>
   <si>
     <t>Подлецький Василь Іванович</t>
   </si>
   <si>
     <t>Дмитрук Михайло Васильович</t>
   </si>
   <si>
     <t>Боярчук Василь Йосипович</t>
   </si>
   <si>
     <t>Тимечко Василина Ігорівна</t>
   </si>
   <si>
     <t>Витвицька Любов Олександрівна</t>
   </si>
   <si>
-    <t>Фетісов Олексій Віталієвич</t>
+    <t>Фетісов Олексій Віталійович</t>
   </si>
   <si>
     <t>30.04.24  10:30:43</t>
   </si>
   <si>
     <t>За основу і в цілому</t>
   </si>
   <si>
     <t>ПРИЙНЯТО</t>
   </si>
   <si>
     <t>За: 24</t>
   </si>
   <si>
     <t>Проти: 0</t>
   </si>
   <si>
     <t>Утримались: 0</t>
   </si>
   <si>
     <t>За</t>
   </si>
   <si>
     <t>Відсут.</t>
   </si>
@@ -266,480 +266,480 @@
   <si>
     <t>30.04.24  11:34:06</t>
   </si>
   <si>
     <t>30.04.24  11:37:17</t>
   </si>
   <si>
     <t>30.04.24  11:39:19</t>
   </si>
   <si>
     <t>30.04.24  11:40:36</t>
   </si>
   <si>
     <t>30.04.24  11:42:01</t>
   </si>
   <si>
     <t>30.04.24  11:43:44</t>
   </si>
   <si>
     <t>30.04.24  11:46:32</t>
   </si>
   <si>
     <t>30.04.24  11:47:36</t>
   </si>
   <si>
-    <t>5702Внести термін до завершення військового стану + 6 місяців</t>
+    <t>ID - 5702,  Внести термін до завершення військового стану + 6 місяців</t>
   </si>
   <si>
     <t>30.04.24  11:48:05</t>
   </si>
   <si>
     <t>30.04.24  11:49:44</t>
   </si>
   <si>
     <t>30.04.24  11:50:14</t>
   </si>
   <si>
-    <t>5705Внести термін до закінчення військового стану + 6 міс.</t>
+    <t>ID - 5705,  Внести термін до закінчення військового стану + 6 міс.</t>
   </si>
   <si>
     <t>30.04.24  11:50:42</t>
   </si>
   <si>
     <t>30.04.24  11:51:41</t>
   </si>
   <si>
     <t>30.04.24  12:06:43</t>
   </si>
   <si>
     <t>30.04.24  12:07:41</t>
   </si>
   <si>
-    <t>5709Включити в склад Лапця М. Р.</t>
+    <t>ID - 5709,  Включити в склад Лапця М. Р.</t>
   </si>
   <si>
     <t>За: 9</t>
   </si>
   <si>
     <t>30.04.24  12:08:48</t>
   </si>
   <si>
-    <t>5710Включити в список Ляховського Б. В.</t>
+    <t>ID - 5710,  Включити в список Ляховського Б. В.</t>
   </si>
   <si>
     <t>За: 11</t>
   </si>
   <si>
     <t>30.04.24  12:09:22</t>
   </si>
   <si>
     <t>30.04.24  12:11:39</t>
   </si>
   <si>
-    <t>5712Про безоплатну передачу основних засобів</t>
+    <t>ID - 5712,  Про безоплатну передачу основних засобів</t>
   </si>
   <si>
     <t>30.04.24  12:13:36</t>
   </si>
   <si>
-    <t>5713Про затвердження Міської програми для кривдників на 2024-2026 роки</t>
+    <t>ID - 5713,  Про затвердження Міської програми для кривдників на 2024-2026 роки</t>
   </si>
   <si>
     <t>30.04.24  12:15:31</t>
   </si>
   <si>
-    <t>5714Про розгляд клопотання громадянина Тритяка Володимира Володимировича</t>
+    <t>ID - 5714,  Про розгляд клопотання громадянина Тритяка Володимира Володимировича</t>
   </si>
   <si>
     <t>За: 16</t>
   </si>
   <si>
     <t>30.04.24  12:21:08</t>
   </si>
   <si>
-    <t>5715Про розгляд клопотання громадянина Тритяка Володимира Володимировича</t>
+    <t>ID - 5715,  Про розгляд клопотання громадянина Тритяка Володимира Володимировича</t>
   </si>
   <si>
     <t>30.04.24  12:22:49</t>
   </si>
   <si>
-    <t>5716Про розгляд клопотання громадянки Дволітко Ольги Петрівни</t>
+    <t>ID - 5716,  Про розгляд клопотання громадянки Дволітко Ольги Петрівни</t>
   </si>
   <si>
     <t>30.04.24  12:23:52</t>
   </si>
   <si>
-    <t>5717Про розгляд клопотання громадянки Лісник Світлани Зіновіївни</t>
+    <t>ID - 5717,  Про розгляд клопотання громадянки Лісник Світлани Зіновіївни</t>
   </si>
   <si>
     <t>30.04.24  12:24:51</t>
   </si>
   <si>
-    <t>5718Про розгляд клопотання громадянина Квасниці Петра Івановича</t>
+    <t>ID - 5718,  Про розгляд клопотання громадянина Квасниці Петра Івановича</t>
   </si>
   <si>
     <t>30.04.24  12:25:42</t>
   </si>
   <si>
-    <t>5719Про розгляд клопотання громадянки Туз Оксани Євгенівни</t>
+    <t>ID - 5719,  Про розгляд клопотання громадянки Туз Оксани Євгенівни</t>
   </si>
   <si>
     <t>30.04.24  12:26:33</t>
   </si>
   <si>
-    <t>5720Про розгляд клопотання громадянина Шульгана Володимира Петровича</t>
+    <t>ID - 5720,  Про розгляд клопотання громадянина Шульгана Володимира Петровича</t>
   </si>
   <si>
     <t>30.04.24  12:27:31</t>
   </si>
   <si>
-    <t>5721Про розгляд клопотання громадянки Гнідець Наталії Йосипівни</t>
+    <t>ID - 5721,  Про розгляд клопотання громадянки Гнідець Наталії Йосипівни</t>
   </si>
   <si>
     <t>30.04.24  12:28:32</t>
   </si>
   <si>
     <t>30.04.24  12:29:23</t>
   </si>
   <si>
-    <t>5723Про розгляд клопотання громадянки Куси Ірини Євгеніївни</t>
+    <t>ID - 5723,  Про розгляд клопотання громадянки Куси Ірини Євгеніївни</t>
   </si>
   <si>
     <t>30.04.24  12:30:21</t>
   </si>
   <si>
-    <t>5724Про розгляд клопотання громадянки Юхимчук Наталії Богданівни</t>
+    <t>ID - 5724,  Про розгляд клопотання громадянки Юхимчук Наталії Богданівни</t>
   </si>
   <si>
     <t>30.04.24  12:31:20</t>
   </si>
   <si>
-    <t>5725Про розгляд клопотання громадянина Сухаревича Сергія Володимировича</t>
+    <t>ID - 5725,  Про розгляд клопотання громадянина Сухаревича Сергія Володимировича</t>
   </si>
   <si>
     <t>30.04.24  12:31:55</t>
   </si>
   <si>
-    <t>5726Про розгляд клопотання громадянина Сухаревича Сергія Володимировича</t>
+    <t>ID - 5726,  Про розгляд клопотання громадянина Сухаревича Сергія Володимировича</t>
   </si>
   <si>
     <t>30.04.24  12:32:50</t>
   </si>
   <si>
-    <t>5727Про розгляд клопотання громадянки Поручинської Мирослави Богданівни</t>
+    <t>ID - 5727,  Про розгляд клопотання громадянки Поручинської Мирослави Богданівни</t>
   </si>
   <si>
     <t>30.04.24  12:33:48</t>
   </si>
   <si>
-    <t>5728Про розгляд клопотання громадянки Гавради Любові Григорівни</t>
+    <t>ID - 5728,  Про розгляд клопотання громадянки Гавради Любові Григорівни</t>
   </si>
   <si>
     <t>30.04.24  12:34:35</t>
   </si>
   <si>
-    <t>5729Про розгляд клопотання громадянина Стецини Ігоря Івановича</t>
+    <t>ID - 5729,  Про розгляд клопотання громадянина Стецини Ігоря Івановича</t>
   </si>
   <si>
     <t>30.04.24  12:35:28</t>
   </si>
   <si>
-    <t>5730Про розгляд клопотання громадянки Боянецької Галини Олексіївни</t>
+    <t>ID - 5730,  Про розгляд клопотання громадянки Боянецької Галини Олексіївни</t>
   </si>
   <si>
     <t>30.04.24  12:36:01</t>
   </si>
   <si>
-    <t>5731Про розгляд клопотання громадянки Боянецької Галини Олексіївни</t>
+    <t>ID - 5731,  Про розгляд клопотання громадянки Боянецької Галини Олексіївни</t>
   </si>
   <si>
     <t>30.04.24  12:36:49</t>
   </si>
   <si>
-    <t>5732Про розгляд клопотання громадянки Гулавської Мар’яни Романівни</t>
+    <t>ID - 5732,  Про розгляд клопотання громадянки Гулавської Мар’яни Романівни</t>
   </si>
   <si>
     <t>30.04.24  12:39:31</t>
   </si>
   <si>
-    <t>5733Про внесення змiн в рішення Червоноградської міської ради</t>
+    <t>ID - 5733,  Про внесення змiн в рішення Червоноградської міської ради</t>
   </si>
   <si>
     <t>За: 18</t>
   </si>
   <si>
     <t>Проти: 1</t>
   </si>
   <si>
     <t>Проти</t>
   </si>
   <si>
     <t>30.04.24  12:40:11</t>
   </si>
   <si>
-    <t>5734Про внесення змiн в рішення Червоноградської міської ради</t>
+    <t>ID - 5734,  Про внесення змiн в рішення Червоноградської міської ради</t>
   </si>
   <si>
     <t>30.04.24  12:41:19</t>
   </si>
   <si>
     <t>30.04.24  12:42:22</t>
   </si>
   <si>
-    <t>5736Про розгляд клопотання громадянки Мельник Оксани Володимирівни</t>
+    <t>ID - 5736,  Про розгляд клопотання громадянки Мельник Оксани Володимирівни</t>
   </si>
   <si>
     <t>30.04.24  12:42:48</t>
   </si>
   <si>
-    <t>5737Про розгляд клопотання громадянки Мельник Оксани Володимирівни</t>
+    <t>ID - 5737,  Про розгляд клопотання громадянки Мельник Оксани Володимирівни</t>
   </si>
   <si>
     <t>30.04.24  12:43:50</t>
   </si>
   <si>
-    <t>5738Про розгляд клопотання фізичної особи - підприємця Плешинець Наталії Ігорівни</t>
+    <t>ID - 5738,  Про розгляд клопотання фізичної особи - підприємця Плешинець Наталії Ігорівни</t>
   </si>
   <si>
     <t>30.04.24  12:44:47</t>
   </si>
   <si>
-    <t>5739Про розгляд клопотання громадянина Кулинича Павла Михайловича</t>
+    <t>ID - 5739,  Про розгляд клопотання громадянина Кулинича Павла Михайловича</t>
   </si>
   <si>
     <t>За: 17</t>
   </si>
   <si>
     <t>Утримались: 2</t>
   </si>
   <si>
     <t>Утр.</t>
   </si>
   <si>
     <t>30.04.24  12:45:18</t>
   </si>
   <si>
-    <t>5740Про розгляд клопотання громадянина Кулинича Павла Михайловича</t>
+    <t>ID - 5740,  Про розгляд клопотання громадянина Кулинича Павла Михайловича</t>
   </si>
   <si>
     <t>Утримались: 4</t>
   </si>
   <si>
     <t>30.04.24  12:46:19</t>
   </si>
   <si>
-    <t>5741Про розгляд клопотання фермерського господарства Шумило М.О.</t>
+    <t>ID - 5741,  Про розгляд клопотання фермерського господарства Шумило М.О.</t>
   </si>
   <si>
     <t>30.04.24  12:47:38</t>
   </si>
   <si>
-    <t>5742Про розгляд клопотання громадянина Нанівського Миколи Михайловича</t>
+    <t>ID - 5742,  Про розгляд клопотання громадянина Нанівського Миколи Михайловича</t>
   </si>
   <si>
     <t>30.04.24  12:48:30</t>
   </si>
   <si>
-    <t>5743Про розгляд клопотання приватного підприємства «Сузір’я»</t>
+    <t>ID - 5743,  Про розгляд клопотання приватного підприємства «Сузір’я»</t>
   </si>
   <si>
     <t>30.04.24  12:50:06</t>
   </si>
   <si>
     <t>30.04.24  12:52:21</t>
   </si>
   <si>
-    <t>5745Про розгляд клопотання фізичної особи - підприємця Березовської Софії Ігорівни</t>
+    <t>ID - 5745,  Про розгляд клопотання фізичної особи - підприємця Березовської Софії Ігорівни</t>
   </si>
   <si>
     <t>30.04.24  12:53:49</t>
   </si>
   <si>
-    <t>5746Про розгляд клопотання громадянки Бондарук Іванни Миколаївни</t>
+    <t>ID - 5746,  Про розгляд клопотання громадянки Бондарук Іванни Миколаївни</t>
   </si>
   <si>
     <t>30.04.24  12:54:24</t>
   </si>
   <si>
-    <t>5747Про розгляд клопотання громадянки Бондарук Іванни Миколаївни</t>
+    <t>ID - 5747,  Про розгляд клопотання громадянки Бондарук Іванни Миколаївни</t>
   </si>
   <si>
     <t>30.04.24  12:55:24</t>
   </si>
   <si>
-    <t>5748Про розгляд клопотання громадянки Чуніхіної Марії Дмитрівни</t>
+    <t>ID - 5748,  Про розгляд клопотання громадянки Чуніхіної Марії Дмитрівни</t>
   </si>
   <si>
     <t>30.04.24  12:56:32</t>
   </si>
   <si>
-    <t>5749Про розгляд клопотання громадянина Канюки Богдана Степановича</t>
+    <t>ID - 5749,  Про розгляд клопотання громадянина Канюки Богдана Степановича</t>
   </si>
   <si>
     <t>30.04.24  12:56:58</t>
   </si>
   <si>
-    <t>5750Про розгляд клопотання громадянина Канюки Богдана Степановича</t>
+    <t>ID - 5750,  Про розгляд клопотання громадянина Канюки Богдана Степановича</t>
   </si>
   <si>
     <t>30.04.24  12:58:35</t>
   </si>
   <si>
     <t>30.04.24  13:00:10</t>
   </si>
   <si>
     <t>30.04.24  13:03:47</t>
   </si>
   <si>
-    <t>5754Про розгляд клопотання громадянки Маліновської Любові Василівни</t>
+    <t>ID - 5754,  Про розгляд клопотання громадянки Маліновської Любові Василівни</t>
   </si>
   <si>
     <t>30.04.24  13:05:34</t>
   </si>
   <si>
-    <t>5755Про розгляд клопотання громадянки Маліновської Любові Василівни</t>
+    <t>ID - 5755,  Про розгляд клопотання громадянки Маліновської Любові Василівни</t>
   </si>
   <si>
     <t>30.04.24  13:06:38</t>
   </si>
   <si>
-    <t>5756Про розгляд клопотання громадянки Пилипчук Ганни Василівни</t>
+    <t>ID - 5756,  Про розгляд клопотання громадянки Пилипчук Ганни Василівни</t>
   </si>
   <si>
     <t>30.04.24  13:07:32</t>
   </si>
   <si>
-    <t>5757Про розгляд клопотання громадянки Пилипчук Ганни Василівни</t>
+    <t>ID - 5757,  Про розгляд клопотання громадянки Пилипчук Ганни Василівни</t>
   </si>
   <si>
     <t>30.04.24  13:08:12</t>
   </si>
   <si>
-    <t>5758Про розгляд клопотання громадянки Пилипчук Ганни Василівни</t>
+    <t>ID - 5758,  Про розгляд клопотання громадянки Пилипчук Ганни Василівни</t>
   </si>
   <si>
     <t>30.04.24  13:09:01</t>
   </si>
   <si>
-    <t>5759Про розгляд клопотання громадянина Печеніна Вячеслава Миколайовича</t>
+    <t>ID - 5759,  Про розгляд клопотання громадянина Печеніна Вячеслава Миколайовича</t>
   </si>
   <si>
     <t>30.04.24  13:10:26</t>
   </si>
   <si>
     <t>30.04.24  13:10:53</t>
   </si>
   <si>
     <t>30.04.24  13:11:54</t>
   </si>
   <si>
-    <t>5762Про розгляд клопотання громадянина Римара Тараса Ігоровича</t>
+    <t>ID - 5762,  Про розгляд клопотання громадянина Римара Тараса Ігоровича</t>
   </si>
   <si>
     <t>30.04.24  13:12:20</t>
   </si>
   <si>
-    <t>5763Про розгляд клопотання громадянина Римара Тараса Ігоровича</t>
+    <t>ID - 5763,  Про розгляд клопотання громадянина Римара Тараса Ігоровича</t>
   </si>
   <si>
     <t>30.04.24  13:13:51</t>
   </si>
   <si>
     <t>30.04.24  13:14:25</t>
   </si>
   <si>
-    <t>5765Про розгляд клопотання громадянки Левітської Зої Федорівни</t>
+    <t>ID - 5765,  Про розгляд клопотання громадянки Левітської Зої Федорівни</t>
   </si>
   <si>
     <t>30.04.24  13:15:28</t>
   </si>
   <si>
-    <t>5766Про розгляд клопотання громадянина Пельца Андрія Юрійовича</t>
+    <t>ID - 5766,  Про розгляд клопотання громадянина Пельца Андрія Юрійовича</t>
   </si>
   <si>
     <t>30.04.24  13:17:53</t>
   </si>
   <si>
     <t>30.04.24  13:18:58</t>
   </si>
   <si>
     <t>30.04.24  15:17:08</t>
   </si>
   <si>
-    <t>5770Про розгляд клопотання громадянки Воляник Галини Василівни</t>
+    <t>ID - 5770,  Про розгляд клопотання громадянки Воляник Галини Василівни</t>
   </si>
   <si>
     <t>30.04.24  15:17:50</t>
   </si>
   <si>
-    <t>5771Про розгляд клопотання громадянки Воляник Галини Василівни</t>
+    <t>ID - 5771,  Про розгляд клопотання громадянки Воляник Галини Василівни</t>
   </si>
   <si>
     <t>30.04.24  15:19:40</t>
   </si>
   <si>
     <t>30.04.24  15:21:34</t>
   </si>
   <si>
     <t>30.04.24  15:23:08</t>
   </si>
   <si>
     <t>Утримались: 1</t>
   </si>
   <si>
     <t>30.04.24  15:31:48</t>
   </si>
   <si>
     <t>30.04.24  15:34:01</t>
   </si>
   <si>
     <t>30.04.24  15:38:35</t>
   </si>
   <si>
     <t>30.04.24  15:39:10</t>
   </si>
   <si>
-    <t>5778Про надання одноразової грошової допомоги</t>
+    <t>ID - 5778,  Про надання одноразової грошової допомоги</t>
   </si>
   <si>
     <t>30.04.24  15:42:35</t>
   </si>
   <si>
-    <t>5779Внести правки озвучені Тимечко В. І. </t>
+    <t>ID - 5779,  Внести правки озвучені Тимечко В. І. </t>
   </si>
   <si>
     <t>30.04.24  15:51:47</t>
   </si>
   <si>
-    <t>5780Внести правки озвучені Тимечко В. І.</t>
+    <t>ID - 5780,  Внести правки озвучені Тимечко В. І.</t>
   </si>
   <si>
     <t>30.04.24  15:52:15</t>
   </si>
   <si>
-    <t>5781Про надання одноразової грошової допомоги</t>
+    <t>ID - 5781,  Про надання одноразової грошової допомоги</t>
   </si>
   <si>
     <t>За: 79</t>
   </si>
   <si>
     <t>За: 95</t>
   </si>
   <si>
     <t>За: 92</t>
   </si>
   <si>
     <t>За: 98</t>
   </si>
   <si>
     <t>За: 97</t>
   </si>
   <si>
     <t>За: 61</t>
   </si>
   <si>
     <t>За: 99</t>
   </si>
   <si>
     <t>За: 0</t>
   </si>
@@ -944,51 +944,51 @@
     <col min="22" max="22" width="15"/>
     <col min="23" max="23" width="15"/>
     <col min="24" max="24" width="15"/>
     <col min="25" max="25" width="15"/>
     <col min="26" max="26" width="15"/>
     <col min="27" max="27" width="15"/>
     <col min="28" max="28" width="15"/>
     <col min="29" max="29" width="15"/>
     <col min="30" max="30" width="15"/>
     <col min="31" max="31" width="15"/>
     <col min="32" max="32" width="15"/>
     <col min="33" max="33" width="15"/>
     <col min="34" max="34" width="15"/>
     <col min="35" max="35" width="15"/>
     <col min="36" max="36" width="15"/>
     <col min="37" max="37" width="15"/>
     <col min="38" max="38" width="15"/>
     <col min="39" max="39" width="15"/>
     <col min="40" max="40" width="15"/>
     <col min="41" max="41" width="15"/>
     <col min="42" max="42" width="15"/>
     <col min="43" max="43" width="15"/>
     <col min="44" max="44" width="15"/>
     <col min="45" max="45" width="15"/>
     <col min="46" max="46" width="57"/>
-    <col min="47" max="47" width="51"/>
+    <col min="47" max="47" width="53"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" t="s" s="2">
         <v>0</v>
       </c>
       <c r="B1" t="s" s="3">
         <v>1</v>
       </c>
       <c r="C1" t="s" s="2">
         <v>2</v>
       </c>
       <c r="D1" t="s" s="2">
         <v>3</v>
       </c>
       <c r="E1"/>
       <c r="F1" t="s" s="2">
         <v>4</v>
       </c>
       <c r="G1"/>
       <c r="H1"/>
       <c r="I1" t="s" s="3">
         <v>5</v>
       </c>
       <c r="J1" t="s" s="3">
@@ -1093,51 +1093,51 @@
       <c r="AQ1" t="s" s="3">
         <v>39</v>
       </c>
       <c r="AR1" t="s" s="3">
         <v>40</v>
       </c>
       <c r="AS1" t="s" s="3">
         <v>41</v>
       </c>
       <c r="AT1" t="s" s="3">
         <v>42</v>
       </c>
       <c r="AU1" t="s" s="3">
         <v>43</v>
       </c>
     </row>
     <row r="2">
       <c r="A2">
         <v>1</v>
       </c>
       <c r="B2" t="s">
         <v>44</v>
       </c>
       <c r="C2" t="inlineStr" s="4">
         <is>
-          <t>5678Про присвоєння звання «Почесний громадянин Червоноградської міської територіальної громади»</t>
+          <t>ID - 5678,  Про присвоєння звання «Почесний громадянин Червоноградської міської територіальної громади»</t>
         </is>
       </c>
       <c r="D2" t="s">
         <v>45</v>
       </c>
       <c r="E2" t="s">
         <v>46</v>
       </c>
       <c r="F2" t="s">
         <v>47</v>
       </c>
       <c r="G2" t="s">
         <v>48</v>
       </c>
       <c r="H2" t="s">
         <v>49</v>
       </c>
       <c r="I2" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J2" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K2" t="s" s="5">
         <v>50</v>
@@ -1238,51 +1238,51 @@
       <c r="AQ2" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR2" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS2" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT2" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU2" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="3">
       <c r="A3">
         <v>2</v>
       </c>
       <c r="B3" t="s">
         <v>52</v>
       </c>
       <c r="C3" t="inlineStr" s="4">
         <is>
-          <t>5680Про дострокове припинення повноважень депутата Червоноградської міської ради VIIІ скликання Витвицької Любові Олександрівни</t>
+          <t>ID - 5680,  Про дострокове припинення повноважень депутата Червоноградської міської ради VIIІ скликання Витвицької Любові Олександрівни</t>
         </is>
       </c>
       <c r="D3" t="s">
         <v>45</v>
       </c>
       <c r="E3" t="s">
         <v>46</v>
       </c>
       <c r="F3" t="s">
         <v>53</v>
       </c>
       <c r="G3" t="s">
         <v>48</v>
       </c>
       <c r="H3" t="s">
         <v>49</v>
       </c>
       <c r="I3" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J3" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K3" t="s" s="5">
         <v>50</v>
@@ -1383,51 +1383,51 @@
       <c r="AQ3" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR3" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS3" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT3" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU3" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="4">
       <c r="A4">
         <v>3</v>
       </c>
       <c r="B4" t="s">
         <v>55</v>
       </c>
       <c r="C4" t="inlineStr" s="4">
         <is>
-          <t>5681Про виконання бюджету Червоноградської міської територіальної громади за січень-березень 2024 року та внесення змін до бюджету Червоноградської міської територіальної громади на 2024 рік (1358700000) (код бюджету)</t>
+          <t>ID - 5681,  Про виконання бюджету Червоноградської міської територіальної громади за січень-березень 2024 року та внесення змін до бюджету Червоноградської міської територіальної громади на 2024 рік (1358700000) (код бюджету)</t>
         </is>
       </c>
       <c r="D4" t="s">
         <v>56</v>
       </c>
       <c r="E4" t="s">
         <v>46</v>
       </c>
       <c r="F4" t="s">
         <v>47</v>
       </c>
       <c r="G4" t="s">
         <v>48</v>
       </c>
       <c r="H4" t="s">
         <v>49</v>
       </c>
       <c r="I4" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J4" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K4" t="s" s="5">
         <v>50</v>
@@ -1528,51 +1528,51 @@
       <c r="AQ4" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR4" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS4" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT4" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU4" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="5">
       <c r="A5">
         <v>4</v>
       </c>
       <c r="B5" t="s">
         <v>57</v>
       </c>
       <c r="C5" t="inlineStr" s="4">
         <is>
-          <t>5682 На виконання завдання Комплексної програми «Безпечна громада» на 2022-2025 роки, а саме: «Забезпечення поліцейської станції м.Соснівка послугами інтернет-провайдерів»  провести переміщення коштів в сумі 2 800 гривень з КПКВК 0218230 КЕКВ 2240 (головний розпорядник коштів виконавчий комітет Червоноградської міської ради) на КПКВК 0218230 КЕКВ 2610 (одержувач коштів КП «Комунальник»).   Виділити субвенцію зі  спеціального фонду в сумі 200,0 тис. грн. за рахунок вільного залишку коштів,  на придбання комплексної системи безпеки відеоспостереження та відеоаналітики для Червоноградського відділу поліції. (КПКВК  9800 КЕКВ 3220).     Надати субвенцію   в сумі 166 320  гривень передбачену на виконання заходів з реалізації соціального проекту «Активні парки – локації здорової України» виконавчому комітету Червоноградської міської ради замість КП СК «Шахтар».   Провести переміщення видатків по відділу культури Червоноградської міської ради: зменшити на 50 000 гривень видатки передбачені на оплату праці по Соснівській дитячій музичній школі (КПКВК 1011080 КЕКВ 2111)  та спрямувати</t>
+          <t>ID - 5682,   На виконання завдання Комплексної програми «Безпечна громада» на 2022-2025 роки, а саме: «Забезпечення поліцейської станції м.Соснівка послугами інтернет-провайдерів»  провести переміщення коштів в сумі 2 800 гривень з КПКВК 0218230 КЕКВ 2240 (головний розпорядник коштів виконавчий комітет Червоноградської міської ради) на КПКВК 0218230 КЕКВ 2610 (одержувач коштів КП «Комунальник»).   Виділити субвенцію зі  спеціального фонду в сумі 200,0 тис. грн. за рахунок вільного залишку коштів,  на придбання комплексної системи безпеки відеоспостереження та відеоаналітики для Червоноградського відділу поліції. (КПКВК  9800 КЕКВ 3220).     Надати субвенцію   в сумі 166 320  гривень передбачену на виконання заходів з реалізації соціального проекту «Активні парки – локації здорової України» виконавчому комітету Червоноградської міської ради замість КП СК «Шахтар».   Провести переміщення видатків по відділу культури Червоноградської міської ради: зменшити на 50 000 гривень видатки передбачені на оплату праці по Соснівській дитячій музичній школі (КПКВК 1011080 КЕКВ 2111)  та спрямувати</t>
         </is>
       </c>
       <c r="D5" t="s">
         <v>58</v>
       </c>
       <c r="E5" t="s">
         <v>46</v>
       </c>
       <c r="F5" t="s">
         <v>53</v>
       </c>
       <c r="G5" t="s">
         <v>48</v>
       </c>
       <c r="H5" t="s">
         <v>49</v>
       </c>
       <c r="I5" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J5" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K5" t="s" s="5">
         <v>50</v>
@@ -1673,51 +1673,51 @@
       <c r="AQ5" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR5" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS5" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT5" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU5" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="6">
       <c r="A6">
         <v>5</v>
       </c>
       <c r="B6" t="s">
         <v>59</v>
       </c>
       <c r="C6" t="inlineStr" s="4">
         <is>
-          <t>5683Про виконання бюджету Червоноградської міської територіальної громади за січень-березень 2024 року та внесення змін до бюджету Червоноградської міської територіальної громади на 2024 рік (1358700000) (код бюджету)</t>
+          <t>ID - 5683,  Про виконання бюджету Червоноградської міської територіальної громади за січень-березень 2024 року та внесення змін до бюджету Червоноградської міської територіальної громади на 2024 рік (1358700000) (код бюджету)</t>
         </is>
       </c>
       <c r="D6" t="s">
         <v>60</v>
       </c>
       <c r="E6" t="s">
         <v>46</v>
       </c>
       <c r="F6" t="s">
         <v>53</v>
       </c>
       <c r="G6" t="s">
         <v>48</v>
       </c>
       <c r="H6" t="s">
         <v>49</v>
       </c>
       <c r="I6" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J6" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K6" t="s" s="5">
         <v>50</v>
@@ -1818,51 +1818,51 @@
       <c r="AQ6" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR6" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS6" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT6" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU6" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="7">
       <c r="A7">
         <v>6</v>
       </c>
       <c r="B7" t="s">
         <v>61</v>
       </c>
       <c r="C7" t="inlineStr" s="4">
         <is>
-          <t>5684Про затвердження плану заходів щодо збалансування бюджету Червоноградської міської територіальної громади</t>
+          <t>ID - 5684,  Про затвердження плану заходів щодо збалансування бюджету Червоноградської міської територіальної громади</t>
         </is>
       </c>
       <c r="D7" t="s">
         <v>56</v>
       </c>
       <c r="E7" t="s">
         <v>46</v>
       </c>
       <c r="F7" t="s">
         <v>62</v>
       </c>
       <c r="G7" t="s">
         <v>48</v>
       </c>
       <c r="H7" t="s">
         <v>49</v>
       </c>
       <c r="I7" t="s" s="5">
         <v>54</v>
       </c>
       <c r="J7" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K7" t="s" s="5">
         <v>50</v>
@@ -1963,51 +1963,51 @@
       <c r="AQ7" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR7" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS7" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT7" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU7" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="8">
       <c r="A8">
         <v>7</v>
       </c>
       <c r="B8" t="s">
         <v>63</v>
       </c>
       <c r="C8" t="inlineStr" s="4">
         <is>
-          <t>5685п.6,1-.6,5 виключити на доопрацювання п.6,6 - виключити по освіті п.7,2 - виключити, доповнити щодо обєднання бібліотек в Сільці  </t>
+          <t>ID - 5685,  п.6,1-.6,5 виключити на доопрацювання п.6,6 - виключити по освіті п.7,2 - виключити, доповнити щодо обєднання бібліотек в Сільці  </t>
         </is>
       </c>
       <c r="D8" t="s">
         <v>58</v>
       </c>
       <c r="E8" t="s">
         <v>46</v>
       </c>
       <c r="F8" t="s">
         <v>64</v>
       </c>
       <c r="G8" t="s">
         <v>48</v>
       </c>
       <c r="H8" t="s">
         <v>49</v>
       </c>
       <c r="I8" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J8" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K8" t="s" s="5">
         <v>54</v>
@@ -2108,51 +2108,51 @@
       <c r="AQ8" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR8" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS8" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT8" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU8" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="9">
       <c r="A9">
         <v>8</v>
       </c>
       <c r="B9" t="s">
         <v>65</v>
       </c>
       <c r="C9" t="inlineStr" s="4">
         <is>
-          <t>5686Про затвердження плану заходів щодо збалансування бюджету Червоноградської міської територіальної громади</t>
+          <t>ID - 5686,  Про затвердження плану заходів щодо збалансування бюджету Червоноградської міської територіальної громади</t>
         </is>
       </c>
       <c r="D9" t="s">
         <v>60</v>
       </c>
       <c r="E9" t="s">
         <v>46</v>
       </c>
       <c r="F9" t="s">
         <v>66</v>
       </c>
       <c r="G9" t="s">
         <v>48</v>
       </c>
       <c r="H9" t="s">
         <v>49</v>
       </c>
       <c r="I9" t="s" s="5">
         <v>54</v>
       </c>
       <c r="J9" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K9" t="s" s="5">
         <v>54</v>
@@ -2253,51 +2253,51 @@
       <c r="AQ9" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR9" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS9" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT9" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU9" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="10">
       <c r="A10">
         <v>9</v>
       </c>
       <c r="B10" t="s">
         <v>67</v>
       </c>
       <c r="C10" t="inlineStr" s="4">
         <is>
-          <t>5687Про затвердження структури та загальної чисельності виконавчих органів Червоноградської міської ради в новій редакції</t>
+          <t>ID - 5687,  Про затвердження структури та загальної чисельності виконавчих органів Червоноградської міської ради в новій редакції</t>
         </is>
       </c>
       <c r="D10" t="s">
         <v>45</v>
       </c>
       <c r="E10" t="s">
         <v>46</v>
       </c>
       <c r="F10" t="s">
         <v>53</v>
       </c>
       <c r="G10" t="s">
         <v>48</v>
       </c>
       <c r="H10" t="s">
         <v>49</v>
       </c>
       <c r="I10" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J10" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K10" t="s" s="5">
         <v>50</v>
@@ -2398,51 +2398,51 @@
       <c r="AQ10" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR10" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS10" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT10" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU10" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="11">
       <c r="A11">
         <v>10</v>
       </c>
       <c r="B11" t="s">
         <v>68</v>
       </c>
       <c r="C11" t="inlineStr" s="4">
         <is>
-          <t>5688Про затвердження статуту комунального пiдприємства «Червоноградтеплокомуненерго» в новiй редакції</t>
+          <t>ID - 5688,  Про затвердження статуту комунального пiдприємства «Червоноградтеплокомуненерго» в новiй редакції</t>
         </is>
       </c>
       <c r="D11" t="s">
         <v>45</v>
       </c>
       <c r="E11" t="s">
         <v>46</v>
       </c>
       <c r="F11" t="s">
         <v>66</v>
       </c>
       <c r="G11" t="s">
         <v>48</v>
       </c>
       <c r="H11" t="s">
         <v>49</v>
       </c>
       <c r="I11" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J11" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K11" t="s" s="5">
         <v>50</v>
@@ -2543,51 +2543,51 @@
       <c r="AQ11" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR11" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS11" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT11" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU11" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="12">
       <c r="A12">
         <v>11</v>
       </c>
       <c r="B12" t="s">
         <v>69</v>
       </c>
       <c r="C12" t="inlineStr" s="4">
         <is>
-          <t>5689Про надання дозволу комунальному підприємству «Червоноградтеплоко- муненерго» на демонтаж сталевих труб та попередньоізольованих сталевих труб недіючих магістральних теплових мереж</t>
+          <t>ID - 5689,  Про надання дозволу комунальному підприємству «Червоноградтеплоко- муненерго» на демонтаж сталевих труб та попередньоізольованих сталевих труб недіючих магістральних теплових мереж</t>
         </is>
       </c>
       <c r="D12" t="s">
         <v>45</v>
       </c>
       <c r="E12" t="s">
         <v>70</v>
       </c>
       <c r="F12" t="s">
         <v>71</v>
       </c>
       <c r="G12" t="s">
         <v>48</v>
       </c>
       <c r="H12" t="s">
         <v>49</v>
       </c>
       <c r="I12" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J12" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K12" t="s" s="5">
         <v>50</v>
@@ -2688,51 +2688,51 @@
       <c r="AQ12" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR12" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS12" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AT12" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU12" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="13">
       <c r="A13">
         <v>12</v>
       </c>
       <c r="B13" t="s">
         <v>72</v>
       </c>
       <c r="C13" t="inlineStr" s="4">
         <is>
-          <t>5690Про надання дозволу комунальному підприємству «Червоноградтеплоко- муненерго» на демонтаж сталевих труб та попередньоізольованих сталевих труб недіючих магістральних теплових мереж</t>
+          <t>ID - 5690,  Про надання дозволу комунальному підприємству «Червоноградтеплоко- муненерго» на демонтаж сталевих труб та попередньоізольованих сталевих труб недіючих магістральних теплових мереж</t>
         </is>
       </c>
       <c r="D13" t="s">
         <v>45</v>
       </c>
       <c r="E13" t="s">
         <v>46</v>
       </c>
       <c r="F13" t="s">
         <v>64</v>
       </c>
       <c r="G13" t="s">
         <v>48</v>
       </c>
       <c r="H13" t="s">
         <v>49</v>
       </c>
       <c r="I13" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J13" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K13" t="s" s="5">
         <v>50</v>
@@ -2833,51 +2833,51 @@
       <c r="AQ13" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR13" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS13" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AT13" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU13" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="14">
       <c r="A14">
         <v>13</v>
       </c>
       <c r="B14" t="s">
         <v>73</v>
       </c>
       <c r="C14" t="inlineStr" s="4">
         <is>
-          <t>5691Про ініціювання розроблення муніципального енергетичного плану Червоноградської міської територіальної громади на період до 2030 року</t>
+          <t>ID - 5691,  Про ініціювання розроблення муніципального енергетичного плану Червоноградської міської територіальної громади на період до 2030 року</t>
         </is>
       </c>
       <c r="D14" t="s">
         <v>45</v>
       </c>
       <c r="E14" t="s">
         <v>46</v>
       </c>
       <c r="F14" t="s">
         <v>66</v>
       </c>
       <c r="G14" t="s">
         <v>48</v>
       </c>
       <c r="H14" t="s">
         <v>49</v>
       </c>
       <c r="I14" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J14" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K14" t="s" s="5">
         <v>50</v>
@@ -2978,51 +2978,51 @@
       <c r="AQ14" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR14" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS14" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT14" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU14" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="15">
       <c r="A15">
         <v>14</v>
       </c>
       <c r="B15" t="s">
         <v>74</v>
       </c>
       <c r="C15" t="inlineStr" s="4">
         <is>
-          <t>5692Про розроблення детального плану території на вул. Львівська в м. Соснівка Червоноградської міської територіальної громади Червоноградського району Львівської області</t>
+          <t>ID - 5692,  Про розроблення детального плану території на вул. Львівська в м. Соснівка Червоноградської міської територіальної громади Червоноградського району Львівської області</t>
         </is>
       </c>
       <c r="D15" t="s">
         <v>45</v>
       </c>
       <c r="E15" t="s">
         <v>46</v>
       </c>
       <c r="F15" t="s">
         <v>64</v>
       </c>
       <c r="G15" t="s">
         <v>48</v>
       </c>
       <c r="H15" t="s">
         <v>49</v>
       </c>
       <c r="I15" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J15" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K15" t="s" s="5">
         <v>54</v>
@@ -3123,51 +3123,51 @@
       <c r="AQ15" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR15" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS15" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT15" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU15" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="16">
       <c r="A16">
         <v>15</v>
       </c>
       <c r="B16" t="s">
         <v>75</v>
       </c>
       <c r="C16" t="inlineStr" s="4">
         <is>
-          <t>5693Про прийняття у комунальну власність Червоноградської міської територіальної громади нерухомого безхазяйного майна</t>
+          <t>ID - 5693,  Про прийняття у комунальну власність Червоноградської міської територіальної громади нерухомого безхазяйного майна</t>
         </is>
       </c>
       <c r="D16" t="s">
         <v>45</v>
       </c>
       <c r="E16" t="s">
         <v>46</v>
       </c>
       <c r="F16" t="s">
         <v>64</v>
       </c>
       <c r="G16" t="s">
         <v>48</v>
       </c>
       <c r="H16" t="s">
         <v>49</v>
       </c>
       <c r="I16" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J16" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K16" t="s" s="5">
         <v>50</v>
@@ -3268,51 +3268,51 @@
       <c r="AQ16" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR16" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS16" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT16" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU16" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="17">
       <c r="A17">
         <v>16</v>
       </c>
       <c r="B17" t="s">
         <v>76</v>
       </c>
       <c r="C17" t="inlineStr" s="4">
         <is>
-          <t>5694Про уповноваження Бюро приватизації КП `Черво нограджитлокомунсервіс` здійснювати функції приватизації державного житлового фонду в особисту власність громадян Червоноградської територіальної громади</t>
+          <t>ID - 5694,  Про уповноваження Бюро приватизації КП `Черво нограджитлокомунсервіс` здійснювати функції приватизації державного житлового фонду в особисту власність громадян Червоноградської територіальної громади</t>
         </is>
       </c>
       <c r="D17" t="s">
         <v>45</v>
       </c>
       <c r="E17" t="s">
         <v>70</v>
       </c>
       <c r="F17" t="s">
         <v>71</v>
       </c>
       <c r="G17" t="s">
         <v>48</v>
       </c>
       <c r="H17" t="s">
         <v>49</v>
       </c>
       <c r="I17" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J17" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K17" t="s" s="5">
         <v>50</v>
@@ -3413,51 +3413,51 @@
       <c r="AQ17" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR17" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS17" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AT17" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU17" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="18">
       <c r="A18">
         <v>17</v>
       </c>
       <c r="B18" t="s">
         <v>77</v>
       </c>
       <c r="C18" t="inlineStr" s="4">
         <is>
-          <t>5695Про уповноваження Бюро приватизації КП `Черво нограджитлокомунсервіс` здійснювати функції приватизації державного житлового фонду в особисту власність громадян Червоноградської територіальної громади</t>
+          <t>ID - 5695,  Про уповноваження Бюро приватизації КП `Черво нограджитлокомунсервіс` здійснювати функції приватизації державного житлового фонду в особисту власність громадян Червоноградської територіальної громади</t>
         </is>
       </c>
       <c r="D18" t="s">
         <v>45</v>
       </c>
       <c r="E18" t="s">
         <v>46</v>
       </c>
       <c r="F18" t="s">
         <v>64</v>
       </c>
       <c r="G18" t="s">
         <v>48</v>
       </c>
       <c r="H18" t="s">
         <v>49</v>
       </c>
       <c r="I18" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J18" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K18" t="s" s="5">
         <v>50</v>
@@ -3558,51 +3558,51 @@
       <c r="AQ18" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR18" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS18" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT18" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU18" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="19">
       <c r="A19">
         <v>18</v>
       </c>
       <c r="B19" t="s">
         <v>78</v>
       </c>
       <c r="C19" t="inlineStr" s="4">
         <is>
-          <t>5696Про внесення змiн до Порядку користування окремими елементами благоустрою для розмiщення атракцiонiв, луна-паркiв, циркiв-шапiто, вiдкритих лiтнiх майданчикiв та пересувних елементiв вуличної торгiвлi на території м. Червонограда, затвердженого рiшенням Червоноградської мiської ради вiд 25.04.2017 №506</t>
+          <t>ID - 5696,  Про внесення змiн до Порядку користування окремими елементами благоустрою для розмiщення атракцiонiв, луна-паркiв, циркiв-шапiто, вiдкритих лiтнiх майданчикiв та пересувних елементiв вуличної торгiвлi на території м. Червонограда, затвердженого рiшенням Червоноградської мiської ради вiд 25.04.2017 №506</t>
         </is>
       </c>
       <c r="D19" t="s">
         <v>45</v>
       </c>
       <c r="E19" t="s">
         <v>46</v>
       </c>
       <c r="F19" t="s">
         <v>64</v>
       </c>
       <c r="G19" t="s">
         <v>48</v>
       </c>
       <c r="H19" t="s">
         <v>49</v>
       </c>
       <c r="I19" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J19" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K19" t="s" s="5">
         <v>50</v>
@@ -3703,51 +3703,51 @@
       <c r="AQ19" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR19" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS19" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT19" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU19" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="20">
       <c r="A20">
         <v>19</v>
       </c>
       <c r="B20" t="s">
         <v>79</v>
       </c>
       <c r="C20" t="inlineStr" s="4">
         <is>
-          <t>5697Про внесення змiн до рішення Червоноградської міської ради від 31.10.2019 №1417 «Про порядок списання комунального майна бюджетних установ, що фiнансуються з мiсцевого бюджету, комунальних закладiв, комунальних пiдприємств засновником яких є мiська рада»</t>
+          <t>ID - 5697,  Про внесення змiн до рішення Червоноградської міської ради від 31.10.2019 №1417 «Про порядок списання комунального майна бюджетних установ, що фiнансуються з мiсцевого бюджету, комунальних закладiв, комунальних пiдприємств засновником яких є мiська рада»</t>
         </is>
       </c>
       <c r="D20" t="s">
         <v>45</v>
       </c>
       <c r="E20" t="s">
         <v>46</v>
       </c>
       <c r="F20" t="s">
         <v>64</v>
       </c>
       <c r="G20" t="s">
         <v>48</v>
       </c>
       <c r="H20" t="s">
         <v>49</v>
       </c>
       <c r="I20" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J20" t="s" s="5">
         <v>54</v>
       </c>
       <c r="K20" t="s" s="5">
         <v>50</v>
@@ -3848,51 +3848,51 @@
       <c r="AQ20" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR20" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS20" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT20" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU20" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="21">
       <c r="A21">
         <v>20</v>
       </c>
       <c r="B21" t="s">
         <v>80</v>
       </c>
       <c r="C21" t="inlineStr" s="4">
         <is>
-          <t>5698Про прийняття в комунальну власнiсть Червоноградської міської ради об’єкта нерухомого майна комунального пiдприємства Червоноградський ринок: будівлю критого ринку по вул. Сокальській, 5 у м. Червонограді</t>
+          <t>ID - 5698,  Про прийняття в комунальну власнiсть Червоноградської міської ради об’єкта нерухомого майна комунального пiдприємства Червоноградський ринок: будівлю критого ринку по вул. Сокальській, 5 у м. Червонограді</t>
         </is>
       </c>
       <c r="D21" t="s">
         <v>45</v>
       </c>
       <c r="E21" t="s">
         <v>46</v>
       </c>
       <c r="F21" t="s">
         <v>64</v>
       </c>
       <c r="G21" t="s">
         <v>48</v>
       </c>
       <c r="H21" t="s">
         <v>49</v>
       </c>
       <c r="I21" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J21" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K21" t="s" s="5">
         <v>50</v>
@@ -3993,51 +3993,51 @@
       <c r="AQ21" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR21" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS21" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT21" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU21" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="22">
       <c r="A22">
         <v>21</v>
       </c>
       <c r="B22" t="s">
         <v>81</v>
       </c>
       <c r="C22" t="inlineStr" s="4">
         <is>
-          <t>5699Про прийняття в комунальну власнiсть Червоноградської міської територіальної громади майна комунального пiдприємства “Соснівський міський ринок”</t>
+          <t>ID - 5699,  Про прийняття в комунальну власнiсть Червоноградської міської територіальної громади майна комунального пiдприємства “Соснівський міський ринок”</t>
         </is>
       </c>
       <c r="D22" t="s">
         <v>45</v>
       </c>
       <c r="E22" t="s">
         <v>46</v>
       </c>
       <c r="F22" t="s">
         <v>47</v>
       </c>
       <c r="G22" t="s">
         <v>48</v>
       </c>
       <c r="H22" t="s">
         <v>49</v>
       </c>
       <c r="I22" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J22" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K22" t="s" s="5">
         <v>50</v>
@@ -4138,51 +4138,51 @@
       <c r="AQ22" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR22" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS22" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT22" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU22" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="23">
       <c r="A23">
         <v>22</v>
       </c>
       <c r="B23" t="s">
         <v>82</v>
       </c>
       <c r="C23" t="inlineStr" s="4">
         <is>
-          <t>5700Про затвердження змін до плану дiяльностi Червоноградської мiської ради з пiдготовки проєктiв регуляторних актiв на 2024 рiк</t>
+          <t>ID - 5700,  Про затвердження змін до плану дiяльностi Червоноградської мiської ради з пiдготовки проєктiв регуляторних актiв на 2024 рiк</t>
         </is>
       </c>
       <c r="D23" t="s">
         <v>45</v>
       </c>
       <c r="E23" t="s">
         <v>46</v>
       </c>
       <c r="F23" t="s">
         <v>53</v>
       </c>
       <c r="G23" t="s">
         <v>48</v>
       </c>
       <c r="H23" t="s">
         <v>49</v>
       </c>
       <c r="I23" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J23" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K23" t="s" s="5">
         <v>50</v>
@@ -4283,51 +4283,51 @@
       <c r="AQ23" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR23" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AS23" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT23" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU23" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="24">
       <c r="A24">
         <v>23</v>
       </c>
       <c r="B24" t="s">
         <v>83</v>
       </c>
       <c r="C24" t="inlineStr" s="4">
         <is>
-          <t>5701Про надання згоди на внесення змін до Договору купівлі-продажу об’єкта малої приватизації комунальної власності: об’єкта незавершеного будівництва у складі: будівля котельні за адресою: Львівська область, м.Червоноград, вул.Івасюка, 2 є; будівля котельні №1 за адресою: Львівська область, м.Червоноград, вул.Івасюка, 2 й приміщення 1; будівля котельні № 2 за адресою: Львівська область, м.Червоноград, вул.Івасюка, 2 й приміщення 2 від 05.11.2021 року</t>
+          <t>ID - 5701,  Про надання згоди на внесення змін до Договору купівлі-продажу об’єкта малої приватизації комунальної власності: об’єкта незавершеного будівництва у складі: будівля котельні за адресою: Львівська область, м.Червоноград, вул.Івасюка, 2 є; будівля котельні №1 за адресою: Львівська область, м.Червоноград, вул.Івасюка, 2 й приміщення 1; будівля котельні № 2 за адресою: Львівська область, м.Червоноград, вул.Івасюка, 2 й приміщення 2 від 05.11.2021 року</t>
         </is>
       </c>
       <c r="D24" t="s">
         <v>56</v>
       </c>
       <c r="E24" t="s">
         <v>46</v>
       </c>
       <c r="F24" t="s">
         <v>66</v>
       </c>
       <c r="G24" t="s">
         <v>48</v>
       </c>
       <c r="H24" t="s">
         <v>49</v>
       </c>
       <c r="I24" t="s" s="5">
         <v>54</v>
       </c>
       <c r="J24" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K24" t="s" s="5">
         <v>50</v>
@@ -4571,51 +4571,51 @@
       <c r="AQ25" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR25" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS25" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT25" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU25" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="26">
       <c r="A26">
         <v>25</v>
       </c>
       <c r="B26" t="s">
         <v>86</v>
       </c>
       <c r="C26" t="inlineStr" s="4">
         <is>
-          <t>5703Про надання згоди на внесення змін до Договору купівлі-продажу об’єкта малої приватизації комунальної власності: об’єкта незавершеного будівництва у складі: будівля котельні за адресою: Львівська область, м.Червоноград, вул.Івасюка, 2 є; будівля котельні №1 за адресою: Львівська область, м.Червоноград, вул.Івасюка, 2 й приміщення 1; будівля котельні № 2 за адресою: Львівська область, м.Червоноград, вул.Івасюка, 2 й приміщення 2 від 05.11.2021 року</t>
+          <t>ID - 5703,  Про надання згоди на внесення змін до Договору купівлі-продажу об’єкта малої приватизації комунальної власності: об’єкта незавершеного будівництва у складі: будівля котельні за адресою: Львівська область, м.Червоноград, вул.Івасюка, 2 є; будівля котельні №1 за адресою: Львівська область, м.Червоноград, вул.Івасюка, 2 й приміщення 1; будівля котельні № 2 за адресою: Львівська область, м.Червоноград, вул.Івасюка, 2 й приміщення 2 від 05.11.2021 року</t>
         </is>
       </c>
       <c r="D26" t="s">
         <v>60</v>
       </c>
       <c r="E26" t="s">
         <v>46</v>
       </c>
       <c r="F26" t="s">
         <v>62</v>
       </c>
       <c r="G26" t="s">
         <v>48</v>
       </c>
       <c r="H26" t="s">
         <v>49</v>
       </c>
       <c r="I26" t="s" s="5">
         <v>54</v>
       </c>
       <c r="J26" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K26" t="s" s="5">
         <v>50</v>
@@ -4716,51 +4716,51 @@
       <c r="AQ26" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR26" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS26" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT26" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU26" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="27">
       <c r="A27">
         <v>26</v>
       </c>
       <c r="B27" t="s">
         <v>87</v>
       </c>
       <c r="C27" t="inlineStr" s="4">
         <is>
-          <t>5704Про надання згоди на внесення змін до Договору купівлі-продажу об’єкта малої приватизації комунальної власності: об’єкта незавершеного будівництва - будівля пральні 1000 кг білизни з сміттєспалювальною піччю за адресою: Львівська область, м. Червоноград, вул. Івасюка, 2 ж від 10.12.2021 року</t>
+          <t>ID - 5704,  Про надання згоди на внесення змін до Договору купівлі-продажу об’єкта малої приватизації комунальної власності: об’єкта незавершеного будівництва - будівля пральні 1000 кг білизни з сміттєспалювальною піччю за адресою: Львівська область, м. Червоноград, вул. Івасюка, 2 ж від 10.12.2021 року</t>
         </is>
       </c>
       <c r="D27" t="s">
         <v>56</v>
       </c>
       <c r="E27" t="s">
         <v>46</v>
       </c>
       <c r="F27" t="s">
         <v>62</v>
       </c>
       <c r="G27" t="s">
         <v>48</v>
       </c>
       <c r="H27" t="s">
         <v>49</v>
       </c>
       <c r="I27" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J27" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K27" t="s" s="5">
         <v>50</v>
@@ -5004,51 +5004,51 @@
       <c r="AQ28" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR28" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS28" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT28" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU28" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="29">
       <c r="A29">
         <v>28</v>
       </c>
       <c r="B29" t="s">
         <v>90</v>
       </c>
       <c r="C29" t="inlineStr" s="4">
         <is>
-          <t>5706Про надання згоди на внесення змін до Договору купівлі-продажу об’єкта малої приватизації комунальної власності: об’єкта незавершеного будівництва - будівля пральні 1000 кг білизни з сміттєспалювальною піччю за адресою: Львівська область, м. Червоноград, вул. Івасюка, 2 ж від 10.12.2021 року</t>
+          <t>ID - 5706,  Про надання згоди на внесення змін до Договору купівлі-продажу об’єкта малої приватизації комунальної власності: об’єкта незавершеного будівництва - будівля пральні 1000 кг білизни з сміттєспалювальною піччю за адресою: Львівська область, м. Червоноград, вул. Івасюка, 2 ж від 10.12.2021 року</t>
         </is>
       </c>
       <c r="D29" t="s">
         <v>60</v>
       </c>
       <c r="E29" t="s">
         <v>46</v>
       </c>
       <c r="F29" t="s">
         <v>47</v>
       </c>
       <c r="G29" t="s">
         <v>48</v>
       </c>
       <c r="H29" t="s">
         <v>49</v>
       </c>
       <c r="I29" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J29" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K29" t="s" s="5">
         <v>50</v>
@@ -5149,51 +5149,51 @@
       <c r="AQ29" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR29" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS29" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT29" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU29" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="30">
       <c r="A30">
         <v>29</v>
       </c>
       <c r="B30" t="s">
         <v>91</v>
       </c>
       <c r="C30" t="inlineStr" s="4">
         <is>
-          <t>5707Про безкоштовну передачу деревини дров’яної Релігійній організації «Релігійна громада Римсько-Католицької церкви Парафії Зіслання Святого Духа в м. Червонограді Львівської області»</t>
+          <t>ID - 5707,  Про безкоштовну передачу деревини дров’яної Релігійній організації «Релігійна громада Римсько-Католицької церкви Парафії Зіслання Святого Духа в м. Червонограді Львівської області»</t>
         </is>
       </c>
       <c r="D30" t="s">
         <v>45</v>
       </c>
       <c r="E30" t="s">
         <v>46</v>
       </c>
       <c r="F30" t="s">
         <v>62</v>
       </c>
       <c r="G30" t="s">
         <v>48</v>
       </c>
       <c r="H30" t="s">
         <v>49</v>
       </c>
       <c r="I30" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J30" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K30" t="s" s="5">
         <v>50</v>
@@ -5294,51 +5294,51 @@
       <c r="AQ30" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR30" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS30" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT30" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU30" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="31">
       <c r="A31">
         <v>30</v>
       </c>
       <c r="B31" t="s">
         <v>92</v>
       </c>
       <c r="C31" t="inlineStr" s="4">
         <is>
-          <t>5708Про організацію та проведення конкурсу з вибору керуючої компанії індустріального парку «Червоноград»</t>
+          <t>ID - 5708,  Про організацію та проведення конкурсу з вибору керуючої компанії індустріального парку «Червоноград»</t>
         </is>
       </c>
       <c r="D31" t="s">
         <v>56</v>
       </c>
       <c r="E31" t="s">
         <v>46</v>
       </c>
       <c r="F31" t="s">
         <v>62</v>
       </c>
       <c r="G31" t="s">
         <v>48</v>
       </c>
       <c r="H31" t="s">
         <v>49</v>
       </c>
       <c r="I31" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J31" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K31" t="s" s="5">
         <v>50</v>
@@ -5725,51 +5725,51 @@
       <c r="AQ33" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR33" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS33" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT33" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU33" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="34">
       <c r="A34">
         <v>33</v>
       </c>
       <c r="B34" t="s">
         <v>99</v>
       </c>
       <c r="C34" t="inlineStr" s="4">
         <is>
-          <t>5711Про організацію та проведення конкурсу з вибору керуючої компанії індустріального парку «Червоноград»</t>
+          <t>ID - 5711,  Про організацію та проведення конкурсу з вибору керуючої компанії індустріального парку «Червоноград»</t>
         </is>
       </c>
       <c r="D34" t="s">
         <v>60</v>
       </c>
       <c r="E34" t="s">
         <v>46</v>
       </c>
       <c r="F34" t="s">
         <v>53</v>
       </c>
       <c r="G34" t="s">
         <v>48</v>
       </c>
       <c r="H34" t="s">
         <v>49</v>
       </c>
       <c r="I34" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J34" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K34" t="s" s="5">
         <v>50</v>
@@ -7300,51 +7300,51 @@
       <c r="AQ44" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR44" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS44" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT44" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU44" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="45">
       <c r="A45">
         <v>44</v>
       </c>
       <c r="B45" t="s">
         <v>121</v>
       </c>
       <c r="C45" t="inlineStr" s="4">
         <is>
-          <t>5722Про розгляд клопотання громадян Черкаса Мар’яна Павловича та Лебезун Надії Павлівни</t>
+          <t>ID - 5722,  Про розгляд клопотання громадян Черкаса Мар’яна Павловича та Лебезун Надії Павлівни</t>
         </is>
       </c>
       <c r="D45" t="s">
         <v>45</v>
       </c>
       <c r="E45" t="s">
         <v>46</v>
       </c>
       <c r="F45" t="s">
         <v>66</v>
       </c>
       <c r="G45" t="s">
         <v>48</v>
       </c>
       <c r="H45" t="s">
         <v>49</v>
       </c>
       <c r="I45" t="s" s="5">
         <v>54</v>
       </c>
       <c r="J45" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K45" t="s" s="5">
         <v>50</v>
@@ -9161,51 +9161,51 @@
       <c r="AQ57" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR57" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS57" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AT57" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU57" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="58">
       <c r="A58">
         <v>57</v>
       </c>
       <c r="B58" t="s">
         <v>149</v>
       </c>
       <c r="C58" t="inlineStr" s="4">
         <is>
-          <t>5735Про виготовлення технiчної документації iз землеустрою щодо поділу земельної ділянки на території Червоноградської міської ради (за межами с. Волсвин)</t>
+          <t>ID - 5735,  Про виготовлення технiчної документації iз землеустрою щодо поділу земельної ділянки на території Червоноградської міської ради (за межами с. Волсвин)</t>
         </is>
       </c>
       <c r="D58" t="s">
         <v>45</v>
       </c>
       <c r="E58" t="s">
         <v>46</v>
       </c>
       <c r="F58" t="s">
         <v>66</v>
       </c>
       <c r="G58" t="s">
         <v>48</v>
       </c>
       <c r="H58" t="s">
         <v>49</v>
       </c>
       <c r="I58" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J58" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K58" t="s" s="5">
         <v>50</v>
@@ -10450,51 +10450,51 @@
       <c r="AQ66" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR66" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AS66" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT66" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU66" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="67">
       <c r="A67">
         <v>66</v>
       </c>
       <c r="B67" t="s">
         <v>170</v>
       </c>
       <c r="C67" t="inlineStr" s="4">
         <is>
-          <t>5744Про розгляд клопотання фізичної особи - підприємця Ляховської Тамари Юріївни та Товариства з обмеженою відповідальністю «Інкомінвест»</t>
+          <t>ID - 5744,  Про розгляд клопотання фізичної особи - підприємця Ляховської Тамари Юріївни та Товариства з обмеженою відповідальністю «Інкомінвест»</t>
         </is>
       </c>
       <c r="D67" t="s">
         <v>45</v>
       </c>
       <c r="E67" t="s">
         <v>46</v>
       </c>
       <c r="F67" t="s">
         <v>53</v>
       </c>
       <c r="G67" t="s">
         <v>48</v>
       </c>
       <c r="H67" t="s">
         <v>49</v>
       </c>
       <c r="I67" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J67" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K67" t="s" s="5">
         <v>50</v>
@@ -11453,51 +11453,51 @@
       <c r="AQ73" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR73" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS73" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT73" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU73" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="74">
       <c r="A74">
         <v>73</v>
       </c>
       <c r="B74" t="s">
         <v>183</v>
       </c>
       <c r="C74" t="inlineStr" s="4">
         <is>
-          <t>5751Про включення до переліку земельних ділянок, право оренди на які виставляється на земельні торги окремими лотами, та продаж права оренди земельної ділянки на конкурентних засадах (на земельних торгах у формі електронного аукціону) в місті Червоноград на вулиці Львівська, 15 «а», кадастровий номер земельної ділянки 4611800000:03:010:0007</t>
+          <t>ID - 5751,  Про включення до переліку земельних ділянок, право оренди на які виставляється на земельні торги окремими лотами, та продаж права оренди земельної ділянки на конкурентних засадах (на земельних торгах у формі електронного аукціону) в місті Червоноград на вулиці Львівська, 15 «а», кадастровий номер земельної ділянки 4611800000:03:010:0007</t>
         </is>
       </c>
       <c r="D74" t="s">
         <v>45</v>
       </c>
       <c r="E74" t="s">
         <v>46</v>
       </c>
       <c r="F74" t="s">
         <v>62</v>
       </c>
       <c r="G74" t="s">
         <v>48</v>
       </c>
       <c r="H74" t="s">
         <v>49</v>
       </c>
       <c r="I74" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J74" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K74" t="s" s="5">
         <v>50</v>
@@ -11598,51 +11598,51 @@
       <c r="AQ74" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR74" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS74" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT74" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU74" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="75">
       <c r="A75">
         <v>74</v>
       </c>
       <c r="B75" t="s">
         <v>184</v>
       </c>
       <c r="C75" t="inlineStr" s="4">
         <is>
-          <t>5752Про включення до переліку земельних ділянок, право оренди на які виставляється на земельні торги окремими лотами, та продаж права оренди земельної ділянки на конкурентних засадах (на земельних торгах у формі електронного аукціону) в місті Червоноград на проспекті Шевченка, 3 «е», кадастровий номер земельної ділянки 4611800000:02:008:0055</t>
+          <t>ID - 5752,  Про включення до переліку земельних ділянок, право оренди на які виставляється на земельні торги окремими лотами, та продаж права оренди земельної ділянки на конкурентних засадах (на земельних торгах у формі електронного аукціону) в місті Червоноград на проспекті Шевченка, 3 «е», кадастровий номер земельної ділянки 4611800000:02:008:0055</t>
         </is>
       </c>
       <c r="D75" t="s">
         <v>45</v>
       </c>
       <c r="E75" t="s">
         <v>46</v>
       </c>
       <c r="F75" t="s">
         <v>64</v>
       </c>
       <c r="G75" t="s">
         <v>48</v>
       </c>
       <c r="H75" t="s">
         <v>49</v>
       </c>
       <c r="I75" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J75" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K75" t="s" s="5">
         <v>50</v>
@@ -12601,51 +12601,51 @@
       <c r="AQ81" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR81" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS81" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT81" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU81" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="82">
       <c r="A82">
         <v>81</v>
       </c>
       <c r="B82" t="s">
         <v>197</v>
       </c>
       <c r="C82" t="inlineStr" s="4">
         <is>
-          <t>5760Про надання дозволу на виготовлення проекту землеустрою щодо відведення земельної ділянки в с. Рудка</t>
+          <t>ID - 5760,  Про надання дозволу на виготовлення проекту землеустрою щодо відведення земельної ділянки в с. Рудка</t>
         </is>
       </c>
       <c r="D82" t="s">
         <v>45</v>
       </c>
       <c r="E82" t="s">
         <v>70</v>
       </c>
       <c r="F82" t="s">
         <v>71</v>
       </c>
       <c r="G82" t="s">
         <v>48</v>
       </c>
       <c r="H82" t="s">
         <v>49</v>
       </c>
       <c r="I82" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J82" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K82" t="s" s="5">
         <v>50</v>
@@ -12746,51 +12746,51 @@
       <c r="AQ82" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR82" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS82" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT82" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU82" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="83">
       <c r="A83">
         <v>82</v>
       </c>
       <c r="B83" t="s">
         <v>198</v>
       </c>
       <c r="C83" t="inlineStr" s="4">
         <is>
-          <t>5761Про надання дозволу на виготовлення проекту землеустрою щодо відведення земельної ділянки в с. Рудка</t>
+          <t>ID - 5761,  Про надання дозволу на виготовлення проекту землеустрою щодо відведення земельної ділянки в с. Рудка</t>
         </is>
       </c>
       <c r="D83" t="s">
         <v>45</v>
       </c>
       <c r="E83" t="s">
         <v>46</v>
       </c>
       <c r="F83" t="s">
         <v>64</v>
       </c>
       <c r="G83" t="s">
         <v>48</v>
       </c>
       <c r="H83" t="s">
         <v>49</v>
       </c>
       <c r="I83" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J83" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K83" t="s" s="5">
         <v>50</v>
@@ -13177,51 +13177,51 @@
       <c r="AQ85" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR85" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS85" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT85" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU85" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="86">
       <c r="A86">
         <v>85</v>
       </c>
       <c r="B86" t="s">
         <v>203</v>
       </c>
       <c r="C86" t="inlineStr" s="4">
         <is>
-          <t>5764Про розгляд клопотання Головного управління Національної поліції у Львівській області</t>
+          <t>ID - 5764,  Про розгляд клопотання Головного управління Національної поліції у Львівській області</t>
         </is>
       </c>
       <c r="D86" t="s">
         <v>45</v>
       </c>
       <c r="E86" t="s">
         <v>46</v>
       </c>
       <c r="F86" t="s">
         <v>64</v>
       </c>
       <c r="G86" t="s">
         <v>48</v>
       </c>
       <c r="H86" t="s">
         <v>49</v>
       </c>
       <c r="I86" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J86" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K86" t="s" s="5">
         <v>50</v>
@@ -13608,51 +13608,51 @@
       <c r="AQ88" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR88" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS88" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT88" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU88" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="89">
       <c r="A89">
         <v>88</v>
       </c>
       <c r="B89" t="s">
         <v>208</v>
       </c>
       <c r="C89" t="inlineStr" s="4">
         <is>
-          <t>5767Про виготовлення технічної документацiї iз землеустрою щодо подiлу земельної ділянки з кадастровим номером 4611800000:01:003:0026</t>
+          <t>ID - 5767,  Про виготовлення технічної документацiї iз землеустрою щодо подiлу земельної ділянки з кадастровим номером 4611800000:01:003:0026</t>
         </is>
       </c>
       <c r="D89" t="s">
         <v>45</v>
       </c>
       <c r="E89" t="s">
         <v>70</v>
       </c>
       <c r="F89" t="s">
         <v>158</v>
       </c>
       <c r="G89" t="s">
         <v>48</v>
       </c>
       <c r="H89" t="s">
         <v>49</v>
       </c>
       <c r="I89" t="s" s="5">
         <v>54</v>
       </c>
       <c r="J89" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K89" t="s" s="5">
         <v>50</v>
@@ -13753,51 +13753,51 @@
       <c r="AQ89" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR89" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS89" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT89" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU89" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="90">
       <c r="A90">
         <v>89</v>
       </c>
       <c r="B90" t="s">
         <v>209</v>
       </c>
       <c r="C90" t="inlineStr" s="4">
         <is>
-          <t>5768Про розгляд клопотань комунального підприємства «Соснівський міський ринок» та комунального підприємства Червоноградський ринок</t>
+          <t>ID - 5768,  Про розгляд клопотань комунального підприємства «Соснівський міський ринок» та комунального підприємства Червоноградський ринок</t>
         </is>
       </c>
       <c r="D90" t="s">
         <v>45</v>
       </c>
       <c r="E90" t="s">
         <v>46</v>
       </c>
       <c r="F90" t="s">
         <v>64</v>
       </c>
       <c r="G90" t="s">
         <v>48</v>
       </c>
       <c r="H90" t="s">
         <v>49</v>
       </c>
       <c r="I90" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J90" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K90" t="s" s="5">
         <v>50</v>
@@ -14184,51 +14184,51 @@
       <c r="AQ92" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR92" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS92" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT92" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU92" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="93">
       <c r="A93">
         <v>92</v>
       </c>
       <c r="B93" t="s">
         <v>214</v>
       </c>
       <c r="C93" t="inlineStr" s="4">
         <is>
-          <t>5772Про затвердження проектів землеустрою щодо відведення земельних ділянок з метою зміни їх цільового призначення</t>
+          <t>ID - 5772,  Про затвердження проектів землеустрою щодо відведення земельних ділянок з метою зміни їх цільового призначення</t>
         </is>
       </c>
       <c r="D93" t="s">
         <v>45</v>
       </c>
       <c r="E93" t="s">
         <v>46</v>
       </c>
       <c r="F93" t="s">
         <v>64</v>
       </c>
       <c r="G93" t="s">
         <v>48</v>
       </c>
       <c r="H93" t="s">
         <v>49</v>
       </c>
       <c r="I93" t="s" s="5">
         <v>54</v>
       </c>
       <c r="J93" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K93" t="s" s="5">
         <v>50</v>
@@ -14329,51 +14329,51 @@
       <c r="AQ93" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR93" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS93" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT93" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU93" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="94">
       <c r="A94">
         <v>93</v>
       </c>
       <c r="B94" t="s">
         <v>215</v>
       </c>
       <c r="C94" t="inlineStr" s="4">
         <is>
-          <t>5773Про затвердження проектiв землеустрою щодо вiдведення земельних дiлянок на території Червоноградської міської ради</t>
+          <t>ID - 5773,  Про затвердження проектiв землеустрою щодо вiдведення земельних дiлянок на території Червоноградської міської ради</t>
         </is>
       </c>
       <c r="D94" t="s">
         <v>45</v>
       </c>
       <c r="E94" t="s">
         <v>46</v>
       </c>
       <c r="F94" t="s">
         <v>64</v>
       </c>
       <c r="G94" t="s">
         <v>48</v>
       </c>
       <c r="H94" t="s">
         <v>49</v>
       </c>
       <c r="I94" t="s" s="5">
         <v>54</v>
       </c>
       <c r="J94" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K94" t="s" s="5">
         <v>50</v>
@@ -14474,51 +14474,51 @@
       <c r="AQ94" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR94" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS94" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT94" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU94" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="95">
       <c r="A95">
         <v>94</v>
       </c>
       <c r="B95" t="s">
         <v>216</v>
       </c>
       <c r="C95" t="inlineStr" s="4">
         <is>
-          <t>5774Про надання дозволу на розроблення технічних документацiй iз землеустрою щодо об’єднання земельних ділянок</t>
+          <t>ID - 5774,  Про надання дозволу на розроблення технічних документацiй iз землеустрою щодо об’єднання земельних ділянок</t>
         </is>
       </c>
       <c r="D95" t="s">
         <v>45</v>
       </c>
       <c r="E95" t="s">
         <v>46</v>
       </c>
       <c r="F95" t="s">
         <v>64</v>
       </c>
       <c r="G95" t="s">
         <v>48</v>
       </c>
       <c r="H95" t="s">
         <v>217</v>
       </c>
       <c r="I95" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J95" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K95" t="s" s="5">
         <v>50</v>
@@ -14619,51 +14619,51 @@
       <c r="AQ95" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR95" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS95" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT95" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU95" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="96">
       <c r="A96">
         <v>95</v>
       </c>
       <c r="B96" t="s">
         <v>218</v>
       </c>
       <c r="C96" t="inlineStr" s="4">
         <is>
-          <t>5775Про виготовлення технічної документацiї iз землеустрою щодо подiлу земельної ділянки з кадастровим номером 4611800000:02:008:0036</t>
+          <t>ID - 5775,  Про виготовлення технічної документацiї iз землеустрою щодо подiлу земельної ділянки з кадастровим номером 4611800000:02:008:0036</t>
         </is>
       </c>
       <c r="D96" t="s">
         <v>45</v>
       </c>
       <c r="E96" t="s">
         <v>46</v>
       </c>
       <c r="F96" t="s">
         <v>66</v>
       </c>
       <c r="G96" t="s">
         <v>48</v>
       </c>
       <c r="H96" t="s">
         <v>49</v>
       </c>
       <c r="I96" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J96" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K96" t="s" s="5">
         <v>50</v>
@@ -14764,51 +14764,51 @@
       <c r="AQ96" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR96" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS96" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT96" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU96" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="97">
       <c r="A97">
         <v>96</v>
       </c>
       <c r="B97" t="s">
         <v>219</v>
       </c>
       <c r="C97" t="inlineStr" s="4">
         <is>
-          <t>5776Про надання дозволу на виготовлення технічної документації з нормативної грошової оцінки земельних ділянок (в межах території Червоноградської територіальної громади) на території Червоноградської міської ради</t>
+          <t>ID - 5776,  Про надання дозволу на виготовлення технічної документації з нормативної грошової оцінки земельних ділянок (в межах території Червоноградської територіальної громади) на території Червоноградської міської ради</t>
         </is>
       </c>
       <c r="D97" t="s">
         <v>45</v>
       </c>
       <c r="E97" t="s">
         <v>46</v>
       </c>
       <c r="F97" t="s">
         <v>64</v>
       </c>
       <c r="G97" t="s">
         <v>48</v>
       </c>
       <c r="H97" t="s">
         <v>49</v>
       </c>
       <c r="I97" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J97" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K97" t="s" s="5">
         <v>50</v>
@@ -14909,51 +14909,51 @@
       <c r="AQ97" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR97" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS97" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT97" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU97" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="98">
       <c r="A98">
         <v>97</v>
       </c>
       <c r="B98" t="s">
         <v>220</v>
       </c>
       <c r="C98" t="inlineStr" s="4">
         <is>
-          <t>5777Про звернення Червоноградської міської ради щодо неприпустимості підвищення акцизів на пальне</t>
+          <t>ID - 5777,  Про звернення Червоноградської міської ради щодо неприпустимості підвищення акцизів на пальне</t>
         </is>
       </c>
       <c r="D98" t="s">
         <v>45</v>
       </c>
       <c r="E98" t="s">
         <v>46</v>
       </c>
       <c r="F98" t="s">
         <v>66</v>
       </c>
       <c r="G98" t="s">
         <v>48</v>
       </c>
       <c r="H98" t="s">
         <v>49</v>
       </c>
       <c r="I98" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J98" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K98" t="s" s="5">
         <v>50</v>