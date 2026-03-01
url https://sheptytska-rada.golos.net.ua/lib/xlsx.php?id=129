--- v0 (2025-10-15)
+++ v1 (2026-03-01)
@@ -9,51 +9,51 @@
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/_rels/.rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
 <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/>
 <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/>
 <Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="SimpleXLSXGen"/>
   <sheets>
     <sheet name="Sheet1" sheetId="1" state="visible" r:id="rId2"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="324" uniqueCount="324">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="323" uniqueCount="323">
   <si>
     <t>№</t>
   </si>
   <si>
     <t>XXXVII сесія VIII скликання</t>
   </si>
   <si>
     <t>Шептицька міська рада</t>
   </si>
   <si>
     <t>Результат</t>
   </si>
   <si>
     <t>Голоси</t>
   </si>
   <si>
     <t>Василишин Петро Стефанович</t>
   </si>
   <si>
     <t>Гоц Павло Васильович</t>
   </si>
   <si>
     <t>Закала Богдан Васильович</t>
   </si>
   <si>
@@ -173,702 +173,699 @@
   <si>
     <t>ПРИЙНЯТО</t>
   </si>
   <si>
     <t>За: 23</t>
   </si>
   <si>
     <t>Проти: 0</t>
   </si>
   <si>
     <t>Утримались: 0</t>
   </si>
   <si>
     <t>За</t>
   </si>
   <si>
     <t>Не голос.</t>
   </si>
   <si>
     <t>Відсут.</t>
   </si>
   <si>
     <t>26.03.24  11:00:28</t>
   </si>
   <si>
-    <t>5539Включити в список осіб озвучених Ковалем В. С.</t>
+    <t>ID - 5539,  Включити в список осіб озвучених Ковалем В. С.</t>
   </si>
   <si>
     <t>За поправку / пропозицію</t>
   </si>
   <si>
     <t>26.03.24  11:00:57</t>
   </si>
   <si>
     <t>В цілому</t>
   </si>
   <si>
     <t>За: 22</t>
   </si>
   <si>
     <t>26.03.24  11:02:17</t>
   </si>
   <si>
     <t>За основу і в цілому</t>
   </si>
   <si>
     <t>За: 24</t>
   </si>
   <si>
     <t>26.03.24  11:06:17</t>
   </si>
   <si>
-    <t>5543Про депутатськi запити</t>
+    <t>ID - 5543,  Про депутатськi запити</t>
   </si>
   <si>
     <t>26.03.24  11:06:47</t>
   </si>
   <si>
-    <t>5544Про депутатськi запити</t>
+    <t>ID - 5544,  Про депутатськi запити</t>
   </si>
   <si>
     <t>26.03.24  11:08:09</t>
   </si>
   <si>
     <t>За: 21</t>
   </si>
   <si>
     <t>26.03.24  11:13:35</t>
   </si>
   <si>
     <t>26.03.24  11:18:38</t>
   </si>
   <si>
     <t>26.03.24  11:19:12</t>
   </si>
   <si>
     <t>26.03.24  11:20:35</t>
   </si>
   <si>
     <t>26.03.24  11:22:12</t>
   </si>
   <si>
     <t>26.03.24  11:23:16</t>
   </si>
   <si>
     <t>26.03.24  11:25:04</t>
   </si>
   <si>
     <t>26.03.24  11:26:21</t>
   </si>
   <si>
     <t>26.03.24  11:31:50</t>
   </si>
   <si>
     <t>26.03.24  11:33:03</t>
   </si>
   <si>
-    <t>5555Про безоплатну передачу основних засобів</t>
+    <t>ID - 5555,  Про безоплатну передачу основних засобів</t>
   </si>
   <si>
     <t>26.03.24  11:35:27</t>
   </si>
   <si>
     <t>26.03.24  11:37:55</t>
   </si>
   <si>
     <t>26.03.24  11:40:13</t>
   </si>
   <si>
     <t>26.03.24  11:41:36</t>
   </si>
   <si>
-    <t>5559Про виконання місцевих цільових програм в галузі культури за 2023 рік</t>
+    <t>ID - 5559,  Про виконання місцевих цільових програм в галузі культури за 2023 рік</t>
   </si>
   <si>
     <t>26.03.24  11:43:10</t>
   </si>
   <si>
-    <t>5560Про виконання місцевих цільових програм в медичній галузі за 2023 рік</t>
+    <t>ID - 5560,  Про виконання місцевих цільових програм в медичній галузі за 2023 рік</t>
   </si>
   <si>
     <t>26.03.24  11:45:17</t>
   </si>
   <si>
-    <t>5561Про надання одноразової грошової допомоги Петрук Олені Валеріївні</t>
+    <t>ID - 5561,  Про надання одноразової грошової допомоги Петрук Олені Валеріївні</t>
   </si>
   <si>
     <t>26.03.24  11:47:02</t>
   </si>
   <si>
     <t>26.03.24  11:48:45</t>
   </si>
   <si>
-    <t>5563Внести правки озвучені Ващук М. В.</t>
+    <t>ID - 5563,  Внести правки озвучені Ващук М. В.</t>
   </si>
   <si>
     <t>26.03.24  11:49:13</t>
   </si>
   <si>
     <t>26.03.24  11:50:32</t>
   </si>
   <si>
     <t>26.03.24  11:51:24</t>
   </si>
   <si>
     <t>26.03.24  11:52:23</t>
   </si>
   <si>
-    <t>5567Про виконання міської програми оздоровлення та відпочинку дітей за 2023 рік</t>
+    <t>ID - 5567,  Про виконання міської програми оздоровлення та відпочинку дітей за 2023 рік</t>
   </si>
   <si>
     <t>26.03.24  11:53:23</t>
   </si>
   <si>
     <t>26.03.24  11:54:10</t>
   </si>
   <si>
     <t>За: 20</t>
   </si>
   <si>
     <t>26.03.24  11:55:17</t>
   </si>
   <si>
     <t>26.03.24  11:57:05</t>
   </si>
   <si>
     <t>26.03.24  11:59:31</t>
   </si>
   <si>
-    <t>5572Про розгляд клопотання громадянина Подревського Володимира Євгенійовича</t>
+    <t>ID - 5572,  Про розгляд клопотання громадянина Подревського Володимира Євгенійовича</t>
   </si>
   <si>
     <t>26.03.24  12:01:11</t>
   </si>
   <si>
-    <t>5573Про розгляд клопотання громадянина Кінаха Володимира Ігоровича</t>
+    <t>ID - 5573,  Про розгляд клопотання громадянина Кінаха Володимира Ігоровича</t>
   </si>
   <si>
     <t>26.03.24  12:02:00</t>
   </si>
   <si>
-    <t>5574Про розгляд клопотання громадянина Цибуха Василя Петровича</t>
+    <t>ID - 5574,  Про розгляд клопотання громадянина Цибуха Василя Петровича</t>
   </si>
   <si>
     <t>26.03.24  12:02:54</t>
   </si>
   <si>
-    <t>5575Про розгляд клопотання громадянки Мікітіної Ольги Ігорівни</t>
+    <t>ID - 5575,  Про розгляд клопотання громадянки Мікітіної Ольги Ігорівни</t>
   </si>
   <si>
     <t>26.03.24  12:03:56</t>
   </si>
   <si>
-    <t>5576Про розгляд клопотання громадянки Максімець Наталії Петрівни</t>
+    <t>ID - 5576,  Про розгляд клопотання громадянки Максімець Наталії Петрівни</t>
   </si>
   <si>
     <t>26.03.24  12:05:06</t>
   </si>
   <si>
-    <t>5577Про розгляд клопотання громадянки Солтис Ніни Михайлівни</t>
+    <t>ID - 5577,  Про розгляд клопотання громадянки Солтис Ніни Михайлівни</t>
   </si>
   <si>
     <t>НЕ ПРИЙНЯТО</t>
   </si>
   <si>
     <t>За: 19</t>
   </si>
   <si>
     <t>26.03.24  12:05:41</t>
   </si>
   <si>
-    <t>5578Про розгляд клопотання громадянки Мікітіної Ольги Ігорівни</t>
+    <t>ID - 5578,  Про розгляд клопотання громадянки Мікітіної Ольги Ігорівни</t>
   </si>
   <si>
     <t>26.03.24  12:06:33</t>
   </si>
   <si>
-    <t>5579Про розгляд клопотання громадянки Борис Ольги Олексіївни</t>
+    <t>ID - 5579,  Про розгляд клопотання громадянки Борис Ольги Олексіївни</t>
   </si>
   <si>
     <t>26.03.24  12:07:23</t>
   </si>
   <si>
-    <t>5580Про розгляд клопотання громадянки Бриль Ганни Степанівни</t>
+    <t>ID - 5580,  Про розгляд клопотання громадянки Бриль Ганни Степанівни</t>
   </si>
   <si>
     <t>26.03.24  12:08:14</t>
   </si>
   <si>
-    <t>5581Про розгляд клопотання громадянки Хемич Ольги Євгенівни</t>
+    <t>ID - 5581,  Про розгляд клопотання громадянки Хемич Ольги Євгенівни</t>
   </si>
   <si>
     <t>26.03.24  12:13:52</t>
   </si>
   <si>
-    <t>5582Про розгляд клопотання громадянки Лозинської Ольги Степанівни</t>
+    <t>ID - 5582,  Про розгляд клопотання громадянки Лозинської Ольги Степанівни</t>
   </si>
   <si>
     <t>26.03.24  12:14:57</t>
   </si>
   <si>
-    <t>5583Про розгляд клопотання громадянки Пахолок Галини Іванівни</t>
+    <t>ID - 5583,  Про розгляд клопотання громадянки Пахолок Галини Іванівни</t>
   </si>
   <si>
     <t>26.03.24  12:15:52</t>
   </si>
   <si>
-    <t>5584Про розгляд клопотання громадянина Курижка Миколи Олексійовича</t>
+    <t>ID - 5584,  Про розгляд клопотання громадянина Курижка Миколи Олексійовича</t>
   </si>
   <si>
     <t>26.03.24  12:17:37</t>
   </si>
   <si>
     <t>26.03.24  12:18:48</t>
   </si>
   <si>
     <t>26.03.24  12:20:14</t>
   </si>
   <si>
     <t>26.03.24  12:20:49</t>
   </si>
   <si>
-    <t>5588Про розгляд клопотання громадянки Солтис Ніни Михайлівни</t>
+    <t>ID - 5588,  Про розгляд клопотання громадянки Солтис Ніни Михайлівни</t>
   </si>
   <si>
     <t>26.03.24  12:22:02</t>
   </si>
   <si>
-    <t>5589Про розгляд клопотання громадянина Грици Ярослава Ярославовича</t>
+    <t>ID - 5589,  Про розгляд клопотання громадянина Грици Ярослава Ярославовича</t>
   </si>
   <si>
     <t>26.03.24  12:22:58</t>
   </si>
   <si>
-    <t>5590Про розгляд клопотання громадянки Грицак Ольги Федорівни</t>
+    <t>ID - 5590,  Про розгляд клопотання громадянки Грицак Ольги Федорівни</t>
   </si>
   <si>
     <t>26.03.24  12:23:51</t>
   </si>
   <si>
-    <t>5591Про розгляд клопотання громадянки Минченко Наталії Миколаївни</t>
+    <t>ID - 5591,  Про розгляд клопотання громадянки Минченко Наталії Миколаївни</t>
   </si>
   <si>
     <t>26.03.24  12:24:34</t>
   </si>
   <si>
-    <t>5592Про розгляд клопотання громадянки Герус Наталії Михайлівни</t>
+    <t>ID - 5592,  Про розгляд клопотання громадянки Герус Наталії Михайлівни</t>
   </si>
   <si>
     <t>26.03.24  12:25:27</t>
   </si>
   <si>
-    <t>5593Про розгляд клопотання громадянина Дубового Романа Володимировича</t>
+    <t>ID - 5593,  Про розгляд клопотання громадянина Дубового Романа Володимировича</t>
   </si>
   <si>
     <t>26.03.24  12:26:18</t>
   </si>
   <si>
-    <t>5594Про розгляд клопотання громадянина Вавринчука Миколи Володимировича</t>
+    <t>ID - 5594,  Про розгляд клопотання громадянина Вавринчука Миколи Володимировича</t>
   </si>
   <si>
     <t>26.03.24  12:27:12</t>
   </si>
   <si>
-    <t>5595Про розгляд клопотання громадянина Білаша Ігоря Тарасовича</t>
+    <t>ID - 5595,  Про розгляд клопотання громадянина Білаша Ігоря Тарасовича</t>
   </si>
   <si>
     <t>26.03.24  12:28:30</t>
   </si>
   <si>
-    <t>5596Про розгляд клопотання громадянина Цвида Олега Івановича</t>
+    <t>ID - 5596,  Про розгляд клопотання громадянина Цвида Олега Івановича</t>
   </si>
   <si>
     <t>26.03.24  12:29:34</t>
   </si>
   <si>
-    <t>5597Про розгляд клопотання громадянки Ройко Ганни Олексіївни</t>
+    <t>ID - 5597,  Про розгляд клопотання громадянки Ройко Ганни Олексіївни</t>
   </si>
   <si>
     <t>26.03.24  12:30:24</t>
   </si>
   <si>
-    <t>5598Про розгляд клопотання громадянки Назарчук Надії Олексіївни</t>
+    <t>ID - 5598,  Про розгляд клопотання громадянки Назарчук Надії Олексіївни</t>
   </si>
   <si>
     <t>26.03.24  12:31:25</t>
   </si>
   <si>
-    <t>5599Про розгляд клопотання громадянина Пелеха Петра Васильовича</t>
+    <t>ID - 5599,  Про розгляд клопотання громадянина Пелеха Петра Васильовича</t>
   </si>
   <si>
     <t>26.03.24  12:32:14</t>
   </si>
   <si>
-    <t>5600Про розгляд клопотання громадянки Задорожної Марії Федорівни</t>
+    <t>ID - 5600,  Про розгляд клопотання громадянки Задорожної Марії Федорівни</t>
   </si>
   <si>
     <t>26.03.24  12:33:07</t>
   </si>
   <si>
-    <t>5601Про розгляд клопотання громадянина Павлика Євгена Юрійовича</t>
+    <t>ID - 5601,  Про розгляд клопотання громадянина Павлика Євгена Юрійовича</t>
   </si>
   <si>
     <t>26.03.24  12:34:02</t>
   </si>
   <si>
-    <t>5602Про розгляд клопотання громадянина Тереха Григорія Максимовича</t>
+    <t>ID - 5602,  Про розгляд клопотання громадянина Тереха Григорія Максимовича</t>
   </si>
   <si>
     <t>26.03.24  12:35:08</t>
   </si>
   <si>
-    <t>5603Про розгляд клопотання громадянина Мандрики Романа Андрійовича</t>
+    <t>ID - 5603,  Про розгляд клопотання громадянина Мандрики Романа Андрійовича</t>
   </si>
   <si>
     <t>26.03.24  12:36:19</t>
   </si>
   <si>
-    <t>5604Про розгляд клопотання громадянина Максимовича Михайла Івановича</t>
+    <t>ID - 5604,  Про розгляд клопотання громадянина Максимовича Михайла Івановича</t>
   </si>
   <si>
     <t>26.03.24  12:37:13</t>
   </si>
   <si>
-    <t>5605Про розгляд клопотання громадянки Шкоропади Надії Михайлівни</t>
+    <t>ID - 5605,  Про розгляд клопотання громадянки Шкоропади Надії Михайлівни</t>
   </si>
   <si>
     <t>26.03.24  12:37:42</t>
   </si>
   <si>
-    <t>5606Про розгляд клопотання громадянки Шкоропади Надії Михайлівни</t>
+    <t>ID - 5606,  Про розгляд клопотання громадянки Шкоропади Надії Михайлівни</t>
   </si>
   <si>
     <t>26.03.24  12:39:25</t>
   </si>
   <si>
-    <t>5607Про розгляд клопотання громадянина Сковрона Ігоря Володимировича</t>
+    <t>ID - 5607,  Про розгляд клопотання громадянина Сковрона Ігоря Володимировича</t>
   </si>
   <si>
     <t>26.03.24  12:40:43</t>
   </si>
   <si>
-    <t>5608Про розгляд клопотання громадянина Чапкова Василя Олександровича</t>
+    <t>ID - 5608,  Про розгляд клопотання громадянина Чапкова Василя Олександровича</t>
   </si>
   <si>
     <t>26.03.24  12:42:19</t>
   </si>
   <si>
-    <t>5609Про розгляд клопотання громадянина Турка Василя Богдановича</t>
+    <t>ID - 5609,  Про розгляд клопотання громадянина Турка Василя Богдановича</t>
   </si>
   <si>
     <t>26.03.24  12:44:17</t>
   </si>
   <si>
     <t>26.03.24  12:48:29</t>
   </si>
   <si>
-    <t>5611Про розгляд клопотання Товариства з обмеженою відповідальністю «АКРІС-ЗАХІД»</t>
+    <t>ID - 5611,  Про розгляд клопотання Товариства з обмеженою відповідальністю «АКРІС-ЗАХІД»</t>
   </si>
   <si>
     <t>26.03.24  12:48:59</t>
   </si>
   <si>
-    <t>5612Про розгляд клопотання Товариства з обмеженою відповідальністю «АКРІС-ЗАХІД»</t>
+    <t>ID - 5612,  Про розгляд клопотання Товариства з обмеженою відповідальністю «АКРІС-ЗАХІД»</t>
   </si>
   <si>
     <t>26.03.24  12:50:48</t>
   </si>
   <si>
-    <t>5613Про розгляд клопотання громадянки Зазуляк Кристини Володимирівни</t>
+    <t>ID - 5613,  Про розгляд клопотання громадянки Зазуляк Кристини Володимирівни</t>
   </si>
   <si>
     <t>26.03.24  12:53:20</t>
   </si>
   <si>
-    <t>5614Про розгляд клопотання громадянки Миронової Надії Миколаївни</t>
+    <t>ID - 5614,  Про розгляд клопотання громадянки Миронової Надії Миколаївни</t>
   </si>
   <si>
     <t>26.03.24  12:56:05</t>
   </si>
   <si>
-    <t>5615Про розгляд клопотання товариства з обмеженою відповідальністю «Оріон»</t>
+    <t>ID - 5615,  Про розгляд клопотання товариства з обмеженою відповідальністю «Оріон»</t>
   </si>
   <si>
     <t>26.03.24  12:57:58</t>
   </si>
   <si>
-    <t>5616Про розгляд клопотання громадянина Дошака Романа Зеноновича</t>
+    <t>ID - 5616,  Про розгляд клопотання громадянина Дошака Романа Зеноновича</t>
   </si>
   <si>
     <t>За: 25</t>
   </si>
   <si>
     <t>26.03.24  12:59:26</t>
   </si>
   <si>
     <t>26.03.24  13:00:57</t>
   </si>
   <si>
     <t>26.03.24  13:04:43</t>
   </si>
   <si>
-    <t>5620Про внесення змiн в рішення Червоноградської міської ради</t>
+    <t>ID - 5620,  Про внесення змiн в рішення Червоноградської міської ради</t>
   </si>
   <si>
     <t>26.03.24  13:05:42</t>
   </si>
   <si>
-    <t>5621Про внесення змiн в рішення Червоноградської міської ради</t>
+    <t>ID - 5621,  Про внесення змiн в рішення Червоноградської міської ради</t>
   </si>
   <si>
     <t>За: 18</t>
   </si>
   <si>
     <t>26.03.24  13:10:09</t>
   </si>
   <si>
-    <t>5622Про розгляд клопотання громадянина Шумила Мирослава Омеляновича</t>
+    <t>ID - 5622,  Про розгляд клопотання громадянина Шумила Мирослава Омеляновича</t>
   </si>
   <si>
     <t>26.03.24  13:11:26</t>
   </si>
   <si>
-    <t>5623Про розгляд клопотань громадянки Лемехи Марії Михайлівни</t>
+    <t>ID - 5623,  Про розгляд клопотань громадянки Лемехи Марії Михайлівни</t>
   </si>
   <si>
     <t>26.03.24  13:12:27</t>
   </si>
   <si>
-    <t>5624Про розгляд клопотань громадянки Лемехи Марії Михайлівни</t>
+    <t>ID - 5624,  Про розгляд клопотань громадянки Лемехи Марії Михайлівни</t>
   </si>
   <si>
     <t>26.03.24  13:13:33</t>
   </si>
   <si>
-    <t>5625Про розгляд клопотання Товариства з обмеженою відповідальністю «Кредо»</t>
+    <t>ID - 5625,  Про розгляд клопотання Товариства з обмеженою відповідальністю «Кредо»</t>
   </si>
   <si>
     <t>За: 0</t>
   </si>
   <si>
     <t>26.03.24  13:13:48</t>
   </si>
   <si>
-    <t>5626Про розгляд клопотання Товариства з обмеженою відповідальністю «Кредо»</t>
+    <t>ID - 5626,  Про розгляд клопотання Товариства з обмеженою відповідальністю «Кредо»</t>
   </si>
   <si>
     <t>26.03.24  13:14:22</t>
   </si>
   <si>
-    <t>5627Внести правку озвученну Балком Д. І.</t>
+    <t>ID - 5627,  Внести правку озвученну Балком Д. І.</t>
   </si>
   <si>
     <t>26.03.24  13:14:57</t>
   </si>
   <si>
-    <t>5628Внести правку озвученну Балком Д. І.</t>
+    <t>ID - 5628,  Внести правку озвученну Балком Д. І.</t>
   </si>
   <si>
     <t>26.03.24  13:15:25</t>
   </si>
   <si>
-    <t>5629Про розгляд клопотання Товариства з обмеженою відповідальністю «Кредо»</t>
+    <t>ID - 5629,  Про розгляд клопотання Товариства з обмеженою відповідальністю «Кредо»</t>
   </si>
   <si>
     <t>26.03.24  13:16:00</t>
   </si>
   <si>
-    <t>5630Про розгляд клопотання Товариства з обмеженою відповідальністю «Кредо»</t>
+    <t>ID - 5630,  Про розгляд клопотання Товариства з обмеженою відповідальністю «Кредо»</t>
   </si>
   <si>
     <t>26.03.24  13:16:46</t>
   </si>
   <si>
-    <t>5631Про розгляд клопотання Товариства з обмеженою відповідальністю «Кредо»</t>
+    <t>ID - 5631,  Про розгляд клопотання Товариства з обмеженою відповідальністю «Кредо»</t>
   </si>
   <si>
     <t>26.03.24  13:20:42</t>
   </si>
   <si>
-    <t>5632Про розгляд клопотання громадянки Карпишин Ірини Андріївни</t>
+    <t>ID - 5632,  Про розгляд клопотання громадянки Карпишин Ірини Андріївни</t>
   </si>
   <si>
     <t>26.03.24  13:21:37</t>
   </si>
   <si>
-    <t>5633Про розгляд клопотання громадянки Карпишин Ірини Андріївни</t>
+    <t>ID - 5633,  Про розгляд клопотання громадянки Карпишин Ірини Андріївни</t>
   </si>
   <si>
     <t>26.03.24  13:23:26</t>
   </si>
   <si>
-    <t>5634Про продаж у власність земельної ділянки громадянці Серватяк Тетяні Іванівні</t>
+    <t>ID - 5634,  Про продаж у власність земельної ділянки громадянці Серватяк Тетяні Іванівні</t>
   </si>
   <si>
     <t>26.03.24  13:23:55</t>
   </si>
   <si>
-    <t>5635Про розгляд клопотання громадянки Карпишин Ірини Андріївни</t>
+    <t>ID - 5635,  Про розгляд клопотання громадянки Карпишин Ірини Андріївни</t>
   </si>
   <si>
     <t>26.03.24  13:26:11</t>
   </si>
   <si>
     <t>26.03.24  13:26:41</t>
   </si>
   <si>
-    <t>5637Змінити на 12%</t>
+    <t>ID - 5637,  Змінити на 12%</t>
   </si>
   <si>
     <t>26.03.24  13:27:12</t>
   </si>
   <si>
     <t>26.03.24  13:30:56</t>
   </si>
   <si>
     <t>За: 17</t>
   </si>
   <si>
     <t>26.03.24  15:27:41</t>
   </si>
   <si>
     <t>За: 16</t>
   </si>
   <si>
     <t>26.03.24  15:28:30</t>
   </si>
   <si>
     <t>26.03.24  15:29:23</t>
   </si>
   <si>
     <t>26.03.24  15:31:30</t>
   </si>
   <si>
     <t>26.03.24  15:32:15</t>
   </si>
   <si>
     <t>26.03.24  15:33:40</t>
   </si>
   <si>
     <t>26.03.24  15:35:27</t>
   </si>
   <si>
     <t>26.03.24  15:36:38</t>
   </si>
   <si>
-    <t>5651Про припинення права оренди земельної ділянки</t>
+    <t>ID - 5651,  Про припинення права оренди земельної ділянки</t>
   </si>
   <si>
     <t>26.03.24  15:38:32</t>
   </si>
   <si>
-    <t>5652Про розгляд клопотання громадянина Кожушка Станіслава Дмитровича</t>
+    <t>ID - 5652,  Про розгляд клопотання громадянина Кожушка Станіслава Дмитровича</t>
   </si>
   <si>
     <t>26.03.24  15:39:44</t>
   </si>
   <si>
-    <t>5653Про розгляд клопотання громадянина Сушинця Віктора Миколайовича</t>
+    <t>ID - 5653,  Про розгляд клопотання громадянина Сушинця Віктора Миколайовича</t>
   </si>
   <si>
     <t>26.03.24  15:40:37</t>
   </si>
   <si>
-    <t>5654Про розгляд клопотання громадянина Горелого Ігоря Петровича</t>
+    <t>ID - 5654,  Про розгляд клопотання громадянина Горелого Ігоря Петровича</t>
   </si>
   <si>
     <t>26.03.24  15:41:37</t>
   </si>
   <si>
-    <t>5655Про розгляд клопотання громадянки Лозинської Любові Мар’янівни</t>
+    <t>ID - 5655,  Про розгляд клопотання громадянки Лозинської Любові Мар’янівни</t>
   </si>
   <si>
     <t>26.03.24  15:43:05</t>
   </si>
   <si>
-    <t>5656Про розгляд клопотання Товариства з обмеженою відповідальністю «ПРОФ АЛЬП ГРУП»</t>
-[...1 lines deleted...]
-  <si>
     <t>26.03.24  15:44:21</t>
   </si>
   <si>
-    <t>5657Про розгляд клопотання громадянина Чашинського Анатолія Йосиповича</t>
+    <t>ID - 5657,  Про розгляд клопотання громадянина Чашинського Анатолія Йосиповича</t>
   </si>
   <si>
     <t>26.03.24  15:45:23</t>
   </si>
   <si>
-    <t>5658Про розгляд клопотання громадянина Булікова Ярослава Артемовича</t>
+    <t>ID - 5658,  Про розгляд клопотання громадянина Булікова Ярослава Артемовича</t>
   </si>
   <si>
     <t>26.03.24  15:48:45</t>
   </si>
   <si>
-    <t>5660Про затвердження звітів щодо виконання місцевих цільових програм у 2023 році</t>
+    <t>ID - 5660,  Про затвердження звітів щодо виконання місцевих цільових програм у 2023 році</t>
   </si>
   <si>
     <t>26.03.24  15:49:51</t>
   </si>
   <si>
     <t>26.03.24  15:51:02</t>
   </si>
   <si>
-    <t>5662Про виконання місцевих цільових програм за 2023 рік в галузі молодіжної політики</t>
+    <t>ID - 5662,  Про виконання місцевих цільових програм за 2023 рік в галузі молодіжної політики</t>
   </si>
   <si>
     <t>26.03.24  15:52:04</t>
   </si>
   <si>
-    <t>5663Про виконання місцевих цільових програм в галузі спорту за 2023 рік</t>
+    <t>ID - 5663,  Про виконання місцевих цільових програм в галузі спорту за 2023 рік</t>
   </si>
   <si>
     <t>26.03.24  15:54:16</t>
   </si>
   <si>
-    <t>5664Про виконання місцевих цільових програм в галузі спорту за 2023 рік</t>
+    <t>ID - 5664,  Про виконання місцевих цільових програм в галузі спорту за 2023 рік</t>
   </si>
   <si>
     <t>26.03.24  15:55:49</t>
   </si>
   <si>
     <t>26.03.24  15:56:30</t>
   </si>
   <si>
-    <t>5666Про надання одноразової грошової допомоги</t>
+    <t>ID - 5666,  Про надання одноразової грошової допомоги</t>
   </si>
   <si>
     <t>26.03.24  16:00:13</t>
   </si>
   <si>
-    <t>5667Внести правки озвучені Тимечко В. І. </t>
+    <t>ID - 5667,  Внести правки озвучені Тимечко В. І. </t>
   </si>
   <si>
     <t>26.03.24  16:00:44</t>
   </si>
   <si>
-    <t>5668Про надання одноразової грошової допомоги</t>
+    <t>ID - 5668,  Про надання одноразової грошової допомоги</t>
   </si>
   <si>
     <t>За: 110</t>
   </si>
   <si>
     <t>За: 118</t>
   </si>
   <si>
     <t>За: 119</t>
   </si>
   <si>
     <t>За: 115</t>
   </si>
   <si>
     <t>За: 106</t>
   </si>
   <si>
     <t>За: 95</t>
   </si>
   <si>
     <t>За: 75</t>
   </si>
   <si>
     <t>За: 92</t>
   </si>
@@ -1246,51 +1243,51 @@
       <c r="AQ1" t="s" s="3">
         <v>39</v>
       </c>
       <c r="AR1" t="s" s="3">
         <v>40</v>
       </c>
       <c r="AS1" t="s" s="3">
         <v>41</v>
       </c>
       <c r="AT1" t="s" s="3">
         <v>42</v>
       </c>
       <c r="AU1" t="s" s="3">
         <v>43</v>
       </c>
     </row>
     <row r="2">
       <c r="A2">
         <v>1</v>
       </c>
       <c r="B2" t="s">
         <v>44</v>
       </c>
       <c r="C2" t="inlineStr" s="4">
         <is>
-          <t>5538Про присвоєння звання «Почесний громадянин Червоноградської міської територіальної громади»</t>
+          <t>ID - 5538,  Про присвоєння звання «Почесний громадянин Червоноградської міської територіальної громади»</t>
         </is>
       </c>
       <c r="D2" t="s">
         <v>45</v>
       </c>
       <c r="E2" t="s">
         <v>46</v>
       </c>
       <c r="F2" t="s">
         <v>47</v>
       </c>
       <c r="G2" t="s">
         <v>48</v>
       </c>
       <c r="H2" t="s">
         <v>49</v>
       </c>
       <c r="I2" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J2" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K2" t="s" s="5">
         <v>50</v>
@@ -1534,51 +1531,51 @@
       <c r="AQ3" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR3" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS3" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT3" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU3" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="4">
       <c r="A4">
         <v>3</v>
       </c>
       <c r="B4" t="s">
         <v>56</v>
       </c>
       <c r="C4" t="inlineStr" s="4">
         <is>
-          <t>5540Про присвоєння звання «Почесний громадянин Червоноградської міської територіальної громади»</t>
+          <t>ID - 5540,  Про присвоєння звання «Почесний громадянин Червоноградської міської територіальної громади»</t>
         </is>
       </c>
       <c r="D4" t="s">
         <v>57</v>
       </c>
       <c r="E4" t="s">
         <v>46</v>
       </c>
       <c r="F4" t="s">
         <v>58</v>
       </c>
       <c r="G4" t="s">
         <v>48</v>
       </c>
       <c r="H4" t="s">
         <v>49</v>
       </c>
       <c r="I4" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J4" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K4" t="s" s="5">
         <v>50</v>
@@ -1679,51 +1676,51 @@
       <c r="AQ4" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR4" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS4" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT4" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU4" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="5">
       <c r="A5">
         <v>4</v>
       </c>
       <c r="B5" t="s">
         <v>59</v>
       </c>
       <c r="C5" t="inlineStr" s="4">
         <is>
-          <t>5541Про присвоєння звання «Почесний громадянин Червоноградської міської територіальної громади» (посмертно) Хмарі Степану Ільковичу</t>
+          <t>ID - 5541,  Про присвоєння звання «Почесний громадянин Червоноградської міської територіальної громади» (посмертно) Хмарі Степану Ільковичу</t>
         </is>
       </c>
       <c r="D5" t="s">
         <v>60</v>
       </c>
       <c r="E5" t="s">
         <v>46</v>
       </c>
       <c r="F5" t="s">
         <v>61</v>
       </c>
       <c r="G5" t="s">
         <v>48</v>
       </c>
       <c r="H5" t="s">
         <v>49</v>
       </c>
       <c r="I5" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J5" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K5" t="s" s="5">
         <v>50</v>
@@ -2110,51 +2107,51 @@
       <c r="AQ7" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR7" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS7" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT7" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU7" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="8">
       <c r="A8">
         <v>7</v>
       </c>
       <c r="B8" t="s">
         <v>66</v>
       </c>
       <c r="C8" t="inlineStr" s="4">
         <is>
-          <t>5545Про затвердження Порядку розроблення місцевих цільових програм, моніторингу та звітності про їх виконання</t>
+          <t>ID - 5545,  Про затвердження Порядку розроблення місцевих цільових програм, моніторингу та звітності про їх виконання</t>
         </is>
       </c>
       <c r="D8" t="s">
         <v>60</v>
       </c>
       <c r="E8" t="s">
         <v>46</v>
       </c>
       <c r="F8" t="s">
         <v>67</v>
       </c>
       <c r="G8" t="s">
         <v>48</v>
       </c>
       <c r="H8" t="s">
         <v>49</v>
       </c>
       <c r="I8" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J8" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K8" t="s" s="5">
         <v>50</v>
@@ -2255,51 +2252,51 @@
       <c r="AQ8" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR8" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS8" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT8" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU8" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="9">
       <c r="A9">
         <v>8</v>
       </c>
       <c r="B9" t="s">
         <v>68</v>
       </c>
       <c r="C9" t="inlineStr" s="4">
         <is>
-          <t>5546Про внесення змін до бюджету Червоноградської міської територіальної громади на 2024 рік (1358700000) (код бюджету)</t>
+          <t>ID - 5546,  Про внесення змін до бюджету Червоноградської міської територіальної громади на 2024 рік (1358700000) (код бюджету)</t>
         </is>
       </c>
       <c r="D9" t="s">
         <v>45</v>
       </c>
       <c r="E9" t="s">
         <v>46</v>
       </c>
       <c r="F9" t="s">
         <v>67</v>
       </c>
       <c r="G9" t="s">
         <v>48</v>
       </c>
       <c r="H9" t="s">
         <v>49</v>
       </c>
       <c r="I9" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J9" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K9" t="s" s="5">
         <v>50</v>
@@ -2400,51 +2397,51 @@
       <c r="AQ9" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR9" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS9" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT9" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU9" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="10">
       <c r="A10">
         <v>9</v>
       </c>
       <c r="B10" t="s">
         <v>69</v>
       </c>
       <c r="C10" t="inlineStr" s="4">
         <is>
-          <t>55471.Виділити додатково кошти загального фонду в сумі 79,0 тис. грн для КЗ ЧМР  «Будинок воїна» на  виготовлення інформаційних стійок та розміщення інформаційної продукції соціального спрямування із загиблими Захисниками. Зменшити на цю суму видатки передбачені на послуги по  виконавчому комітету Червоноградської міської ради.   2.Виділити кошти спеціального фонду в сумі 250,0 тис. грн. на розробку проектно-кошторисної документації по об»єкту «Реконструкція електричних мереж шляхом влаштування наземної гібридної сонячної електростанції для Правдинського водозабору Червоноградського району Львівської області, розташованого на відстані 8 км на північний захід від м.Червоноград».   3. Виділити кошти спеціального фонду в сумі 899,6  тис. грн  з метою спів фінансування   проекту «Реконструкція електричних  мереж шляхом влаштування дахової сонячної електростанції на даху Онкологічного відділення (диспансер) Комунального підприємства «Центральна міська лікарня Червоноградської міської ради» за адресою Львівська область, м. Червоноград, вул. Івасюка,2».</t>
+          <t>ID - 5547,  1.Виділити додатково кошти загального фонду в сумі 79,0 тис. грн для КЗ ЧМР  «Будинок воїна» на  виготовлення інформаційних стійок та розміщення інформаційної продукції соціального спрямування із загиблими Захисниками. Зменшити на цю суму видатки передбачені на послуги по  виконавчому комітету Червоноградської міської ради.   2.Виділити кошти спеціального фонду в сумі 250,0 тис. грн. на розробку проектно-кошторисної документації по об»єкту «Реконструкція електричних мереж шляхом влаштування наземної гібридної сонячної електростанції для Правдинського водозабору Червоноградського району Львівської області, розташованого на відстані 8 км на північний захід від м.Червоноград».   3. Виділити кошти спеціального фонду в сумі 899,6  тис. грн  з метою спів фінансування   проекту «Реконструкція електричних  мереж шляхом влаштування дахової сонячної електростанції на даху Онкологічного відділення (диспансер) Комунального підприємства «Центральна міська лікарня Червоноградської міської ради» за адресою Львівська область, м. Червоноград, вул. Івасюка,2».</t>
         </is>
       </c>
       <c r="D10" t="s">
         <v>55</v>
       </c>
       <c r="E10" t="s">
         <v>46</v>
       </c>
       <c r="F10" t="s">
         <v>58</v>
       </c>
       <c r="G10" t="s">
         <v>48</v>
       </c>
       <c r="H10" t="s">
         <v>49</v>
       </c>
       <c r="I10" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J10" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K10" t="s" s="5">
         <v>50</v>
@@ -2545,51 +2542,51 @@
       <c r="AQ10" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR10" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS10" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT10" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU10" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="11">
       <c r="A11">
         <v>10</v>
       </c>
       <c r="B11" t="s">
         <v>70</v>
       </c>
       <c r="C11" t="inlineStr" s="4">
         <is>
-          <t>5548Про внесення змін до бюджету Червоноградської міської територіальної громади на 2024 рік (1358700000) (код бюджету)</t>
+          <t>ID - 5548,  Про внесення змін до бюджету Червоноградської міської територіальної громади на 2024 рік (1358700000) (код бюджету)</t>
         </is>
       </c>
       <c r="D11" t="s">
         <v>57</v>
       </c>
       <c r="E11" t="s">
         <v>46</v>
       </c>
       <c r="F11" t="s">
         <v>47</v>
       </c>
       <c r="G11" t="s">
         <v>48</v>
       </c>
       <c r="H11" t="s">
         <v>49</v>
       </c>
       <c r="I11" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J11" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K11" t="s" s="5">
         <v>50</v>
@@ -2690,51 +2687,51 @@
       <c r="AQ11" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR11" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS11" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT11" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU11" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="12">
       <c r="A12">
         <v>11</v>
       </c>
       <c r="B12" t="s">
         <v>71</v>
       </c>
       <c r="C12" t="inlineStr" s="4">
         <is>
-          <t>5549Про дострокове припинення повноважень депутата Червоноградської міської ради VIIІ скликання Савчук Анастасії Андріївни</t>
+          <t>ID - 5549,  Про дострокове припинення повноважень депутата Червоноградської міської ради VIIІ скликання Савчук Анастасії Андріївни</t>
         </is>
       </c>
       <c r="D12" t="s">
         <v>60</v>
       </c>
       <c r="E12" t="s">
         <v>46</v>
       </c>
       <c r="F12" t="s">
         <v>47</v>
       </c>
       <c r="G12" t="s">
         <v>48</v>
       </c>
       <c r="H12" t="s">
         <v>49</v>
       </c>
       <c r="I12" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J12" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K12" t="s" s="5">
         <v>50</v>
@@ -2835,51 +2832,51 @@
       <c r="AQ12" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR12" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS12" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT12" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU12" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="13">
       <c r="A13">
         <v>12</v>
       </c>
       <c r="B13" t="s">
         <v>72</v>
       </c>
       <c r="C13" t="inlineStr" s="4">
         <is>
-          <t>5550Про затвердження статуту комунального пiдприємства «Червоноградводоканал» в новiй редакції</t>
+          <t>ID - 5550,  Про затвердження статуту комунального пiдприємства «Червоноградводоканал» в новiй редакції</t>
         </is>
       </c>
       <c r="D13" t="s">
         <v>60</v>
       </c>
       <c r="E13" t="s">
         <v>46</v>
       </c>
       <c r="F13" t="s">
         <v>47</v>
       </c>
       <c r="G13" t="s">
         <v>48</v>
       </c>
       <c r="H13" t="s">
         <v>49</v>
       </c>
       <c r="I13" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J13" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K13" t="s" s="5">
         <v>50</v>
@@ -2980,51 +2977,51 @@
       <c r="AQ13" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR13" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS13" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT13" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU13" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="14">
       <c r="A14">
         <v>13</v>
       </c>
       <c r="B14" t="s">
         <v>73</v>
       </c>
       <c r="C14" t="inlineStr" s="4">
         <is>
-          <t>5551Про внесення змiн в схему теплопостачання м.Червоно-града, затверджену рiшенням Червоноградської мiської ради вiд 23.05.2012 № 273 «Про затвердження оптимiзованої схеми перспективного роз-витку теплопостачання мiста Червонограда»</t>
+          <t>ID - 5551,  Про внесення змiн в схему теплопостачання м.Червоно-града, затверджену рiшенням Червоноградської мiської ради вiд 23.05.2012 № 273 «Про затвердження оптимiзованої схеми перспективного роз-витку теплопостачання мiста Червонограда»</t>
         </is>
       </c>
       <c r="D14" t="s">
         <v>60</v>
       </c>
       <c r="E14" t="s">
         <v>46</v>
       </c>
       <c r="F14" t="s">
         <v>58</v>
       </c>
       <c r="G14" t="s">
         <v>48</v>
       </c>
       <c r="H14" t="s">
         <v>49</v>
       </c>
       <c r="I14" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J14" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K14" t="s" s="5">
         <v>50</v>
@@ -3125,51 +3122,51 @@
       <c r="AQ14" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR14" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS14" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT14" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU14" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="15">
       <c r="A15">
         <v>14</v>
       </c>
       <c r="B15" t="s">
         <v>74</v>
       </c>
       <c r="C15" t="inlineStr" s="4">
         <is>
-          <t>5552Про передачу з балансу вiддiлу капiтального будiвництва та iнвестицiй Червоноградської мiської ради в статутний фонд комунального підприємства «Червоноградтеплокомуненерго» капiтальних вкладень</t>
+          <t>ID - 5552,  Про передачу з балансу вiддiлу капiтального будiвництва та iнвестицiй Червоноградської мiської ради в статутний фонд комунального підприємства «Червоноградтеплокомуненерго» капiтальних вкладень</t>
         </is>
       </c>
       <c r="D15" t="s">
         <v>60</v>
       </c>
       <c r="E15" t="s">
         <v>46</v>
       </c>
       <c r="F15" t="s">
         <v>61</v>
       </c>
       <c r="G15" t="s">
         <v>48</v>
       </c>
       <c r="H15" t="s">
         <v>49</v>
       </c>
       <c r="I15" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J15" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K15" t="s" s="5">
         <v>50</v>
@@ -3270,51 +3267,51 @@
       <c r="AQ15" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR15" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS15" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT15" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU15" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="16">
       <c r="A16">
         <v>15</v>
       </c>
       <c r="B16" t="s">
         <v>75</v>
       </c>
       <c r="C16" t="inlineStr" s="4">
         <is>
-          <t>5553Про затвердження форми Протоколу зборів співвласників багатоквартирного будинку на території Червоноградської міської територіальної громади</t>
+          <t>ID - 5553,  Про затвердження форми Протоколу зборів співвласників багатоквартирного будинку на території Червоноградської міської територіальної громади</t>
         </is>
       </c>
       <c r="D16" t="s">
         <v>60</v>
       </c>
       <c r="E16" t="s">
         <v>46</v>
       </c>
       <c r="F16" t="s">
         <v>47</v>
       </c>
       <c r="G16" t="s">
         <v>48</v>
       </c>
       <c r="H16" t="s">
         <v>49</v>
       </c>
       <c r="I16" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J16" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K16" t="s" s="5">
         <v>50</v>
@@ -3415,51 +3412,51 @@
       <c r="AQ16" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR16" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS16" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT16" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU16" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="17">
       <c r="A17">
         <v>16</v>
       </c>
       <c r="B17" t="s">
         <v>76</v>
       </c>
       <c r="C17" t="inlineStr" s="4">
         <is>
-          <t>5554Про скасування рішення виконавчого комітету Червоноградської міської ради від 24.10.2019 № 206 `Про встановлення режиму експлуатації, реконструкції, капітального ремонту, перепланування будинків на території Червоноградської міської ради`</t>
+          <t>ID - 5554,  Про скасування рішення виконавчого комітету Червоноградської міської ради від 24.10.2019 № 206 `Про встановлення режиму експлуатації, реконструкції, капітального ремонту, перепланування будинків на території Червоноградської міської ради`</t>
         </is>
       </c>
       <c r="D17" t="s">
         <v>60</v>
       </c>
       <c r="E17" t="s">
         <v>46</v>
       </c>
       <c r="F17" t="s">
         <v>67</v>
       </c>
       <c r="G17" t="s">
         <v>48</v>
       </c>
       <c r="H17" t="s">
         <v>49</v>
       </c>
       <c r="I17" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J17" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K17" t="s" s="5">
         <v>50</v>
@@ -3703,51 +3700,51 @@
       <c r="AQ18" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR18" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS18" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT18" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU18" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="19">
       <c r="A19">
         <v>18</v>
       </c>
       <c r="B19" t="s">
         <v>79</v>
       </c>
       <c r="C19" t="inlineStr" s="4">
         <is>
-          <t>5556Про виконання місцевих цільових програм за 2023 рік по військових частинах та військових навчальних закладах</t>
+          <t>ID - 5556,  Про виконання місцевих цільових програм за 2023 рік по військових частинах та військових навчальних закладах</t>
         </is>
       </c>
       <c r="D19" t="s">
         <v>60</v>
       </c>
       <c r="E19" t="s">
         <v>46</v>
       </c>
       <c r="F19" t="s">
         <v>58</v>
       </c>
       <c r="G19" t="s">
         <v>48</v>
       </c>
       <c r="H19" t="s">
         <v>49</v>
       </c>
       <c r="I19" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J19" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K19" t="s" s="5">
         <v>50</v>
@@ -3848,51 +3845,51 @@
       <c r="AQ19" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR19" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS19" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT19" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU19" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="20">
       <c r="A20">
         <v>19</v>
       </c>
       <c r="B20" t="s">
         <v>80</v>
       </c>
       <c r="C20" t="inlineStr" s="4">
         <is>
-          <t>5557Про виконання місцевих цільових Програм в галузі соціального захисту населення за 2023 рік</t>
+          <t>ID - 5557,  Про виконання місцевих цільових Програм в галузі соціального захисту населення за 2023 рік</t>
         </is>
       </c>
       <c r="D20" t="s">
         <v>60</v>
       </c>
       <c r="E20" t="s">
         <v>46</v>
       </c>
       <c r="F20" t="s">
         <v>67</v>
       </c>
       <c r="G20" t="s">
         <v>48</v>
       </c>
       <c r="H20" t="s">
         <v>49</v>
       </c>
       <c r="I20" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J20" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K20" t="s" s="5">
         <v>50</v>
@@ -3993,51 +3990,51 @@
       <c r="AQ20" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR20" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS20" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT20" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU20" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="21">
       <c r="A21">
         <v>20</v>
       </c>
       <c r="B21" t="s">
         <v>81</v>
       </c>
       <c r="C21" t="inlineStr" s="4">
         <is>
-          <t>5558Про виконання місцевої цільової програми фінансової підтримки КП «Школяр» в зв»язку з ліквідацією підприємства на 2023 рік</t>
+          <t>ID - 5558,  Про виконання місцевої цільової програми фінансової підтримки КП «Школяр» в зв»язку з ліквідацією підприємства на 2023 рік</t>
         </is>
       </c>
       <c r="D21" t="s">
         <v>60</v>
       </c>
       <c r="E21" t="s">
         <v>46</v>
       </c>
       <c r="F21" t="s">
         <v>58</v>
       </c>
       <c r="G21" t="s">
         <v>48</v>
       </c>
       <c r="H21" t="s">
         <v>49</v>
       </c>
       <c r="I21" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J21" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K21" t="s" s="5">
         <v>50</v>
@@ -4567,51 +4564,51 @@
       <c r="AQ24" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR24" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS24" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT24" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU24" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="25">
       <c r="A25">
         <v>24</v>
       </c>
       <c r="B25" t="s">
         <v>88</v>
       </c>
       <c r="C25" t="inlineStr" s="4">
         <is>
-          <t>5562Про внесення змін до рішення Червоноградської міської ради від 05.08.2021 №670 «Про затвердження Переліку другого типу об’єктів комунальної власності Червоноградської територіальної громади , щодо яких прийнято рішення про передачу в оренду без проведення аукціону»</t>
+          <t>ID - 5562,  Про внесення змін до рішення Червоноградської міської ради від 05.08.2021 №670 «Про затвердження Переліку другого типу об’єктів комунальної власності Червоноградської територіальної громади , щодо яких прийнято рішення про передачу в оренду без проведення аукціону»</t>
         </is>
       </c>
       <c r="D25" t="s">
         <v>45</v>
       </c>
       <c r="E25" t="s">
         <v>46</v>
       </c>
       <c r="F25" t="s">
         <v>47</v>
       </c>
       <c r="G25" t="s">
         <v>48</v>
       </c>
       <c r="H25" t="s">
         <v>49</v>
       </c>
       <c r="I25" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J25" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K25" t="s" s="5">
         <v>50</v>
@@ -4855,51 +4852,51 @@
       <c r="AQ26" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR26" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS26" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT26" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU26" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="27">
       <c r="A27">
         <v>26</v>
       </c>
       <c r="B27" t="s">
         <v>91</v>
       </c>
       <c r="C27" t="inlineStr" s="4">
         <is>
-          <t>5564Про внесення змін до рішення Червоноградської міської ради від 05.08.2021 №670 «Про затвердження Переліку другого типу об’єктів комунальної власності Червоноградської територіальної громади , щодо яких прийнято рішення про передачу в оренду без проведення аукціону»</t>
+          <t>ID - 5564,  Про внесення змін до рішення Червоноградської міської ради від 05.08.2021 №670 «Про затвердження Переліку другого типу об’єктів комунальної власності Червоноградської територіальної громади , щодо яких прийнято рішення про передачу в оренду без проведення аукціону»</t>
         </is>
       </c>
       <c r="D27" t="s">
         <v>57</v>
       </c>
       <c r="E27" t="s">
         <v>46</v>
       </c>
       <c r="F27" t="s">
         <v>58</v>
       </c>
       <c r="G27" t="s">
         <v>48</v>
       </c>
       <c r="H27" t="s">
         <v>49</v>
       </c>
       <c r="I27" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J27" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K27" t="s" s="5">
         <v>50</v>
@@ -5000,51 +4997,51 @@
       <c r="AQ27" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR27" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS27" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT27" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU27" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="28">
       <c r="A28">
         <v>27</v>
       </c>
       <c r="B28" t="s">
         <v>92</v>
       </c>
       <c r="C28" t="inlineStr" s="4">
         <is>
-          <t>5565Про виконання місцевої цільової Програма підтримки внутрішньо переміщеним та/або евакуйованим особам у зв’язку із введенням воєнного стану за 2023 рiк</t>
+          <t>ID - 5565,  Про виконання місцевої цільової Програма підтримки внутрішньо переміщеним та/або евакуйованим особам у зв’язку із введенням воєнного стану за 2023 рiк</t>
         </is>
       </c>
       <c r="D28" t="s">
         <v>60</v>
       </c>
       <c r="E28" t="s">
         <v>46</v>
       </c>
       <c r="F28" t="s">
         <v>67</v>
       </c>
       <c r="G28" t="s">
         <v>48</v>
       </c>
       <c r="H28" t="s">
         <v>49</v>
       </c>
       <c r="I28" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J28" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K28" t="s" s="5">
         <v>50</v>
@@ -5145,51 +5142,51 @@
       <c r="AQ28" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR28" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS28" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT28" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU28" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="29">
       <c r="A29">
         <v>28</v>
       </c>
       <c r="B29" t="s">
         <v>93</v>
       </c>
       <c r="C29" t="inlineStr" s="4">
         <is>
-          <t>5566Про виконання місцевих цільових програм за 2023 рік по УДКСУ у м.Червонограді та ГУ ДПС у Львівській області</t>
+          <t>ID - 5566,  Про виконання місцевих цільових програм за 2023 рік по УДКСУ у м.Червонограді та ГУ ДПС у Львівській області</t>
         </is>
       </c>
       <c r="D29" t="s">
         <v>60</v>
       </c>
       <c r="E29" t="s">
         <v>46</v>
       </c>
       <c r="F29" t="s">
         <v>67</v>
       </c>
       <c r="G29" t="s">
         <v>48</v>
       </c>
       <c r="H29" t="s">
         <v>49</v>
       </c>
       <c r="I29" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J29" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K29" t="s" s="5">
         <v>50</v>
@@ -5433,51 +5430,51 @@
       <c r="AQ30" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR30" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS30" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT30" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU30" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="31">
       <c r="A31">
         <v>30</v>
       </c>
       <c r="B31" t="s">
         <v>96</v>
       </c>
       <c r="C31" t="inlineStr" s="4">
         <is>
-          <t>5568Про виконання місцевих цільових програм пов’язаних з економічною діяльністю за 2023 рік</t>
+          <t>ID - 5568,  Про виконання місцевих цільових програм пов’язаних з економічною діяльністю за 2023 рік</t>
         </is>
       </c>
       <c r="D31" t="s">
         <v>60</v>
       </c>
       <c r="E31" t="s">
         <v>46</v>
       </c>
       <c r="F31" t="s">
         <v>58</v>
       </c>
       <c r="G31" t="s">
         <v>48</v>
       </c>
       <c r="H31" t="s">
         <v>49</v>
       </c>
       <c r="I31" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J31" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K31" t="s" s="5">
         <v>50</v>
@@ -5578,51 +5575,51 @@
       <c r="AQ31" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR31" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS31" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT31" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU31" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="32">
       <c r="A32">
         <v>31</v>
       </c>
       <c r="B32" t="s">
         <v>97</v>
       </c>
       <c r="C32" t="inlineStr" s="4">
         <is>
-          <t>5569Про виконання Програми приватизацiї об’єктiв комунальної власностi Червоноградської міської територіальної громади на 2023 рiк та делегування повноважень Регiональному вiддiленню ФДМ України по Львiвськiй, Закарпатській та Волинській областях</t>
+          <t>ID - 5569,  Про виконання Програми приватизацiї об’єктiв комунальної власностi Червоноградської міської територіальної громади на 2023 рiк та делегування повноважень Регiональному вiддiленню ФДМ України по Львiвськiй, Закарпатській та Волинській областях</t>
         </is>
       </c>
       <c r="D32" t="s">
         <v>60</v>
       </c>
       <c r="E32" t="s">
         <v>46</v>
       </c>
       <c r="F32" t="s">
         <v>98</v>
       </c>
       <c r="G32" t="s">
         <v>48</v>
       </c>
       <c r="H32" t="s">
         <v>49</v>
       </c>
       <c r="I32" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J32" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K32" t="s" s="5">
         <v>50</v>
@@ -5723,51 +5720,51 @@
       <c r="AQ32" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR32" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS32" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT32" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU32" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="33">
       <c r="A33">
         <v>32</v>
       </c>
       <c r="B33" t="s">
         <v>99</v>
       </c>
       <c r="C33" t="inlineStr" s="4">
         <is>
-          <t>5570Про затвердження змін до плану дiяльностi Червоноградської мiської ради з пiдготовки проєктiв регуляторних актiв на 2024 рiк</t>
+          <t>ID - 5570,  Про затвердження змін до плану дiяльностi Червоноградської мiської ради з пiдготовки проєктiв регуляторних актiв на 2024 рiк</t>
         </is>
       </c>
       <c r="D33" t="s">
         <v>60</v>
       </c>
       <c r="E33" t="s">
         <v>46</v>
       </c>
       <c r="F33" t="s">
         <v>67</v>
       </c>
       <c r="G33" t="s">
         <v>48</v>
       </c>
       <c r="H33" t="s">
         <v>49</v>
       </c>
       <c r="I33" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J33" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K33" t="s" s="5">
         <v>50</v>
@@ -5868,51 +5865,51 @@
       <c r="AQ33" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR33" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS33" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT33" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU33" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="34">
       <c r="A34">
         <v>33</v>
       </c>
       <c r="B34" t="s">
         <v>100</v>
       </c>
       <c r="C34" t="inlineStr" s="4">
         <is>
-          <t>5571Про звернення Червоноградської міської ради до Кабінету Міністрів України, Акціонерного товариства «Укрпошта» щодо недопущення закриття поштового відділення</t>
+          <t>ID - 5571,  Про звернення Червоноградської міської ради до Кабінету Міністрів України, Акціонерного товариства «Укрпошта» щодо недопущення закриття поштового відділення</t>
         </is>
       </c>
       <c r="D34" t="s">
         <v>60</v>
       </c>
       <c r="E34" t="s">
         <v>46</v>
       </c>
       <c r="F34" t="s">
         <v>47</v>
       </c>
       <c r="G34" t="s">
         <v>48</v>
       </c>
       <c r="H34" t="s">
         <v>49</v>
       </c>
       <c r="I34" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J34" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K34" t="s" s="5">
         <v>50</v>
@@ -7872,51 +7869,51 @@
       <c r="AQ47" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR47" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS47" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT47" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU47" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="48">
       <c r="A48">
         <v>47</v>
       </c>
       <c r="B48" t="s">
         <v>129</v>
       </c>
       <c r="C48" t="inlineStr" s="4">
         <is>
-          <t>5585Про затвердження проекту землеустрою щодо вiдведення земельної ділянки зі зміною цільового призначення, кадастровий номер земельної дiлянки 4624884200:20:003:0065</t>
+          <t>ID - 5585,  Про затвердження проекту землеустрою щодо вiдведення земельної ділянки зі зміною цільового призначення, кадастровий номер земельної дiлянки 4624884200:20:003:0065</t>
         </is>
       </c>
       <c r="D48" t="s">
         <v>60</v>
       </c>
       <c r="E48" t="s">
         <v>46</v>
       </c>
       <c r="F48" t="s">
         <v>67</v>
       </c>
       <c r="G48" t="s">
         <v>48</v>
       </c>
       <c r="H48" t="s">
         <v>49</v>
       </c>
       <c r="I48" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J48" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K48" t="s" s="5">
         <v>50</v>
@@ -8017,51 +8014,51 @@
       <c r="AQ48" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR48" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS48" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT48" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU48" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="49">
       <c r="A49">
         <v>48</v>
       </c>
       <c r="B49" t="s">
         <v>130</v>
       </c>
       <c r="C49" t="inlineStr" s="4">
         <is>
-          <t>5586Про затвердження проекту землеустрою щодо вiдведення земельної ділянки зі зміною цільового призначення кадастровий номер земельної дiлянки 4624884200:20:003:0067</t>
+          <t>ID - 5586,  Про затвердження проекту землеустрою щодо вiдведення земельної ділянки зі зміною цільового призначення кадастровий номер земельної дiлянки 4624884200:20:003:0067</t>
         </is>
       </c>
       <c r="D49" t="s">
         <v>60</v>
       </c>
       <c r="E49" t="s">
         <v>46</v>
       </c>
       <c r="F49" t="s">
         <v>67</v>
       </c>
       <c r="G49" t="s">
         <v>48</v>
       </c>
       <c r="H49" t="s">
         <v>49</v>
       </c>
       <c r="I49" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J49" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K49" t="s" s="5">
         <v>50</v>
@@ -8162,51 +8159,51 @@
       <c r="AQ49" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR49" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS49" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT49" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU49" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="50">
       <c r="A50">
         <v>49</v>
       </c>
       <c r="B50" t="s">
         <v>131</v>
       </c>
       <c r="C50" t="inlineStr" s="4">
         <is>
-          <t>5587Про затвердження проекту землеустрою щодо вiдведення земельної ділянки зі зміною цільового призначення кадастровий номер земельної дiлянки 4624884200:20:003:0091</t>
+          <t>ID - 5587,  Про затвердження проекту землеустрою щодо вiдведення земельної ділянки зі зміною цільового призначення кадастровий номер земельної дiлянки 4624884200:20:003:0091</t>
         </is>
       </c>
       <c r="D50" t="s">
         <v>60</v>
       </c>
       <c r="E50" t="s">
         <v>46</v>
       </c>
       <c r="F50" t="s">
         <v>47</v>
       </c>
       <c r="G50" t="s">
         <v>48</v>
       </c>
       <c r="H50" t="s">
         <v>49</v>
       </c>
       <c r="I50" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J50" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K50" t="s" s="5">
         <v>50</v>
@@ -11453,51 +11450,51 @@
       <c r="AQ72" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR72" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS72" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT72" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU72" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="73">
       <c r="A73">
         <v>72</v>
       </c>
       <c r="B73" t="s">
         <v>176</v>
       </c>
       <c r="C73" t="inlineStr" s="4">
         <is>
-          <t>5610Про розгляд клопотання Товариства з обмеженою відповідальністю «ІМПОРТ- ЕКСПОРТ «СЕНВЕЙ»</t>
+          <t>ID - 5610,  Про розгляд клопотання Товариства з обмеженою відповідальністю «ІМПОРТ- ЕКСПОРТ «СЕНВЕЙ»</t>
         </is>
       </c>
       <c r="D73" t="s">
         <v>60</v>
       </c>
       <c r="E73" t="s">
         <v>46</v>
       </c>
       <c r="F73" t="s">
         <v>67</v>
       </c>
       <c r="G73" t="s">
         <v>48</v>
       </c>
       <c r="H73" t="s">
         <v>49</v>
       </c>
       <c r="I73" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J73" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K73" t="s" s="5">
         <v>50</v>
@@ -12456,51 +12453,51 @@
       <c r="AQ79" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR79" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS79" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT79" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU79" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="80">
       <c r="A80">
         <v>79</v>
       </c>
       <c r="B80" t="s">
         <v>190</v>
       </c>
       <c r="C80" t="inlineStr" s="4">
         <is>
-          <t>5617Про затвердження технiчної документації iз землеустрою щодо поділу та об’єднання земельних ділянок в м. Червонограді на вул. Бічна Промислова, 29</t>
+          <t>ID - 5617,  Про затвердження технiчної документації iз землеустрою щодо поділу та об’єднання земельних ділянок в м. Червонограді на вул. Бічна Промислова, 29</t>
         </is>
       </c>
       <c r="D80" t="s">
         <v>60</v>
       </c>
       <c r="E80" t="s">
         <v>46</v>
       </c>
       <c r="F80" t="s">
         <v>61</v>
       </c>
       <c r="G80" t="s">
         <v>48</v>
       </c>
       <c r="H80" t="s">
         <v>49</v>
       </c>
       <c r="I80" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J80" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K80" t="s" s="5">
         <v>50</v>
@@ -12601,51 +12598,51 @@
       <c r="AQ80" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR80" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS80" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT80" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU80" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="81">
       <c r="A81">
         <v>80</v>
       </c>
       <c r="B81" t="s">
         <v>191</v>
       </c>
       <c r="C81" t="inlineStr" s="4">
         <is>
-          <t>5618Про розроблення проекту землеустрою щодо відведення земельної ділянки в селі Сілець, присілок Копані на вулиці Шахтарська, Червоноградського району, Львівської області</t>
+          <t>ID - 5618,  Про розроблення проекту землеустрою щодо відведення земельної ділянки в селі Сілець, присілок Копані на вулиці Шахтарська, Червоноградського району, Львівської області</t>
         </is>
       </c>
       <c r="D81" t="s">
         <v>60</v>
       </c>
       <c r="E81" t="s">
         <v>46</v>
       </c>
       <c r="F81" t="s">
         <v>61</v>
       </c>
       <c r="G81" t="s">
         <v>48</v>
       </c>
       <c r="H81" t="s">
         <v>49</v>
       </c>
       <c r="I81" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J81" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K81" t="s" s="5">
         <v>50</v>
@@ -15034,51 +15031,51 @@
       <c r="AQ97" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR97" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS97" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT97" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU97" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="98">
       <c r="A98">
         <v>97</v>
       </c>
       <c r="B98" t="s">
         <v>226</v>
       </c>
       <c r="C98" t="inlineStr" s="4">
         <is>
-          <t>5636Про включення до переліку земельних ділянок, право оренди на які виставляється на земельні торги окремими лотами, та продаж права оренди земельної ділянки на конкурентних засадах (на земельних торгах у формі електронного аукціону) на території Червоноградської міської ради, Червоноградського району, Львівської області (за межами села Острів), кадастровий номер земельної ділянки 4624884200:11:000:0039</t>
+          <t>ID - 5636,  Про включення до переліку земельних ділянок, право оренди на які виставляється на земельні торги окремими лотами, та продаж права оренди земельної ділянки на конкурентних засадах (на земельних торгах у формі електронного аукціону) на території Червоноградської міської ради, Червоноградського району, Львівської області (за межами села Острів), кадастровий номер земельної ділянки 4624884200:11:000:0039</t>
         </is>
       </c>
       <c r="D98" t="s">
         <v>45</v>
       </c>
       <c r="E98" t="s">
         <v>46</v>
       </c>
       <c r="F98" t="s">
         <v>67</v>
       </c>
       <c r="G98" t="s">
         <v>48</v>
       </c>
       <c r="H98" t="s">
         <v>49</v>
       </c>
       <c r="I98" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J98" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K98" t="s" s="5">
         <v>50</v>
@@ -15322,51 +15319,51 @@
       <c r="AQ99" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR99" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS99" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT99" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU99" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="100">
       <c r="A100">
         <v>99</v>
       </c>
       <c r="B100" t="s">
         <v>229</v>
       </c>
       <c r="C100" t="inlineStr" s="4">
         <is>
-          <t>5638Про включення до переліку земельних ділянок, право оренди на які виставляється на земельні торги окремими лотами, та продаж права оренди земельної ділянки на конкурентних засадах (на земельних торгах у формі електронного аукціону) на території Червоноградської міської ради, Червоноградського району, Львівської області (за межами села Острів), кадастровий номер земельної ділянки 4624884200:11:000:0039</t>
+          <t>ID - 5638,  Про включення до переліку земельних ділянок, право оренди на які виставляється на земельні торги окремими лотами, та продаж права оренди земельної ділянки на конкурентних засадах (на земельних торгах у формі електронного аукціону) на території Червоноградської міської ради, Червоноградського району, Львівської області (за межами села Острів), кадастровий номер земельної ділянки 4624884200:11:000:0039</t>
         </is>
       </c>
       <c r="D100" t="s">
         <v>57</v>
       </c>
       <c r="E100" t="s">
         <v>46</v>
       </c>
       <c r="F100" t="s">
         <v>67</v>
       </c>
       <c r="G100" t="s">
         <v>48</v>
       </c>
       <c r="H100" t="s">
         <v>49</v>
       </c>
       <c r="I100" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J100" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K100" t="s" s="5">
         <v>50</v>
@@ -15467,51 +15464,51 @@
       <c r="AQ100" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR100" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS100" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT100" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU100" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="101">
       <c r="A101">
         <v>100</v>
       </c>
       <c r="B101" t="s">
         <v>230</v>
       </c>
       <c r="C101" t="inlineStr" s="4">
         <is>
-          <t>5639Про включення до переліку земельних ділянок, право оренди на які виставляється на земельні торги окремими лотами, та продаж права оренди земельної ділянки на конкурентних засадах (на земельних торгах у формі електронного аукціону) в місті Червоноград на вулиці С. Бандери, 56 «в», кадастровий номер земельної ділянки 4611800000:02:002:0062</t>
+          <t>ID - 5639,  Про включення до переліку земельних ділянок, право оренди на які виставляється на земельні торги окремими лотами, та продаж права оренди земельної ділянки на конкурентних засадах (на земельних торгах у формі електронного аукціону) в місті Червоноград на вулиці С. Бандери, 56 «в», кадастровий номер земельної ділянки 4611800000:02:002:0062</t>
         </is>
       </c>
       <c r="D101" t="s">
         <v>60</v>
       </c>
       <c r="E101" t="s">
         <v>113</v>
       </c>
       <c r="F101" t="s">
         <v>231</v>
       </c>
       <c r="G101" t="s">
         <v>48</v>
       </c>
       <c r="H101" t="s">
         <v>49</v>
       </c>
       <c r="I101" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J101" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K101" t="s" s="5">
         <v>50</v>
@@ -15612,51 +15609,51 @@
       <c r="AQ101" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR101" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS101" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT101" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU101" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="102">
       <c r="A102">
         <v>101</v>
       </c>
       <c r="B102" t="s">
         <v>232</v>
       </c>
       <c r="C102" t="inlineStr" s="4">
         <is>
-          <t>5644Про звернення Червоноград- ської міської ради до Верховної Ради України щодо перейменування міста Червоноград Червоноград- ського району Львівської області</t>
+          <t>ID - 5644,  Про звернення Червоноград- ської міської ради до Верховної Ради України щодо перейменування міста Червоноград Червоноград- ського району Львівської області</t>
         </is>
       </c>
       <c r="D102" t="s">
         <v>45</v>
       </c>
       <c r="E102" t="s">
         <v>113</v>
       </c>
       <c r="F102" t="s">
         <v>233</v>
       </c>
       <c r="G102" t="s">
         <v>48</v>
       </c>
       <c r="H102" t="s">
         <v>49</v>
       </c>
       <c r="I102" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J102" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K102" t="s" s="5">
         <v>50</v>
@@ -15757,51 +15754,51 @@
       <c r="AQ102" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR102" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS102" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT102" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU102" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="103">
       <c r="A103">
         <v>102</v>
       </c>
       <c r="B103" t="s">
         <v>234</v>
       </c>
       <c r="C103" t="inlineStr" s="4">
         <is>
-          <t>5645Про звернення Червоноград- ської міської ради до Верховної Ради України щодо перейменування міста Червоноград Червоноград- ського району Львівської області</t>
+          <t>ID - 5645,  Про звернення Червоноград- ської міської ради до Верховної Ради України щодо перейменування міста Червоноград Червоноград- ського району Львівської області</t>
         </is>
       </c>
       <c r="D103" t="s">
         <v>45</v>
       </c>
       <c r="E103" t="s">
         <v>113</v>
       </c>
       <c r="F103" t="s">
         <v>114</v>
       </c>
       <c r="G103" t="s">
         <v>48</v>
       </c>
       <c r="H103" t="s">
         <v>49</v>
       </c>
       <c r="I103" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J103" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K103" t="s" s="5">
         <v>50</v>
@@ -15902,51 +15899,51 @@
       <c r="AQ103" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR103" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS103" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT103" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU103" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="104">
       <c r="A104">
         <v>103</v>
       </c>
       <c r="B104" t="s">
         <v>235</v>
       </c>
       <c r="C104" t="inlineStr" s="4">
         <is>
-          <t>5646Про звернення Червоноград- ської міської ради до Верховної Ради України щодо перейменування міста Червоноград Червоноград- ського району Львівської області</t>
+          <t>ID - 5646,  Про звернення Червоноград- ської міської ради до Верховної Ради України щодо перейменування міста Червоноград Червоноград- ського району Львівської області</t>
         </is>
       </c>
       <c r="D104" t="s">
         <v>45</v>
       </c>
       <c r="E104" t="s">
         <v>113</v>
       </c>
       <c r="F104" t="s">
         <v>231</v>
       </c>
       <c r="G104" t="s">
         <v>48</v>
       </c>
       <c r="H104" t="s">
         <v>49</v>
       </c>
       <c r="I104" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J104" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K104" t="s" s="5">
         <v>50</v>
@@ -16047,51 +16044,51 @@
       <c r="AQ104" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR104" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS104" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT104" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU104" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="105">
       <c r="A105">
         <v>104</v>
       </c>
       <c r="B105" t="s">
         <v>236</v>
       </c>
       <c r="C105" t="inlineStr" s="4">
         <is>
-          <t>5647Про виготовлення технiчної документації iз землеустрою щодо поділу земельної ділянки на території Червоноградської міської ради (за межами с. Волсвин)</t>
+          <t>ID - 5647,  Про виготовлення технiчної документації iз землеустрою щодо поділу земельної ділянки на території Червоноградської міської ради (за межами с. Волсвин)</t>
         </is>
       </c>
       <c r="D105" t="s">
         <v>60</v>
       </c>
       <c r="E105" t="s">
         <v>113</v>
       </c>
       <c r="F105" t="s">
         <v>114</v>
       </c>
       <c r="G105" t="s">
         <v>48</v>
       </c>
       <c r="H105" t="s">
         <v>49</v>
       </c>
       <c r="I105" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J105" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K105" t="s" s="5">
         <v>50</v>
@@ -16192,51 +16189,51 @@
       <c r="AQ105" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR105" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS105" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT105" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU105" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="106">
       <c r="A106">
         <v>105</v>
       </c>
       <c r="B106" t="s">
         <v>237</v>
       </c>
       <c r="C106" t="inlineStr" s="4">
         <is>
-          <t>5648Про включення до переліку земельних ділянок, право оренди на які виставляється на земельні торги окремими лотами, та продаж права оренди земельної ділянки на конкурентних засадах (на земельних торгах у формі електронного аукціону) в місті Червоноград на вулиці С. Бандери, 56 «в», кадастровий номер земельної ділянки 4611800000:02:002:0062</t>
+          <t>ID - 5648,  Про включення до переліку земельних ділянок, право оренди на які виставляється на земельні торги окремими лотами, та продаж права оренди земельної ділянки на конкурентних засадах (на земельних торгах у формі електронного аукціону) в місті Червоноград на вулиці С. Бандери, 56 «в», кадастровий номер земельної ділянки 4611800000:02:002:0062</t>
         </is>
       </c>
       <c r="D106" t="s">
         <v>60</v>
       </c>
       <c r="E106" t="s">
         <v>46</v>
       </c>
       <c r="F106" t="s">
         <v>67</v>
       </c>
       <c r="G106" t="s">
         <v>48</v>
       </c>
       <c r="H106" t="s">
         <v>49</v>
       </c>
       <c r="I106" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J106" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K106" t="s" s="5">
         <v>50</v>
@@ -16337,51 +16334,51 @@
       <c r="AQ106" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR106" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS106" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT106" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU106" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="107">
       <c r="A107">
         <v>106</v>
       </c>
       <c r="B107" t="s">
         <v>238</v>
       </c>
       <c r="C107" t="inlineStr" s="4">
         <is>
-          <t>5649Про надання дозволу на розроблення проектiв землеустрою щодо вiдведення земельних дiлянок на території Червоноградської міської ради</t>
+          <t>ID - 5649,  Про надання дозволу на розроблення проектiв землеустрою щодо вiдведення земельних дiлянок на території Червоноградської міської ради</t>
         </is>
       </c>
       <c r="D107" t="s">
         <v>60</v>
       </c>
       <c r="E107" t="s">
         <v>46</v>
       </c>
       <c r="F107" t="s">
         <v>67</v>
       </c>
       <c r="G107" t="s">
         <v>48</v>
       </c>
       <c r="H107" t="s">
         <v>49</v>
       </c>
       <c r="I107" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J107" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K107" t="s" s="5">
         <v>50</v>
@@ -16482,51 +16479,51 @@
       <c r="AQ107" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR107" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS107" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT107" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU107" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="108">
       <c r="A108">
         <v>107</v>
       </c>
       <c r="B108" t="s">
         <v>239</v>
       </c>
       <c r="C108" t="inlineStr" s="4">
         <is>
-          <t>5650Про розроблення проектів землеустрою щодо відведення земельних ділянок з метою зміни їх цільового призначення</t>
+          <t>ID - 5650,  Про розроблення проектів землеустрою щодо відведення земельних ділянок з метою зміни їх цільового призначення</t>
         </is>
       </c>
       <c r="D108" t="s">
         <v>60</v>
       </c>
       <c r="E108" t="s">
         <v>46</v>
       </c>
       <c r="F108" t="s">
         <v>98</v>
       </c>
       <c r="G108" t="s">
         <v>48</v>
       </c>
       <c r="H108" t="s">
         <v>49</v>
       </c>
       <c r="I108" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J108" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K108" t="s" s="5">
         <v>50</v>
@@ -17340,52 +17337,54 @@
         <v>51</v>
       </c>
       <c r="AQ113" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR113" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS113" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT113" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU113" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="114">
       <c r="A114">
         <v>113</v>
       </c>
       <c r="B114" t="s">
         <v>250</v>
       </c>
-      <c r="C114" t="s" s="4">
-        <v>251</v>
+      <c r="C114" t="inlineStr" s="4">
+        <is>
+          <t>ID - 5656,  Про розгляд клопотання Товариства з обмеженою відповідальністю «ПРОФ АЛЬП ГРУП»</t>
+        </is>
       </c>
       <c r="D114" t="s">
         <v>60</v>
       </c>
       <c r="E114" t="s">
         <v>46</v>
       </c>
       <c r="F114" t="s">
         <v>58</v>
       </c>
       <c r="G114" t="s">
         <v>48</v>
       </c>
       <c r="H114" t="s">
         <v>49</v>
       </c>
       <c r="I114" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J114" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K114" t="s" s="5">
         <v>50</v>
       </c>
@@ -17481,54 +17480,54 @@
       </c>
       <c r="AP114" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ114" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR114" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS114" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT114" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU114" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="115">
       <c r="A115">
         <v>114</v>
       </c>
       <c r="B115" t="s">
+        <v>251</v>
+      </c>
+      <c r="C115" t="s" s="4">
         <v>252</v>
-      </c>
-[...1 lines deleted...]
-        <v>253</v>
       </c>
       <c r="D115" t="s">
         <v>60</v>
       </c>
       <c r="E115" t="s">
         <v>113</v>
       </c>
       <c r="F115" t="s">
         <v>114</v>
       </c>
       <c r="G115" t="s">
         <v>48</v>
       </c>
       <c r="H115" t="s">
         <v>49</v>
       </c>
       <c r="I115" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J115" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K115" t="s" s="5">
         <v>50</v>
       </c>
@@ -17624,54 +17623,54 @@
       </c>
       <c r="AP115" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ115" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR115" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS115" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT115" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU115" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="116">
       <c r="A116">
         <v>115</v>
       </c>
       <c r="B116" t="s">
+        <v>253</v>
+      </c>
+      <c r="C116" t="s" s="4">
         <v>254</v>
-      </c>
-[...1 lines deleted...]
-        <v>255</v>
       </c>
       <c r="D116" t="s">
         <v>60</v>
       </c>
       <c r="E116" t="s">
         <v>46</v>
       </c>
       <c r="F116" t="s">
         <v>67</v>
       </c>
       <c r="G116" t="s">
         <v>48</v>
       </c>
       <c r="H116" t="s">
         <v>49</v>
       </c>
       <c r="I116" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J116" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K116" t="s" s="5">
         <v>50</v>
       </c>
@@ -17767,54 +17766,54 @@
       </c>
       <c r="AP116" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ116" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR116" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS116" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT116" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU116" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="117">
       <c r="A117">
         <v>116</v>
       </c>
       <c r="B117" t="s">
+        <v>255</v>
+      </c>
+      <c r="C117" t="s" s="4">
         <v>256</v>
-      </c>
-[...1 lines deleted...]
-        <v>257</v>
       </c>
       <c r="D117" t="s">
         <v>60</v>
       </c>
       <c r="E117" t="s">
         <v>46</v>
       </c>
       <c r="F117" t="s">
         <v>58</v>
       </c>
       <c r="G117" t="s">
         <v>48</v>
       </c>
       <c r="H117" t="s">
         <v>49</v>
       </c>
       <c r="I117" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J117" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K117" t="s" s="5">
         <v>51</v>
       </c>
@@ -17910,55 +17909,55 @@
       </c>
       <c r="AP117" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ117" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR117" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS117" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT117" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU117" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="118">
       <c r="A118">
         <v>117</v>
       </c>
       <c r="B118" t="s">
-        <v>258</v>
+        <v>257</v>
       </c>
       <c r="C118" t="inlineStr" s="4">
         <is>
-          <t>5661Про виконання місцевої цільової програми з висвітлення діяльності Червоноградської міської ради на 2023 рік</t>
+          <t>ID - 5661,  Про виконання місцевої цільової програми з висвітлення діяльності Червоноградської міської ради на 2023 рік</t>
         </is>
       </c>
       <c r="D118" t="s">
         <v>60</v>
       </c>
       <c r="E118" t="s">
         <v>46</v>
       </c>
       <c r="F118" t="s">
         <v>67</v>
       </c>
       <c r="G118" t="s">
         <v>48</v>
       </c>
       <c r="H118" t="s">
         <v>49</v>
       </c>
       <c r="I118" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J118" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K118" t="s" s="5">
         <v>50</v>
@@ -18055,54 +18054,54 @@
       </c>
       <c r="AP118" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ118" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR118" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS118" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT118" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU118" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="119">
       <c r="A119">
         <v>118</v>
       </c>
       <c r="B119" t="s">
+        <v>258</v>
+      </c>
+      <c r="C119" t="s" s="4">
         <v>259</v>
-      </c>
-[...1 lines deleted...]
-        <v>260</v>
       </c>
       <c r="D119" t="s">
         <v>60</v>
       </c>
       <c r="E119" t="s">
         <v>46</v>
       </c>
       <c r="F119" t="s">
         <v>98</v>
       </c>
       <c r="G119" t="s">
         <v>48</v>
       </c>
       <c r="H119" t="s">
         <v>49</v>
       </c>
       <c r="I119" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J119" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K119" t="s" s="5">
         <v>50</v>
       </c>
@@ -18198,54 +18197,54 @@
       </c>
       <c r="AP119" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ119" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR119" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS119" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT119" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU119" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="120">
       <c r="A120">
         <v>119</v>
       </c>
       <c r="B120" t="s">
+        <v>260</v>
+      </c>
+      <c r="C120" t="s" s="4">
         <v>261</v>
-      </c>
-[...1 lines deleted...]
-        <v>262</v>
       </c>
       <c r="D120" t="s">
         <v>60</v>
       </c>
       <c r="E120" t="s">
         <v>113</v>
       </c>
       <c r="F120" t="s">
         <v>205</v>
       </c>
       <c r="G120" t="s">
         <v>48</v>
       </c>
       <c r="H120" t="s">
         <v>49</v>
       </c>
       <c r="I120" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J120" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K120" t="s" s="5">
         <v>51</v>
       </c>
@@ -18341,54 +18340,54 @@
       </c>
       <c r="AP120" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ120" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR120" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS120" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT120" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU120" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="121">
       <c r="A121">
         <v>120</v>
       </c>
       <c r="B121" t="s">
+        <v>262</v>
+      </c>
+      <c r="C121" t="s" s="4">
         <v>263</v>
-      </c>
-[...1 lines deleted...]
-        <v>264</v>
       </c>
       <c r="D121" t="s">
         <v>60</v>
       </c>
       <c r="E121" t="s">
         <v>46</v>
       </c>
       <c r="F121" t="s">
         <v>67</v>
       </c>
       <c r="G121" t="s">
         <v>48</v>
       </c>
       <c r="H121" t="s">
         <v>49</v>
       </c>
       <c r="I121" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J121" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K121" t="s" s="5">
         <v>50</v>
       </c>
@@ -18484,55 +18483,55 @@
       </c>
       <c r="AP121" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ121" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR121" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS121" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT121" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU121" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="122">
       <c r="A122">
         <v>121</v>
       </c>
       <c r="B122" t="s">
-        <v>265</v>
+        <v>264</v>
       </c>
       <c r="C122" t="inlineStr" s="4">
         <is>
-          <t>5665Про виконання місцевої цільової програми цифровізації у Червоноградській територіальній громаді на 2023-2024 роки</t>
+          <t>ID - 5665,  Про виконання місцевої цільової програми цифровізації у Червоноградській територіальній громаді на 2023-2024 роки</t>
         </is>
       </c>
       <c r="D122" t="s">
         <v>60</v>
       </c>
       <c r="E122" t="s">
         <v>46</v>
       </c>
       <c r="F122" t="s">
         <v>58</v>
       </c>
       <c r="G122" t="s">
         <v>48</v>
       </c>
       <c r="H122" t="s">
         <v>49</v>
       </c>
       <c r="I122" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J122" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K122" t="s" s="5">
         <v>50</v>
@@ -18629,54 +18628,54 @@
       </c>
       <c r="AP122" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ122" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR122" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS122" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT122" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU122" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="123">
       <c r="A123">
         <v>122</v>
       </c>
       <c r="B123" t="s">
+        <v>265</v>
+      </c>
+      <c r="C123" t="s" s="4">
         <v>266</v>
-      </c>
-[...1 lines deleted...]
-        <v>267</v>
       </c>
       <c r="D123" t="s">
         <v>45</v>
       </c>
       <c r="E123" t="s">
         <v>46</v>
       </c>
       <c r="F123" t="s">
         <v>67</v>
       </c>
       <c r="G123" t="s">
         <v>48</v>
       </c>
       <c r="H123" t="s">
         <v>49</v>
       </c>
       <c r="I123" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J123" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K123" t="s" s="5">
         <v>50</v>
       </c>
@@ -18772,54 +18771,54 @@
       </c>
       <c r="AP123" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ123" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR123" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS123" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT123" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU123" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="124">
       <c r="A124">
         <v>123</v>
       </c>
       <c r="B124" t="s">
+        <v>267</v>
+      </c>
+      <c r="C124" t="s" s="4">
         <v>268</v>
-      </c>
-[...1 lines deleted...]
-        <v>269</v>
       </c>
       <c r="D124" t="s">
         <v>55</v>
       </c>
       <c r="E124" t="s">
         <v>46</v>
       </c>
       <c r="F124" t="s">
         <v>98</v>
       </c>
       <c r="G124" t="s">
         <v>48</v>
       </c>
       <c r="H124" t="s">
         <v>49</v>
       </c>
       <c r="I124" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J124" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K124" t="s" s="5">
         <v>50</v>
       </c>
@@ -18915,54 +18914,54 @@
       </c>
       <c r="AP124" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ124" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR124" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS124" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT124" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU124" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="125">
       <c r="A125">
         <v>124</v>
       </c>
       <c r="B125" t="s">
+        <v>269</v>
+      </c>
+      <c r="C125" t="s" s="4">
         <v>270</v>
-      </c>
-[...1 lines deleted...]
-        <v>271</v>
       </c>
       <c r="D125" t="s">
         <v>57</v>
       </c>
       <c r="E125" t="s">
         <v>46</v>
       </c>
       <c r="F125" t="s">
         <v>98</v>
       </c>
       <c r="G125" t="s">
         <v>48</v>
       </c>
       <c r="H125" t="s">
         <v>49</v>
       </c>
       <c r="I125" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J125" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K125" t="s" s="5">
         <v>50</v>
       </c>
@@ -19063,162 +19062,162 @@
         <v>50</v>
       </c>
       <c r="AR125" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS125" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT125" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU125" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="126">
       <c r="A126"/>
       <c r="B126"/>
       <c r="C126"/>
       <c r="D126"/>
       <c r="E126"/>
       <c r="F126"/>
       <c r="G126"/>
       <c r="H126"/>
       <c r="I126" t="s">
+        <v>271</v>
+      </c>
+      <c r="J126" t="s">
         <v>272</v>
       </c>
-      <c r="J126" t="s">
+      <c r="K126" t="s">
         <v>273</v>
       </c>
-      <c r="K126" t="s">
+      <c r="L126" t="s">
         <v>274</v>
       </c>
-      <c r="L126" t="s">
+      <c r="M126" t="s">
+        <v>272</v>
+      </c>
+      <c r="N126" t="s">
         <v>275</v>
       </c>
-      <c r="M126" t="s">
-[...2 lines deleted...]
-      <c r="N126" t="s">
+      <c r="O126" t="s">
         <v>276</v>
       </c>
-      <c r="O126" t="s">
+      <c r="P126" t="s">
         <v>277</v>
       </c>
-      <c r="P126" t="s">
+      <c r="Q126" t="s">
+        <v>271</v>
+      </c>
+      <c r="R126" t="s">
         <v>278</v>
-      </c>
-[...4 lines deleted...]
-        <v>279</v>
       </c>
       <c r="S126" t="s">
         <v>205</v>
       </c>
       <c r="T126" t="s">
         <v>205</v>
       </c>
       <c r="U126" t="s">
-        <v>280</v>
+        <v>279</v>
       </c>
       <c r="V126" t="s">
         <v>205</v>
       </c>
       <c r="W126" t="s">
         <v>205</v>
       </c>
       <c r="X126" t="s">
+        <v>280</v>
+      </c>
+      <c r="Y126" t="s">
         <v>281</v>
       </c>
-      <c r="Y126" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="Z126" t="s">
-        <v>274</v>
+        <v>273</v>
       </c>
       <c r="AA126" t="s">
-        <v>274</v>
+        <v>273</v>
       </c>
       <c r="AB126" t="s">
-        <v>272</v>
+        <v>271</v>
       </c>
       <c r="AC126" t="s">
-        <v>274</v>
+        <v>273</v>
       </c>
       <c r="AD126" t="s">
         <v>205</v>
       </c>
       <c r="AE126" t="s">
+        <v>282</v>
+      </c>
+      <c r="AF126" t="s">
         <v>283</v>
       </c>
-      <c r="AF126" t="s">
+      <c r="AG126" t="s">
         <v>284</v>
       </c>
-      <c r="AG126" t="s">
+      <c r="AH126" t="s">
         <v>285</v>
-      </c>
-[...1 lines deleted...]
-        <v>286</v>
       </c>
       <c r="AI126" t="s">
         <v>205</v>
       </c>
       <c r="AJ126" t="s">
         <v>205</v>
       </c>
       <c r="AK126" t="s">
         <v>205</v>
       </c>
       <c r="AL126" t="s">
-        <v>274</v>
+        <v>273</v>
       </c>
       <c r="AM126" t="s">
-        <v>287</v>
+        <v>286</v>
       </c>
       <c r="AN126" t="s">
         <v>205</v>
       </c>
       <c r="AO126" t="s">
+        <v>287</v>
+      </c>
+      <c r="AP126" t="s">
         <v>288</v>
       </c>
-      <c r="AP126" t="s">
+      <c r="AQ126" t="s">
         <v>289</v>
-      </c>
-[...1 lines deleted...]
-        <v>290</v>
       </c>
       <c r="AR126" t="s">
         <v>205</v>
       </c>
       <c r="AS126" t="s">
         <v>205</v>
       </c>
       <c r="AT126" t="s">
-        <v>291</v>
+        <v>290</v>
       </c>
       <c r="AU126" t="s">
         <v>205</v>
       </c>
     </row>
     <row r="127">
       <c r="A127"/>
       <c r="B127"/>
       <c r="C127"/>
       <c r="D127"/>
       <c r="E127"/>
       <c r="F127"/>
       <c r="G127"/>
       <c r="H127"/>
       <c r="I127" t="s">
         <v>48</v>
       </c>
       <c r="J127" t="s">
         <v>48</v>
       </c>
       <c r="K127" t="s">
         <v>48</v>
       </c>
       <c r="L127" t="s">
         <v>48</v>
@@ -19317,419 +19316,419 @@
         <v>48</v>
       </c>
       <c r="AR127" t="s">
         <v>48</v>
       </c>
       <c r="AS127" t="s">
         <v>48</v>
       </c>
       <c r="AT127" t="s">
         <v>48</v>
       </c>
       <c r="AU127" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="128">
       <c r="A128"/>
       <c r="B128"/>
       <c r="C128"/>
       <c r="D128"/>
       <c r="E128"/>
       <c r="F128"/>
       <c r="G128"/>
       <c r="H128"/>
       <c r="I128" t="s">
-        <v>292</v>
+        <v>291</v>
       </c>
       <c r="J128" t="s">
-        <v>292</v>
+        <v>291</v>
       </c>
       <c r="K128" t="s">
-        <v>292</v>
+        <v>291</v>
       </c>
       <c r="L128" t="s">
-        <v>292</v>
+        <v>291</v>
       </c>
       <c r="M128" t="s">
-        <v>292</v>
+        <v>291</v>
       </c>
       <c r="N128" t="s">
-        <v>292</v>
+        <v>291</v>
       </c>
       <c r="O128" t="s">
-        <v>292</v>
+        <v>291</v>
       </c>
       <c r="P128" t="s">
-        <v>292</v>
+        <v>291</v>
       </c>
       <c r="Q128" t="s">
-        <v>292</v>
+        <v>291</v>
       </c>
       <c r="R128" t="s">
-        <v>292</v>
+        <v>291</v>
       </c>
       <c r="S128" t="s">
-        <v>292</v>
+        <v>291</v>
       </c>
       <c r="T128" t="s">
-        <v>292</v>
+        <v>291</v>
       </c>
       <c r="U128" t="s">
-        <v>292</v>
+        <v>291</v>
       </c>
       <c r="V128" t="s">
-        <v>292</v>
+        <v>291</v>
       </c>
       <c r="W128" t="s">
-        <v>292</v>
+        <v>291</v>
       </c>
       <c r="X128" t="s">
-        <v>292</v>
+        <v>291</v>
       </c>
       <c r="Y128" t="s">
-        <v>292</v>
+        <v>291</v>
       </c>
       <c r="Z128" t="s">
-        <v>292</v>
+        <v>291</v>
       </c>
       <c r="AA128" t="s">
-        <v>292</v>
+        <v>291</v>
       </c>
       <c r="AB128" t="s">
-        <v>292</v>
+        <v>291</v>
       </c>
       <c r="AC128" t="s">
-        <v>292</v>
+        <v>291</v>
       </c>
       <c r="AD128" t="s">
-        <v>292</v>
+        <v>291</v>
       </c>
       <c r="AE128" t="s">
-        <v>292</v>
+        <v>291</v>
       </c>
       <c r="AF128" t="s">
-        <v>292</v>
+        <v>291</v>
       </c>
       <c r="AG128" t="s">
-        <v>292</v>
+        <v>291</v>
       </c>
       <c r="AH128" t="s">
-        <v>292</v>
+        <v>291</v>
       </c>
       <c r="AI128" t="s">
-        <v>292</v>
+        <v>291</v>
       </c>
       <c r="AJ128" t="s">
-        <v>292</v>
+        <v>291</v>
       </c>
       <c r="AK128" t="s">
-        <v>292</v>
+        <v>291</v>
       </c>
       <c r="AL128" t="s">
-        <v>292</v>
+        <v>291</v>
       </c>
       <c r="AM128" t="s">
-        <v>292</v>
+        <v>291</v>
       </c>
       <c r="AN128" t="s">
-        <v>292</v>
+        <v>291</v>
       </c>
       <c r="AO128" t="s">
-        <v>292</v>
+        <v>291</v>
       </c>
       <c r="AP128" t="s">
-        <v>292</v>
+        <v>291</v>
       </c>
       <c r="AQ128" t="s">
-        <v>292</v>
+        <v>291</v>
       </c>
       <c r="AR128" t="s">
-        <v>292</v>
+        <v>291</v>
       </c>
       <c r="AS128" t="s">
-        <v>292</v>
+        <v>291</v>
       </c>
       <c r="AT128" t="s">
-        <v>292</v>
+        <v>291</v>
       </c>
       <c r="AU128" t="s">
-        <v>292</v>
+        <v>291</v>
       </c>
     </row>
     <row r="129">
       <c r="A129"/>
       <c r="B129"/>
       <c r="C129"/>
       <c r="D129"/>
       <c r="E129"/>
       <c r="F129"/>
       <c r="G129"/>
       <c r="H129"/>
       <c r="I129" t="s">
+        <v>292</v>
+      </c>
+      <c r="J129" t="s">
         <v>293</v>
       </c>
-      <c r="J129" t="s">
+      <c r="K129" t="s">
         <v>294</v>
       </c>
-      <c r="K129" t="s">
+      <c r="L129" t="s">
         <v>295</v>
       </c>
-      <c r="L129" t="s">
+      <c r="M129" t="s">
         <v>296</v>
       </c>
-      <c r="M129" t="s">
+      <c r="N129" t="s">
         <v>297</v>
       </c>
-      <c r="N129" t="s">
+      <c r="O129" t="s">
         <v>298</v>
       </c>
-      <c r="O129" t="s">
+      <c r="P129" t="s">
         <v>299</v>
       </c>
-      <c r="P129" t="s">
+      <c r="Q129" t="s">
+        <v>292</v>
+      </c>
+      <c r="R129" t="s">
         <v>300</v>
       </c>
-      <c r="Q129" t="s">
+      <c r="S129" t="s">
+        <v>301</v>
+      </c>
+      <c r="T129" t="s">
+        <v>301</v>
+      </c>
+      <c r="U129" t="s">
+        <v>302</v>
+      </c>
+      <c r="V129" t="s">
+        <v>301</v>
+      </c>
+      <c r="W129" t="s">
+        <v>301</v>
+      </c>
+      <c r="X129" t="s">
+        <v>303</v>
+      </c>
+      <c r="Y129" t="s">
+        <v>304</v>
+      </c>
+      <c r="Z129" t="s">
         <v>293</v>
       </c>
-      <c r="R129" t="s">
+      <c r="AA129" t="s">
+        <v>293</v>
+      </c>
+      <c r="AB129" t="s">
+        <v>292</v>
+      </c>
+      <c r="AC129" t="s">
+        <v>293</v>
+      </c>
+      <c r="AD129" t="s">
         <v>301</v>
       </c>
-      <c r="S129" t="s">
-[...17 lines deleted...]
-      <c r="Y129" t="s">
+      <c r="AE129" t="s">
         <v>305</v>
       </c>
-      <c r="Z129" t="s">
+      <c r="AF129" t="s">
+        <v>306</v>
+      </c>
+      <c r="AG129" t="s">
+        <v>307</v>
+      </c>
+      <c r="AH129" t="s">
+        <v>308</v>
+      </c>
+      <c r="AI129" t="s">
+        <v>301</v>
+      </c>
+      <c r="AJ129" t="s">
+        <v>301</v>
+      </c>
+      <c r="AK129" t="s">
+        <v>301</v>
+      </c>
+      <c r="AL129" t="s">
+        <v>293</v>
+      </c>
+      <c r="AM129" t="s">
+        <v>309</v>
+      </c>
+      <c r="AN129" t="s">
+        <v>301</v>
+      </c>
+      <c r="AO129" t="s">
+        <v>310</v>
+      </c>
+      <c r="AP129" t="s">
+        <v>310</v>
+      </c>
+      <c r="AQ129" t="s">
         <v>294</v>
       </c>
-      <c r="AA129" t="s">
-[...41 lines deleted...]
-      <c r="AO129" t="s">
+      <c r="AR129" t="s">
+        <v>301</v>
+      </c>
+      <c r="AS129" t="s">
+        <v>301</v>
+      </c>
+      <c r="AT129" t="s">
         <v>311</v>
       </c>
-      <c r="AP129" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="AU129" t="s">
-        <v>302</v>
+        <v>301</v>
       </c>
     </row>
     <row r="130">
       <c r="A130"/>
       <c r="B130"/>
       <c r="C130"/>
       <c r="D130"/>
       <c r="E130"/>
       <c r="F130"/>
       <c r="G130"/>
       <c r="H130"/>
       <c r="I130" t="s">
+        <v>312</v>
+      </c>
+      <c r="J130" t="s">
         <v>313</v>
       </c>
-      <c r="J130" t="s">
+      <c r="K130" t="s">
+        <v>313</v>
+      </c>
+      <c r="L130" t="s">
+        <v>312</v>
+      </c>
+      <c r="M130" t="s">
+        <v>312</v>
+      </c>
+      <c r="N130" t="s">
+        <v>313</v>
+      </c>
+      <c r="O130" t="s">
+        <v>312</v>
+      </c>
+      <c r="P130" t="s">
+        <v>312</v>
+      </c>
+      <c r="Q130" t="s">
+        <v>312</v>
+      </c>
+      <c r="R130" t="s">
         <v>314</v>
       </c>
-      <c r="K130" t="s">
-[...2 lines deleted...]
-      <c r="L130" t="s">
+      <c r="S130" t="s">
+        <v>315</v>
+      </c>
+      <c r="T130" t="s">
+        <v>315</v>
+      </c>
+      <c r="U130" t="s">
+        <v>316</v>
+      </c>
+      <c r="V130" t="s">
+        <v>315</v>
+      </c>
+      <c r="W130" t="s">
+        <v>315</v>
+      </c>
+      <c r="X130" t="s">
+        <v>317</v>
+      </c>
+      <c r="Y130" t="s">
+        <v>312</v>
+      </c>
+      <c r="Z130" t="s">
+        <v>312</v>
+      </c>
+      <c r="AA130" t="s">
+        <v>312</v>
+      </c>
+      <c r="AB130" t="s">
+        <v>312</v>
+      </c>
+      <c r="AC130" t="s">
+        <v>312</v>
+      </c>
+      <c r="AD130" t="s">
+        <v>315</v>
+      </c>
+      <c r="AE130" t="s">
+        <v>318</v>
+      </c>
+      <c r="AF130" t="s">
+        <v>319</v>
+      </c>
+      <c r="AG130" t="s">
+        <v>320</v>
+      </c>
+      <c r="AH130" t="s">
+        <v>321</v>
+      </c>
+      <c r="AI130" t="s">
+        <v>315</v>
+      </c>
+      <c r="AJ130" t="s">
+        <v>315</v>
+      </c>
+      <c r="AK130" t="s">
+        <v>315</v>
+      </c>
+      <c r="AL130" t="s">
+        <v>312</v>
+      </c>
+      <c r="AM130" t="s">
         <v>313</v>
       </c>
-      <c r="M130" t="s">
-[...14 lines deleted...]
-      <c r="R130" t="s">
+      <c r="AN130" t="s">
         <v>315</v>
       </c>
-      <c r="S130" t="s">
-[...44 lines deleted...]
-      <c r="AH130" t="s">
+      <c r="AO130" t="s">
         <v>322</v>
       </c>
-      <c r="AI130" t="s">
-[...19 lines deleted...]
-      </c>
       <c r="AP130" t="s">
-        <v>313</v>
+        <v>312</v>
       </c>
       <c r="AQ130" t="s">
-        <v>313</v>
+        <v>312</v>
       </c>
       <c r="AR130" t="s">
-        <v>316</v>
+        <v>315</v>
       </c>
       <c r="AS130" t="s">
-        <v>316</v>
+        <v>315</v>
       </c>
       <c r="AT130" t="s">
-        <v>313</v>
+        <v>312</v>
       </c>
       <c r="AU130" t="s">
-        <v>316</v>
+        <v>315</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="2">
     <mergeCell ref="D1:E1"/>
     <mergeCell ref="F1:H1"/>
   </mergeCells>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <TotalTime></TotalTime>
   <Application>SimpleXLSXGen</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:language>en-US</dc:language>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>