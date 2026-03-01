--- v0 (2025-10-15)
+++ v1 (2026-03-01)
@@ -9,130 +9,130 @@
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/_rels/.rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
 <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/>
 <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/>
 <Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="SimpleXLSXGen"/>
   <sheets>
     <sheet name="Sheet1" sheetId="1" state="visible" r:id="rId2"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="248" uniqueCount="248">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="247" uniqueCount="247">
   <si>
     <t>№</t>
   </si>
   <si>
     <t>XXXVI сесія VIII скликання</t>
   </si>
   <si>
     <t>Шептицька міська рада</t>
   </si>
   <si>
     <t>Результат</t>
   </si>
   <si>
     <t>Голоси</t>
   </si>
   <si>
+    <t>Василишин Петро Стефанович</t>
+  </si>
+  <si>
+    <t>Гоц Павло Васильович</t>
+  </si>
+  <si>
+    <t>Закала Богдан Васильович</t>
+  </si>
+  <si>
+    <t>Твардовський Богдан Іванович</t>
+  </si>
+  <si>
     <t>Залівський Андрій Іванович</t>
   </si>
   <si>
     <t>Ляховський Богдан Васильович</t>
   </si>
   <si>
     <t>Гаманюк Віталій Володимирович</t>
   </si>
   <si>
     <t>Майданович Софія Володимирівна</t>
   </si>
   <si>
     <t>Дмуховський Степан Михайлович</t>
   </si>
   <si>
     <t>Ліщинський Богдан Степанович</t>
   </si>
   <si>
     <t>Грасулов Олександр Олегович</t>
   </si>
   <si>
     <t>Кудрик Іван Іванович</t>
   </si>
   <si>
     <t>Лапець Михайло Романович</t>
   </si>
   <si>
     <t>Остапюк Петро Петрович</t>
   </si>
   <si>
-    <t>Гоц Павло Васильович</t>
-[...4 lines deleted...]
-  <si>
     <t>Крук Галина Василівна</t>
   </si>
   <si>
     <t>Риндик Віталій Богданович</t>
   </si>
   <si>
     <t>Якимчук Сергій Степанович</t>
   </si>
   <si>
     <t>Пилипчук Петро Павлович</t>
   </si>
   <si>
     <t>Пущик Мирослав Степанович</t>
   </si>
   <si>
     <t>Запісоцький Роман Васильович</t>
   </si>
   <si>
     <t>Войтович Андрій Сергійович</t>
   </si>
   <si>
-    <t>Твардовський Богдан Іванович</t>
-[...4 lines deleted...]
-  <si>
     <t>Курівчак Наталія Михайлівна</t>
   </si>
   <si>
     <t>Кашуба Володимир Володимирович</t>
   </si>
   <si>
     <t>Фартушок Дмитро Ігорович</t>
   </si>
   <si>
     <t>Кулаковський Сергій Юрійович</t>
   </si>
   <si>
     <t>Микитюк Володимир Романович</t>
   </si>
   <si>
     <t>Прібега Олександр Васильович</t>
   </si>
   <si>
     <t>Шевчук Григорій Анатолійович</t>
   </si>
   <si>
     <t>Даренський Дмитро Борисович</t>
   </si>
   <si>
     <t>Шеремета Олег Володимирович</t>
@@ -206,57 +206,57 @@
   <si>
     <t>22.02.24  11:06:15</t>
   </si>
   <si>
     <t>За поправку / пропозицію</t>
   </si>
   <si>
     <t>22.02.24  11:06:47</t>
   </si>
   <si>
     <t>В цілому</t>
   </si>
   <si>
     <t>За: 22</t>
   </si>
   <si>
     <t>22.02.24  11:08:11</t>
   </si>
   <si>
     <t>22.02.24  11:09:19</t>
   </si>
   <si>
     <t>22.02.24  11:10:05</t>
   </si>
   <si>
-    <t>5441Про здійснення повноважень у сфері державної реєстрації актів цивільного стану</t>
+    <t>ID - 5441,  Про здійснення повноважень у сфері державної реєстрації актів цивільного стану</t>
   </si>
   <si>
     <t>22.02.24  11:12:36</t>
   </si>
   <si>
-    <t>5442Про створення Молодіжної ради</t>
+    <t>ID - 5442,  Про створення Молодіжної ради</t>
   </si>
   <si>
     <t>22.02.24  11:13:33</t>
   </si>
   <si>
     <t>22.02.24  11:14:33</t>
   </si>
   <si>
     <t>22.02.24  11:15:26</t>
   </si>
   <si>
     <t>22.02.24  11:18:07</t>
   </si>
   <si>
     <t>22.02.24  11:20:37</t>
   </si>
   <si>
     <t>За: 20</t>
   </si>
   <si>
     <t>22.02.24  11:22:52</t>
   </si>
   <si>
     <t>22.02.24  11:26:13</t>
   </si>
@@ -269,531 +269,528 @@
   <si>
     <t>Утримались: 1</t>
   </si>
   <si>
     <t>Утр.</t>
   </si>
   <si>
     <t>22.02.24  11:26:50</t>
   </si>
   <si>
     <t>22.02.24  11:28:06</t>
   </si>
   <si>
     <t>За: 17</t>
   </si>
   <si>
     <t>22.02.24  11:29:29</t>
   </si>
   <si>
     <t>22.02.24  11:30:15</t>
   </si>
   <si>
     <t>22.02.24  11:31:20</t>
   </si>
   <si>
-    <t>5454Включити в список осіб озвучених Ковалем В. С.</t>
+    <t>ID - 5454,  Включити в список осіб озвучених Ковалем В. С.</t>
   </si>
   <si>
     <t>22.02.24  11:31:49</t>
   </si>
   <si>
     <t>22.02.24  11:34:43</t>
   </si>
   <si>
-    <t>5456Про надання повноважень виконавчому комітету Червоноградської міської ради</t>
+    <t>ID - 5456,  Про надання повноважень виконавчому комітету Червоноградської міської ради</t>
   </si>
   <si>
     <t>За: 19</t>
   </si>
   <si>
     <t>22.02.24  11:38:00</t>
   </si>
   <si>
-    <t>5457Про надання повноважень виконавчому комітету Червоноградської міської ради</t>
+    <t>ID - 5457,  Про надання повноважень виконавчому комітету Червоноградської міської ради</t>
   </si>
   <si>
     <t>22.02.24  11:39:20</t>
   </si>
   <si>
-    <t>5458Про безоплатну передачу основних засобів</t>
+    <t>ID - 5458,  Про безоплатну передачу основних засобів</t>
   </si>
   <si>
     <t>22.02.24  11:45:52</t>
   </si>
   <si>
     <t>22.02.24  11:47:41</t>
   </si>
   <si>
     <t>22.02.24  11:50:57</t>
   </si>
   <si>
     <t>22.02.24  11:52:23</t>
   </si>
   <si>
-    <t>5462Про розгляд клопотання громадянина Коляди Петра Васильовича</t>
+    <t>ID - 5462,  Про розгляд клопотання громадянина Коляди Петра Васильовича</t>
   </si>
   <si>
     <t>22.02.24  11:53:06</t>
   </si>
   <si>
-    <t>5463Про розгляд клопотання громадянки Пагутяк Антоніни Володимирівни</t>
+    <t>ID - 5463,  Про розгляд клопотання громадянки Пагутяк Антоніни Володимирівни</t>
   </si>
   <si>
     <t>22.02.24  11:53:50</t>
   </si>
   <si>
-    <t>5464Про розгляд клопотання громадянки Філософ Марії Ярославівни</t>
+    <t>ID - 5464,  Про розгляд клопотання громадянки Філософ Марії Ярославівни</t>
   </si>
   <si>
     <t>22.02.24  11:54:38</t>
   </si>
   <si>
-    <t>5465Про розгляд клопотання громадянки Пилипчук Марії Федорівни</t>
+    <t>ID - 5465,  Про розгляд клопотання громадянки Пилипчук Марії Федорівни</t>
   </si>
   <si>
     <t>22.02.24  11:55:27</t>
   </si>
   <si>
-    <t>5466Про розгляд клопотання громадянки Маїк Галини Михайлівни</t>
+    <t>ID - 5466,  Про розгляд клопотання громадянки Маїк Галини Михайлівни</t>
   </si>
   <si>
     <t>22.02.24  11:56:13</t>
   </si>
   <si>
-    <t>5467Про розгляд клопотання громадянки Голуб Анни Володимирівни</t>
+    <t>ID - 5467,  Про розгляд клопотання громадянки Голуб Анни Володимирівни</t>
   </si>
   <si>
     <t>22.02.24  11:56:59</t>
   </si>
   <si>
-    <t>5468Про розгляд клопотання громадянки Коляди Надії Григорівни</t>
+    <t>ID - 5468,  Про розгляд клопотання громадянки Коляди Надії Григорівни</t>
   </si>
   <si>
     <t>22.02.24  11:58:08</t>
   </si>
   <si>
-    <t>5469Про розгляд клопотання громадянки Лотоцької Світлани Олександрівни</t>
+    <t>ID - 5469,  Про розгляд клопотання громадянки Лотоцької Світлани Олександрівни</t>
   </si>
   <si>
     <t>22.02.24  11:58:53</t>
   </si>
   <si>
-    <t>5470Про розгляд клопотання громадянина Чекуса Петра Костянтиновича</t>
+    <t>ID - 5470,  Про розгляд клопотання громадянина Чекуса Петра Костянтиновича</t>
   </si>
   <si>
     <t>22.02.24  11:59:40</t>
   </si>
   <si>
-    <t>5471Про розгляд клопотання громадянина Копоть Григорія Ярославовича</t>
+    <t>ID - 5471,  Про розгляд клопотання громадянина Копоть Григорія Ярославовича</t>
   </si>
   <si>
     <t>22.02.24  12:00:27</t>
   </si>
   <si>
-    <t>5472Про розгляд клопотання громадянина Сайко Ярослава Ілліча</t>
+    <t>ID - 5472,  Про розгляд клопотання громадянина Сайко Ярослава Ілліча</t>
   </si>
   <si>
     <t>22.02.24  12:01:17</t>
   </si>
   <si>
-    <t>5473Про розгляд клопотання громадянина Поптанич Василя Михайловича</t>
+    <t>ID - 5473,  Про розгляд клопотання громадянина Поптанич Василя Михайловича</t>
   </si>
   <si>
     <t>22.02.24  12:02:09</t>
   </si>
   <si>
-    <t>5474Про розгляд клопотання громадянина Миронова Анатолія Павловича</t>
+    <t>ID - 5474,  Про розгляд клопотання громадянина Миронова Анатолія Павловича</t>
   </si>
   <si>
     <t>22.02.24  12:03:19</t>
   </si>
   <si>
-    <t>5475Про розгляд клопотання Фермерського господарства «Газда»</t>
+    <t>ID - 5475,  Про розгляд клопотання Фермерського господарства «Газда»</t>
   </si>
   <si>
     <t>22.02.24  12:04:09</t>
   </si>
   <si>
-    <t>5476Про розгляд клопотання Фермерського господарства «Газда»</t>
+    <t>ID - 5476,  Про розгляд клопотання Фермерського господарства «Газда»</t>
   </si>
   <si>
     <t>22.02.24  12:05:00</t>
   </si>
   <si>
-    <t>5477Про розгляд клопотання громадянина Коваля Ігоря Федоровича</t>
+    <t>ID - 5477,  Про розгляд клопотання громадянина Коваля Ігоря Федоровича</t>
   </si>
   <si>
     <t>22.02.24  12:05:50</t>
   </si>
   <si>
-    <t>5478Про розгляд клопотання громадянина Тригуба Валерія Миколайовича</t>
+    <t>ID - 5478,  Про розгляд клопотання громадянина Тригуба Валерія Миколайовича</t>
   </si>
   <si>
     <t>22.02.24  12:06:38</t>
   </si>
   <si>
-    <t>5479Про розгляд клопотання громадянина Хомея Володимира Степановича</t>
+    <t>ID - 5479,  Про розгляд клопотання громадянина Хомея Володимира Степановича</t>
   </si>
   <si>
     <t>22.02.24  12:07:30</t>
   </si>
   <si>
-    <t>5480Про розгляд клопотання громадянина Пахолка Петра Тимофійовича</t>
+    <t>ID - 5480,  Про розгляд клопотання громадянина Пахолка Петра Тимофійовича</t>
   </si>
   <si>
     <t>22.02.24  12:08:18</t>
   </si>
   <si>
-    <t>5481Про розгляд клопотання громадянина Падіна Дениса Олександровича</t>
+    <t>ID - 5481,  Про розгляд клопотання громадянина Падіна Дениса Олександровича</t>
   </si>
   <si>
     <t>22.02.24  12:09:11</t>
   </si>
   <si>
-    <t>5482Про розгляд клопотання громадянина Панчишина Андрія Йосиповича</t>
+    <t>ID - 5482,  Про розгляд клопотання громадянина Панчишина Андрія Йосиповича</t>
   </si>
   <si>
     <t>За: 24</t>
   </si>
   <si>
     <t>22.02.24  12:10:03</t>
   </si>
   <si>
-    <t>5483Про розгляд клопотання громадянки Остапик Любові Олексіївни</t>
+    <t>ID - 5483,  Про розгляд клопотання громадянки Остапик Любові Олексіївни</t>
   </si>
   <si>
     <t>22.02.24  12:10:51</t>
   </si>
   <si>
-    <t>5484Про розгляд клопотання громадянина Луцика Богдана Васильовича</t>
+    <t>ID - 5484,  Про розгляд клопотання громадянина Луцика Богдана Васильовича</t>
   </si>
   <si>
     <t>22.02.24  12:11:43</t>
   </si>
   <si>
-    <t>5485Про розгляд клопотання громадянки Шалавило Оксани Степанівни</t>
+    <t>ID - 5485,  Про розгляд клопотання громадянки Шалавило Оксани Степанівни</t>
   </si>
   <si>
     <t>22.02.24  12:13:08</t>
   </si>
   <si>
-    <t>5486Про розгляд клопотання громадянина Цимбаляка Ігоря Богдановича</t>
+    <t>ID - 5486,  Про розгляд клопотання громадянина Цимбаляка Ігоря Богдановича</t>
   </si>
   <si>
     <t>22.02.24  12:14:18</t>
   </si>
   <si>
-    <t>5487Про розгляд клопотання Приватного підприємства «Західний Буг»</t>
+    <t>ID - 5487,  Про розгляд клопотання Приватного підприємства «Західний Буг»</t>
   </si>
   <si>
     <t>22.02.24  12:15:24</t>
   </si>
   <si>
     <t>За: 25</t>
   </si>
   <si>
     <t>22.02.24  12:16:44</t>
   </si>
   <si>
     <t>22.02.24  12:17:52</t>
   </si>
   <si>
-    <t>5490Про розгляд клопотання громадянки Серватяк Тетяни Іванівни</t>
+    <t>ID - 5490,  Про розгляд клопотання громадянки Серватяк Тетяни Іванівни</t>
   </si>
   <si>
     <t>22.02.24  12:19:55</t>
   </si>
   <si>
-    <t>5491Про розгляд клопотання Товариства з обмеженою відповідальністю фірма «Горизонт»</t>
-[...1 lines deleted...]
-  <si>
     <t>22.02.24  12:21:16</t>
   </si>
   <si>
-    <t>5492Про розгляд клопотання громадянки Гапачило Оксани Михайлівни</t>
+    <t>ID - 5492,  Про розгляд клопотання громадянки Гапачило Оксани Михайлівни</t>
   </si>
   <si>
     <t>22.02.24  12:22:29</t>
   </si>
   <si>
-    <t>5493Про розгляд клопотання громадянина Завадського Юрія Петровича</t>
+    <t>ID - 5493,  Про розгляд клопотання громадянина Завадського Юрія Петровича</t>
   </si>
   <si>
     <t>22.02.24  12:23:42</t>
   </si>
   <si>
-    <t>5494Про розгляд клопотання громадянина Василишина Михайла Івановича</t>
+    <t>ID - 5494,  Про розгляд клопотання громадянина Василишина Михайла Івановича</t>
   </si>
   <si>
     <t>22.02.24  12:24:41</t>
   </si>
   <si>
-    <t>5495Про розгляд клопотання громадянина Загорського Юрія Вікторовича</t>
+    <t>ID - 5495,  Про розгляд клопотання громадянина Загорського Юрія Вікторовича</t>
   </si>
   <si>
     <t>22.02.24  12:26:02</t>
   </si>
   <si>
     <t>22.02.24  12:27:35</t>
   </si>
   <si>
     <t>22.02.24  12:28:48</t>
   </si>
   <si>
     <t>22.02.24  12:29:41</t>
   </si>
   <si>
-    <t>5499Про внесення змiн в рішення Червоноградської міської ради</t>
+    <t>ID - 5499,  Про внесення змiн в рішення Червоноградської міської ради</t>
   </si>
   <si>
     <t>22.02.24  12:30:47</t>
   </si>
   <si>
-    <t>5500Про розгляд клопотання громадянина Гасимова Ільгара Расімовича</t>
+    <t>ID - 5500,  Про розгляд клопотання громадянина Гасимова Ільгара Расімовича</t>
   </si>
   <si>
     <t>22.02.24  12:31:33</t>
   </si>
   <si>
-    <t>5501Про розгляд клопотання громадянки Ждан Тетяни Василівни</t>
+    <t>ID - 5501,  Про розгляд клопотання громадянки Ждан Тетяни Василівни</t>
   </si>
   <si>
     <t>22.02.24  12:32:30</t>
   </si>
   <si>
-    <t>5502Про розгляд клопотання громадянки Турко Оксани Михайлівни</t>
+    <t>ID - 5502,  Про розгляд клопотання громадянки Турко Оксани Михайлівни</t>
   </si>
   <si>
     <t>22.02.24  12:33:39</t>
   </si>
   <si>
-    <t>5503Про розгляд клопотання громадянки Мельник Наталії Степанівни</t>
+    <t>ID - 5503,  Про розгляд клопотання громадянки Мельник Наталії Степанівни</t>
   </si>
   <si>
     <t>22.02.24  12:34:50</t>
   </si>
   <si>
-    <t>5504Про розгляд клопотання Приватного підприємства «Сузір’я»</t>
+    <t>ID - 5504,  Про розгляд клопотання Приватного підприємства «Сузір’я»</t>
   </si>
   <si>
     <t>22.02.24  12:35:55</t>
   </si>
   <si>
-    <t>5505Про розгляд клопотання громадянки Остапів Іванни Петрівни</t>
+    <t>ID - 5505,  Про розгляд клопотання громадянки Остапів Іванни Петрівни</t>
   </si>
   <si>
     <t>22.02.24  12:36:46</t>
   </si>
   <si>
     <t>22.02.24  12:38:05</t>
   </si>
   <si>
     <t>22.02.24  12:40:14</t>
   </si>
   <si>
     <t>22.02.24  12:41:20</t>
   </si>
   <si>
     <t>22.02.24  12:42:45</t>
   </si>
   <si>
     <t>22.02.24  12:44:42</t>
   </si>
   <si>
     <t>22.02.24  12:45:11</t>
   </si>
   <si>
-    <t>5513Змінити орендну плату на 12%</t>
+    <t>ID - 5513,  Змінити орендну плату на 12%</t>
   </si>
   <si>
     <t>22.02.24  12:45:42</t>
   </si>
   <si>
     <t>22.02.24  12:46:19</t>
   </si>
   <si>
     <t>22.02.24  12:46:49</t>
   </si>
   <si>
-    <t>5516Змінити орендну плату на 12 %</t>
+    <t>ID - 5516,  Змінити орендну плату на 12 %</t>
   </si>
   <si>
     <t>22.02.24  12:47:17</t>
   </si>
   <si>
     <t>22.02.24  12:47:47</t>
   </si>
   <si>
     <t>22.02.24  12:48:18</t>
   </si>
   <si>
-    <t>5519Змінити орендну плату на 12 %</t>
+    <t>ID - 5519,  Змінити орендну плату на 12 %</t>
   </si>
   <si>
     <t>22.02.24  12:48:46</t>
   </si>
   <si>
     <t>22.02.24  12:49:20</t>
   </si>
   <si>
-    <t>5521Про надання одноразової матеріальної допомоги</t>
+    <t>ID - 5521,  Про надання одноразової матеріальної допомоги</t>
   </si>
   <si>
     <t>22.02.24  12:57:23</t>
   </si>
   <si>
-    <t>5522Внести правки озвучені Курівчак Н. М.  </t>
+    <t>ID - 5522,  Внести правки озвучені Курівчак Н. М.  </t>
   </si>
   <si>
     <t>22.02.24  12:58:21</t>
   </si>
   <si>
-    <t>5523Ю. Брилю виділити 50 тис.</t>
+    <t>ID - 5523,  Ю. Брилю виділити 50 тис.</t>
   </si>
   <si>
     <t>22.02.24  12:58:51</t>
   </si>
   <si>
-    <t>5524Про надання одноразової матеріальної допомоги</t>
+    <t>ID - 5524,  Про надання одноразової матеріальної допомоги</t>
+  </si>
+  <si>
+    <t>За: 67</t>
+  </si>
+  <si>
+    <t>За: 79</t>
+  </si>
+  <si>
+    <t>За: 84</t>
   </si>
   <si>
     <t>За: 90</t>
   </si>
   <si>
     <t>За: 88</t>
   </si>
   <si>
     <t>За: 0</t>
   </si>
   <si>
     <t>За: 62</t>
   </si>
   <si>
     <t>За: 75</t>
   </si>
   <si>
     <t>За: 80</t>
   </si>
   <si>
-    <t>За: 79</t>
-[...4 lines deleted...]
-  <si>
     <t>За: 74</t>
   </si>
   <si>
     <t>За: 87</t>
   </si>
   <si>
     <t>За: 66</t>
   </si>
   <si>
     <t>За: 89</t>
   </si>
   <si>
-    <t>За: 67</t>
-[...1 lines deleted...]
-  <si>
     <t>За: 59</t>
   </si>
   <si>
     <t>За: 78</t>
   </si>
   <si>
     <t>За: 57</t>
   </si>
   <si>
     <t>За: 85</t>
   </si>
   <si>
     <t>За: 65</t>
   </si>
   <si>
+    <t>Утр.: 3</t>
+  </si>
+  <si>
     <t>Утр.: 0</t>
   </si>
   <si>
-    <t>Утр.: 3</t>
-[...1 lines deleted...]
-  <si>
     <t>Утр.: 1</t>
   </si>
   <si>
+    <t>Не голос.: 20</t>
+  </si>
+  <si>
+    <t>Не голос.: 10</t>
+  </si>
+  <si>
+    <t>Не голос.: 5</t>
+  </si>
+  <si>
     <t>Не голос.: 0</t>
   </si>
   <si>
     <t>Не голос.: 2</t>
   </si>
   <si>
     <t>Не голос.: 28</t>
   </si>
   <si>
-    <t>Не голос.: 10</t>
-[...4 lines deleted...]
-  <si>
     <t>Не голос.: 16</t>
   </si>
   <si>
     <t>Не голос.: 3</t>
   </si>
   <si>
     <t>Не голос.: 24</t>
   </si>
   <si>
     <t>Не голос.: 1</t>
   </si>
   <si>
-    <t>Не голос.: 20</t>
-[...1 lines deleted...]
-  <si>
     <t>Не голос.: 6</t>
   </si>
   <si>
     <t>Не голос.: 31</t>
   </si>
   <si>
     <t>Не голос.: 12</t>
   </si>
   <si>
     <t>Не голос.: 33</t>
   </si>
   <si>
     <t>Відсут.: 0</t>
   </si>
   <si>
+    <t>Відсут.: 1</t>
+  </si>
+  <si>
     <t>Відсут.: 90</t>
   </si>
   <si>
     <t>Відсут.: 13</t>
-  </si>
-[...1 lines deleted...]
-    <t>Відсут.: 1</t>
   </si>
   <si>
     <t>Відсут.: 22</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <name val="Calibri"/>
       <family val="2"/>
       <b/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
@@ -1018,115 +1015,115 @@
       <c r="AQ1" t="s" s="3">
         <v>39</v>
       </c>
       <c r="AR1" t="s" s="3">
         <v>40</v>
       </c>
       <c r="AS1" t="s" s="3">
         <v>41</v>
       </c>
       <c r="AT1" t="s" s="3">
         <v>42</v>
       </c>
       <c r="AU1" t="s" s="3">
         <v>43</v>
       </c>
     </row>
     <row r="2">
       <c r="A2">
         <v>1</v>
       </c>
       <c r="B2" t="s">
         <v>44</v>
       </c>
       <c r="C2" t="inlineStr" s="4">
         <is>
-          <t>5434Про роботу Червоноградського відділу державної реєстрації актів цивільного стану у Червоноградському районі Львівської області Західного міжрегіонального управління Міністерства юстиції</t>
+          <t>ID - 5434,  Про роботу Червоноградського відділу державної реєстрації актів цивільного стану у Червоноградському районі Львівської області Західного міжрегіонального управління Міністерства юстиції</t>
         </is>
       </c>
       <c r="D2" t="s">
         <v>45</v>
       </c>
       <c r="E2" t="s">
         <v>46</v>
       </c>
       <c r="F2" t="s">
         <v>47</v>
       </c>
       <c r="G2" t="s">
         <v>48</v>
       </c>
       <c r="H2" t="s">
         <v>49</v>
       </c>
       <c r="I2" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J2" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K2" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="L2" t="s" s="5">
         <v>50</v>
       </c>
       <c r="M2" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="N2" t="s" s="5">
         <v>50</v>
       </c>
       <c r="O2" t="s" s="5">
         <v>51</v>
       </c>
       <c r="P2" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="Q2" t="s" s="5">
         <v>51</v>
       </c>
       <c r="R2" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="S2" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="T2" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="U2" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="V2" t="s" s="5">
         <v>51</v>
       </c>
       <c r="W2" t="s" s="5">
         <v>50</v>
       </c>
       <c r="X2" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="Y2" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Z2" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AA2" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AB2" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AC2" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AD2" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AE2" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AF2" t="s" s="5">
         <v>51</v>
       </c>
@@ -1163,115 +1160,115 @@
       <c r="AQ2" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR2" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS2" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT2" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU2" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="3">
       <c r="A3">
         <v>2</v>
       </c>
       <c r="B3" t="s">
         <v>53</v>
       </c>
       <c r="C3" t="inlineStr" s="4">
         <is>
-          <t>5435Про дострокове припинення повноважень депутата Червоноградської міської ради VIIІ скликання Левкун Валентини Георгіївни</t>
+          <t>ID - 5435,  Про дострокове припинення повноважень депутата Червоноградської міської ради VIIІ скликання Левкун Валентини Георгіївни</t>
         </is>
       </c>
       <c r="D3" t="s">
         <v>45</v>
       </c>
       <c r="E3" t="s">
         <v>46</v>
       </c>
       <c r="F3" t="s">
         <v>54</v>
       </c>
       <c r="G3" t="s">
         <v>48</v>
       </c>
       <c r="H3" t="s">
         <v>49</v>
       </c>
       <c r="I3" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J3" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K3" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="L3" t="s" s="5">
         <v>50</v>
       </c>
       <c r="M3" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="N3" t="s" s="5">
         <v>50</v>
       </c>
       <c r="O3" t="s" s="5">
         <v>51</v>
       </c>
       <c r="P3" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="Q3" t="s" s="5">
         <v>51</v>
       </c>
       <c r="R3" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="S3" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="T3" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="U3" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="V3" t="s" s="5">
         <v>51</v>
       </c>
       <c r="W3" t="s" s="5">
         <v>50</v>
       </c>
       <c r="X3" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="Y3" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Z3" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AA3" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AB3" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AC3" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AD3" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AE3" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AF3" t="s" s="5">
         <v>51</v>
       </c>
@@ -1308,115 +1305,115 @@
       <c r="AQ3" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR3" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS3" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT3" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU3" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="4">
       <c r="A4">
         <v>3</v>
       </c>
       <c r="B4" t="s">
         <v>55</v>
       </c>
       <c r="C4" t="inlineStr" s="4">
         <is>
-          <t>5436Про виконання бюджету Червоноградської міської територіальної громади за 2023 рік та внесення змін до бюджету Червоноградської міської територіальної громади на 2024 рік (1358700000) (код бюджету)</t>
+          <t>ID - 5436,  Про виконання бюджету Червоноградської міської територіальної громади за 2023 рік та внесення змін до бюджету Червоноградської міської територіальної громади на 2024 рік (1358700000) (код бюджету)</t>
         </is>
       </c>
       <c r="D4" t="s">
         <v>56</v>
       </c>
       <c r="E4" t="s">
         <v>46</v>
       </c>
       <c r="F4" t="s">
         <v>54</v>
       </c>
       <c r="G4" t="s">
         <v>48</v>
       </c>
       <c r="H4" t="s">
         <v>49</v>
       </c>
       <c r="I4" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J4" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K4" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="L4" t="s" s="5">
         <v>50</v>
       </c>
       <c r="M4" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="N4" t="s" s="5">
         <v>50</v>
       </c>
       <c r="O4" t="s" s="5">
         <v>51</v>
       </c>
       <c r="P4" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="Q4" t="s" s="5">
         <v>51</v>
       </c>
       <c r="R4" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="S4" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="T4" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="U4" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="V4" t="s" s="5">
         <v>51</v>
       </c>
       <c r="W4" t="s" s="5">
         <v>50</v>
       </c>
       <c r="X4" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="Y4" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Z4" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AA4" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AB4" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AC4" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AD4" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AE4" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AF4" t="s" s="5">
         <v>51</v>
       </c>
@@ -1453,115 +1450,115 @@
       <c r="AQ4" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR4" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS4" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT4" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU4" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="5">
       <c r="A5">
         <v>4</v>
       </c>
       <c r="B5" t="s">
         <v>57</v>
       </c>
       <c r="C5" t="inlineStr" s="4">
         <is>
-          <t>5437І. Прикінцевими положеннями Закону України «Про державний бюджет України на 2024 рік» призупинено дію Закону України `Про статус ветеранів війни, гарантії їх соціального захисту`, що стосується безоплатного забезпечення санаторно-курортним лікуванням, одержанням компенсації вартості самостійного санаторно-курортного лікування та порядку їх надання, а також дію Законів України «Про статус і соціальний захист громадян, які постраждали внаслідок Чорнобильської катастрофи», «Про основи соціальної захищеності осіб з інвалідністю в Україні» - в частині забезпечення санаторно-курортним лікуванням постраждалих внаслідок ЧАЕС, в тому числі дітей з інвалідністю, осіб з інвалідністю та виплати грошової компенсації замість санаторно-курортного лікування і компенсації вартості самостійного санаторно-курортного лікування.       Тому пропонуємо здійснити переміщення із КФКВ 3031 «Надання інших пільг окремим категоріям громадян відповідно до законодавства» 200,0 тис.грн. на КФКВ 3242 «Інші заходи у сфері соціального захисту і соціального забезпечення» для </t>
+          <t>ID - 5437,  І. Прикінцевими положеннями Закону України «Про державний бюджет України на 2024 рік» призупинено дію Закону України `Про статус ветеранів війни, гарантії їх соціального захисту`, що стосується безоплатного забезпечення санаторно-курортним лікуванням, одержанням компенсації вартості самостійного санаторно-курортного лікування та порядку їх надання, а також дію Законів України «Про статус і соціальний захист громадян, які постраждали внаслідок Чорнобильської катастрофи», «Про основи соціальної захищеності осіб з інвалідністю в Україні» - в частині забезпечення санаторно-курортним лікуванням постраждалих внаслідок ЧАЕС, в тому числі дітей з інвалідністю, осіб з інвалідністю та виплати грошової компенсації замість санаторно-курортного лікування і компенсації вартості самостійного санаторно-курортного лікування.       Тому пропонуємо здійснити переміщення із КФКВ 3031 «Надання інших пільг окремим категоріям громадян відповідно до законодавства» 200,0 тис.грн. на КФКВ 3242 «Інші заходи у сфері соціального захисту і соціального забезпечення» для </t>
         </is>
       </c>
       <c r="D5" t="s">
         <v>58</v>
       </c>
       <c r="E5" t="s">
         <v>46</v>
       </c>
       <c r="F5" t="s">
         <v>47</v>
       </c>
       <c r="G5" t="s">
         <v>48</v>
       </c>
       <c r="H5" t="s">
         <v>49</v>
       </c>
       <c r="I5" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J5" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K5" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="L5" t="s" s="5">
         <v>50</v>
       </c>
       <c r="M5" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="N5" t="s" s="5">
         <v>50</v>
       </c>
       <c r="O5" t="s" s="5">
         <v>51</v>
       </c>
       <c r="P5" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="Q5" t="s" s="5">
         <v>51</v>
       </c>
       <c r="R5" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="S5" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="T5" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="U5" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="V5" t="s" s="5">
         <v>51</v>
       </c>
       <c r="W5" t="s" s="5">
         <v>50</v>
       </c>
       <c r="X5" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="Y5" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Z5" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AA5" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AB5" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AC5" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AD5" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AE5" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AF5" t="s" s="5">
         <v>51</v>
       </c>
@@ -1598,115 +1595,115 @@
       <c r="AQ5" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR5" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS5" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT5" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU5" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="6">
       <c r="A6">
         <v>5</v>
       </c>
       <c r="B6" t="s">
         <v>59</v>
       </c>
       <c r="C6" t="inlineStr" s="4">
         <is>
-          <t>5438Про виконання бюджету Червоноградської міської територіальної громади за 2023 рік та внесення змін до бюджету Червоноградської міської територіальної громади на 2024 рік (1358700000) (код бюджету)</t>
+          <t>ID - 5438,  Про виконання бюджету Червоноградської міської територіальної громади за 2023 рік та внесення змін до бюджету Червоноградської міської територіальної громади на 2024 рік (1358700000) (код бюджету)</t>
         </is>
       </c>
       <c r="D6" t="s">
         <v>60</v>
       </c>
       <c r="E6" t="s">
         <v>46</v>
       </c>
       <c r="F6" t="s">
         <v>61</v>
       </c>
       <c r="G6" t="s">
         <v>48</v>
       </c>
       <c r="H6" t="s">
         <v>49</v>
       </c>
       <c r="I6" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J6" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K6" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="L6" t="s" s="5">
         <v>50</v>
       </c>
       <c r="M6" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="N6" t="s" s="5">
         <v>50</v>
       </c>
       <c r="O6" t="s" s="5">
         <v>51</v>
       </c>
       <c r="P6" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="Q6" t="s" s="5">
         <v>51</v>
       </c>
       <c r="R6" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="S6" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="T6" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="U6" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="V6" t="s" s="5">
         <v>51</v>
       </c>
       <c r="W6" t="s" s="5">
         <v>50</v>
       </c>
       <c r="X6" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="Y6" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Z6" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AA6" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AB6" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AC6" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AD6" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AE6" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AF6" t="s" s="5">
         <v>51</v>
       </c>
@@ -1743,115 +1740,115 @@
       <c r="AQ6" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR6" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS6" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT6" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU6" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="7">
       <c r="A7">
         <v>6</v>
       </c>
       <c r="B7" t="s">
         <v>62</v>
       </c>
       <c r="C7" t="inlineStr" s="4">
         <is>
-          <t>5439Про внесення змін до Порядку надання послуг з безкоштовного відвідування плавального басейну КП СК «Шахтар», затвердженого рішенням Червоноградської міської ради від 25.01.2024 № 2348</t>
+          <t>ID - 5439,  Про внесення змін до Порядку надання послуг з безкоштовного відвідування плавального басейну КП СК «Шахтар», затвердженого рішенням Червоноградської міської ради від 25.01.2024 № 2348</t>
         </is>
       </c>
       <c r="D7" t="s">
         <v>45</v>
       </c>
       <c r="E7" t="s">
         <v>46</v>
       </c>
       <c r="F7" t="s">
         <v>61</v>
       </c>
       <c r="G7" t="s">
         <v>48</v>
       </c>
       <c r="H7" t="s">
         <v>49</v>
       </c>
       <c r="I7" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J7" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K7" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="L7" t="s" s="5">
         <v>50</v>
       </c>
       <c r="M7" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="N7" t="s" s="5">
         <v>50</v>
       </c>
       <c r="O7" t="s" s="5">
         <v>51</v>
       </c>
       <c r="P7" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="Q7" t="s" s="5">
         <v>51</v>
       </c>
       <c r="R7" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="S7" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="T7" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="U7" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="V7" t="s" s="5">
         <v>51</v>
       </c>
       <c r="W7" t="s" s="5">
         <v>50</v>
       </c>
       <c r="X7" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="Y7" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Z7" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AA7" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AB7" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AC7" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AD7" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AE7" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AF7" t="s" s="5">
         <v>51</v>
       </c>
@@ -1888,115 +1885,115 @@
       <c r="AQ7" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR7" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS7" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT7" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU7" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="8">
       <c r="A8">
         <v>7</v>
       </c>
       <c r="B8" t="s">
         <v>63</v>
       </c>
       <c r="C8" t="inlineStr" s="4">
         <is>
-          <t>5440Про внесення змін до рішення Червоноградської міської ради № 197 від 26.12.2013 та затвердження Положення та регламенту Центру надання адміністративних послуг</t>
+          <t>ID - 5440,  Про внесення змін до рішення Червоноградської міської ради № 197 від 26.12.2013 та затвердження Положення та регламенту Центру надання адміністративних послуг</t>
         </is>
       </c>
       <c r="D8" t="s">
         <v>45</v>
       </c>
       <c r="E8" t="s">
         <v>46</v>
       </c>
       <c r="F8" t="s">
         <v>61</v>
       </c>
       <c r="G8" t="s">
         <v>48</v>
       </c>
       <c r="H8" t="s">
         <v>49</v>
       </c>
       <c r="I8" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J8" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K8" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="L8" t="s" s="5">
         <v>50</v>
       </c>
       <c r="M8" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="N8" t="s" s="5">
         <v>50</v>
       </c>
       <c r="O8" t="s" s="5">
         <v>51</v>
       </c>
       <c r="P8" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="Q8" t="s" s="5">
         <v>51</v>
       </c>
       <c r="R8" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="S8" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="T8" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="U8" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="V8" t="s" s="5">
         <v>51</v>
       </c>
       <c r="W8" t="s" s="5">
         <v>50</v>
       </c>
       <c r="X8" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="Y8" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Z8" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AA8" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AB8" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AC8" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AD8" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AE8" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AF8" t="s" s="5">
         <v>51</v>
       </c>
@@ -2056,105 +2053,105 @@
       <c r="C9" t="s" s="4">
         <v>65</v>
       </c>
       <c r="D9" t="s">
         <v>45</v>
       </c>
       <c r="E9" t="s">
         <v>46</v>
       </c>
       <c r="F9" t="s">
         <v>47</v>
       </c>
       <c r="G9" t="s">
         <v>48</v>
       </c>
       <c r="H9" t="s">
         <v>49</v>
       </c>
       <c r="I9" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J9" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K9" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="L9" t="s" s="5">
         <v>50</v>
       </c>
       <c r="M9" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="N9" t="s" s="5">
         <v>50</v>
       </c>
       <c r="O9" t="s" s="5">
         <v>51</v>
       </c>
       <c r="P9" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="Q9" t="s" s="5">
         <v>51</v>
       </c>
       <c r="R9" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="S9" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="T9" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="U9" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="V9" t="s" s="5">
         <v>51</v>
       </c>
       <c r="W9" t="s" s="5">
         <v>50</v>
       </c>
       <c r="X9" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="Y9" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Z9" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AA9" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="AB9" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AC9" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="AD9" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AE9" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AF9" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AG9" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AH9" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AI9" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AJ9" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AK9" t="s" s="5">
         <v>50</v>
       </c>
@@ -2193,111 +2190,111 @@
       <c r="A10">
         <v>9</v>
       </c>
       <c r="B10" t="s">
         <v>66</v>
       </c>
       <c r="C10" t="s" s="4">
         <v>67</v>
       </c>
       <c r="D10" t="s">
         <v>45</v>
       </c>
       <c r="E10" t="s">
         <v>46</v>
       </c>
       <c r="F10" t="s">
         <v>61</v>
       </c>
       <c r="G10" t="s">
         <v>48</v>
       </c>
       <c r="H10" t="s">
         <v>49</v>
       </c>
       <c r="I10" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="J10" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K10" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="L10" t="s" s="5">
         <v>50</v>
       </c>
       <c r="M10" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="N10" t="s" s="5">
         <v>50</v>
       </c>
       <c r="O10" t="s" s="5">
         <v>51</v>
       </c>
       <c r="P10" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="Q10" t="s" s="5">
         <v>51</v>
       </c>
       <c r="R10" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="S10" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="T10" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="U10" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="V10" t="s" s="5">
         <v>51</v>
       </c>
       <c r="W10" t="s" s="5">
         <v>50</v>
       </c>
       <c r="X10" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="Y10" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Z10" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AA10" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AB10" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AC10" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="AD10" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AE10" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AF10" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AG10" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AH10" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AI10" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AJ10" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AK10" t="s" s="5">
         <v>50</v>
       </c>
@@ -2319,130 +2316,130 @@
       <c r="AQ10" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR10" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS10" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT10" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU10" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="11">
       <c r="A11">
         <v>10</v>
       </c>
       <c r="B11" t="s">
         <v>68</v>
       </c>
       <c r="C11" t="inlineStr" s="4">
         <is>
-          <t>5443Про делегування повноважень щодо здійснення функцій замовника відділу капітального будівництва та інвестицій Червоноградської міської ради</t>
+          <t>ID - 5443,  Про делегування повноважень щодо здійснення функцій замовника відділу капітального будівництва та інвестицій Червоноградської міської ради</t>
         </is>
       </c>
       <c r="D11" t="s">
         <v>45</v>
       </c>
       <c r="E11" t="s">
         <v>46</v>
       </c>
       <c r="F11" t="s">
         <v>47</v>
       </c>
       <c r="G11" t="s">
         <v>48</v>
       </c>
       <c r="H11" t="s">
         <v>49</v>
       </c>
       <c r="I11" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="J11" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K11" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="L11" t="s" s="5">
         <v>50</v>
       </c>
       <c r="M11" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="N11" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="O11" t="s" s="5">
         <v>51</v>
       </c>
       <c r="P11" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="Q11" t="s" s="5">
         <v>51</v>
       </c>
       <c r="R11" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="S11" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="T11" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="U11" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="V11" t="s" s="5">
         <v>51</v>
       </c>
       <c r="W11" t="s" s="5">
         <v>50</v>
       </c>
       <c r="X11" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="Y11" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Z11" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AA11" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AB11" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AC11" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="AD11" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AE11" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AF11" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AG11" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AH11" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AI11" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AJ11" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AK11" t="s" s="5">
         <v>50</v>
       </c>
@@ -2464,130 +2461,130 @@
       <c r="AQ11" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR11" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS11" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT11" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU11" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="12">
       <c r="A12">
         <v>11</v>
       </c>
       <c r="B12" t="s">
         <v>69</v>
       </c>
       <c r="C12" t="inlineStr" s="4">
         <is>
-          <t>5444Про передачу з балансу вiддiлу капiтального будiвництва та iнвестицiй Червоноградської мiської ради на баланс комунального підприємства «Центр первинної медико-санітарної допомоги м.Червонограда» капiтальних вкладень</t>
+          <t>ID - 5444,  Про передачу з балансу вiддiлу капiтального будiвництва та iнвестицiй Червоноградської мiської ради на баланс комунального підприємства «Центр первинної медико-санітарної допомоги м.Червонограда» капiтальних вкладень</t>
         </is>
       </c>
       <c r="D12" t="s">
         <v>45</v>
       </c>
       <c r="E12" t="s">
         <v>46</v>
       </c>
       <c r="F12" t="s">
         <v>47</v>
       </c>
       <c r="G12" t="s">
         <v>48</v>
       </c>
       <c r="H12" t="s">
         <v>49</v>
       </c>
       <c r="I12" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="J12" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K12" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="L12" t="s" s="5">
         <v>50</v>
       </c>
       <c r="M12" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="N12" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="O12" t="s" s="5">
         <v>51</v>
       </c>
       <c r="P12" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="Q12" t="s" s="5">
         <v>51</v>
       </c>
       <c r="R12" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="S12" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="T12" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="U12" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="V12" t="s" s="5">
         <v>51</v>
       </c>
       <c r="W12" t="s" s="5">
         <v>50</v>
       </c>
       <c r="X12" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="Y12" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Z12" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AA12" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AB12" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AC12" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="AD12" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AE12" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AF12" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AG12" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AH12" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AI12" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AJ12" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AK12" t="s" s="5">
         <v>50</v>
       </c>
@@ -2609,130 +2606,130 @@
       <c r="AQ12" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR12" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS12" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT12" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU12" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="13">
       <c r="A13">
         <v>12</v>
       </c>
       <c r="B13" t="s">
         <v>70</v>
       </c>
       <c r="C13" t="inlineStr" s="4">
         <is>
-          <t>5445Про передачу з балансу вiддiлу капiтального будiвництва та iнвестицiй Червоноградської мiської ради в статутний фонд комунального підприємства «Червоноградводоканал» капiтальних вкладень</t>
+          <t>ID - 5445,  Про передачу з балансу вiддiлу капiтального будiвництва та iнвестицiй Червоноградської мiської ради в статутний фонд комунального підприємства «Червоноградводоканал» капiтальних вкладень</t>
         </is>
       </c>
       <c r="D13" t="s">
         <v>45</v>
       </c>
       <c r="E13" t="s">
         <v>46</v>
       </c>
       <c r="F13" t="s">
         <v>47</v>
       </c>
       <c r="G13" t="s">
         <v>48</v>
       </c>
       <c r="H13" t="s">
         <v>49</v>
       </c>
       <c r="I13" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="J13" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K13" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="L13" t="s" s="5">
         <v>50</v>
       </c>
       <c r="M13" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="N13" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="O13" t="s" s="5">
         <v>51</v>
       </c>
       <c r="P13" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="Q13" t="s" s="5">
         <v>51</v>
       </c>
       <c r="R13" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="S13" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="T13" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="U13" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="V13" t="s" s="5">
         <v>51</v>
       </c>
       <c r="W13" t="s" s="5">
         <v>50</v>
       </c>
       <c r="X13" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="Y13" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Z13" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AA13" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AB13" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AC13" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="AD13" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AE13" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AF13" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AG13" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AH13" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AI13" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AJ13" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AK13" t="s" s="5">
         <v>50</v>
       </c>
@@ -2754,130 +2751,130 @@
       <c r="AQ13" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR13" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS13" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT13" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU13" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="14">
       <c r="A14">
         <v>13</v>
       </c>
       <c r="B14" t="s">
         <v>71</v>
       </c>
       <c r="C14" t="inlineStr" s="4">
         <is>
-          <t>5446Про затвердження містобудівної документації `Детальний план території з метою розташування індустріального парку за межами с. Острів Червоноградської міської територіальної громади Червоноградського району Львівської області`</t>
+          <t>ID - 5446,  Про затвердження містобудівної документації `Детальний план території з метою розташування індустріального парку за межами с. Острів Червоноградської міської територіальної громади Червоноградського району Львівської області`</t>
         </is>
       </c>
       <c r="D14" t="s">
         <v>45</v>
       </c>
       <c r="E14" t="s">
         <v>46</v>
       </c>
       <c r="F14" t="s">
         <v>47</v>
       </c>
       <c r="G14" t="s">
         <v>48</v>
       </c>
       <c r="H14" t="s">
         <v>49</v>
       </c>
       <c r="I14" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="J14" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K14" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="L14" t="s" s="5">
         <v>50</v>
       </c>
       <c r="M14" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="N14" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="O14" t="s" s="5">
         <v>51</v>
       </c>
       <c r="P14" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="Q14" t="s" s="5">
         <v>51</v>
       </c>
       <c r="R14" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="S14" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="T14" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="U14" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="V14" t="s" s="5">
         <v>51</v>
       </c>
       <c r="W14" t="s" s="5">
         <v>50</v>
       </c>
       <c r="X14" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="Y14" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Z14" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AA14" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AB14" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AC14" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="AD14" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AE14" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AF14" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AG14" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AH14" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AI14" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AJ14" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AK14" t="s" s="5">
         <v>50</v>
       </c>
@@ -2899,118 +2896,118 @@
       <c r="AQ14" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR14" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS14" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT14" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU14" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="15">
       <c r="A15">
         <v>14</v>
       </c>
       <c r="B15" t="s">
         <v>72</v>
       </c>
       <c r="C15" t="inlineStr" s="4">
         <is>
-          <t>5447Про звернення до депутатів Верховної Ради України, Кабінету Міністрів України, Міністерства розвитку громад, територій та інфраструктури України</t>
+          <t>ID - 5447,  Про звернення до депутатів Верховної Ради України, Кабінету Міністрів України, Міністерства розвитку громад, територій та інфраструктури України</t>
         </is>
       </c>
       <c r="D15" t="s">
         <v>45</v>
       </c>
       <c r="E15" t="s">
         <v>46</v>
       </c>
       <c r="F15" t="s">
         <v>73</v>
       </c>
       <c r="G15" t="s">
         <v>48</v>
       </c>
       <c r="H15" t="s">
         <v>49</v>
       </c>
       <c r="I15" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J15" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K15" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="L15" t="s" s="5">
         <v>50</v>
       </c>
       <c r="M15" t="s" s="5">
         <v>50</v>
       </c>
       <c r="N15" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="O15" t="s" s="5">
         <v>51</v>
       </c>
       <c r="P15" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="Q15" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="R15" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="S15" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="T15" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="U15" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="V15" t="s" s="5">
         <v>51</v>
       </c>
       <c r="W15" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="X15" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="Y15" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="Z15" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AA15" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AB15" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AC15" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AD15" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AE15" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AF15" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AG15" t="s" s="5">
         <v>50</v>
       </c>
@@ -3044,118 +3041,118 @@
       <c r="AQ15" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR15" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS15" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT15" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU15" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="16">
       <c r="A16">
         <v>15</v>
       </c>
       <c r="B16" t="s">
         <v>74</v>
       </c>
       <c r="C16" t="inlineStr" s="4">
         <is>
-          <t>5448Про затвердження Програми накопичення засобів індивідуального захисту для непрацюючого населення на 2024 рік</t>
+          <t>ID - 5448,  Про затвердження Програми накопичення засобів індивідуального захисту для непрацюючого населення на 2024 рік</t>
         </is>
       </c>
       <c r="D16" t="s">
         <v>45</v>
       </c>
       <c r="E16" t="s">
         <v>46</v>
       </c>
       <c r="F16" t="s">
         <v>47</v>
       </c>
       <c r="G16" t="s">
         <v>48</v>
       </c>
       <c r="H16" t="s">
         <v>49</v>
       </c>
       <c r="I16" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J16" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K16" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="L16" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="M16" t="s" s="5">
         <v>50</v>
       </c>
       <c r="N16" t="s" s="5">
         <v>50</v>
       </c>
       <c r="O16" t="s" s="5">
         <v>51</v>
       </c>
       <c r="P16" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="Q16" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="R16" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="S16" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="T16" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="U16" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="V16" t="s" s="5">
         <v>51</v>
       </c>
       <c r="W16" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="X16" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="Y16" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="Z16" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AA16" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AB16" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AC16" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AD16" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AE16" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AF16" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AG16" t="s" s="5">
         <v>50</v>
       </c>
@@ -3189,130 +3186,130 @@
       <c r="AQ16" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR16" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS16" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT16" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU16" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="17">
       <c r="A17">
         <v>16</v>
       </c>
       <c r="B17" t="s">
         <v>75</v>
       </c>
       <c r="C17" t="inlineStr" s="4">
         <is>
-          <t>5449Про внесення змін в Положення про відділ охорони здоров’я Червоноградської міської ради</t>
+          <t>ID - 5449,  Про внесення змін в Положення про відділ охорони здоров’я Червоноградської міської ради</t>
         </is>
       </c>
       <c r="D17" t="s">
         <v>45</v>
       </c>
       <c r="E17" t="s">
         <v>76</v>
       </c>
       <c r="F17" t="s">
         <v>77</v>
       </c>
       <c r="G17" t="s">
         <v>48</v>
       </c>
       <c r="H17" t="s">
         <v>78</v>
       </c>
       <c r="I17" t="s" s="5">
-        <v>50</v>
+        <v>79</v>
       </c>
       <c r="J17" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K17" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="L17" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="M17" t="s" s="5">
         <v>50</v>
       </c>
       <c r="N17" t="s" s="5">
         <v>50</v>
       </c>
       <c r="O17" t="s" s="5">
         <v>51</v>
       </c>
       <c r="P17" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="Q17" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="R17" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="S17" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="T17" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="U17" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="V17" t="s" s="5">
         <v>51</v>
       </c>
       <c r="W17" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="X17" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="Y17" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="Z17" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AA17" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AB17" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AC17" t="s" s="5">
-        <v>79</v>
+        <v>50</v>
       </c>
       <c r="AD17" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AE17" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AF17" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AG17" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AH17" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AI17" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AJ17" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AK17" t="s" s="5">
         <v>50</v>
       </c>
@@ -3334,130 +3331,130 @@
       <c r="AQ17" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR17" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS17" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT17" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU17" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="18">
       <c r="A18">
         <v>17</v>
       </c>
       <c r="B18" t="s">
         <v>80</v>
       </c>
       <c r="C18" t="inlineStr" s="4">
         <is>
-          <t>5450Про внесення змін в Положення про відділ охорони здоров’я Червоноградської міської ради</t>
+          <t>ID - 5450,  Про внесення змін в Положення про відділ охорони здоров’я Червоноградської міської ради</t>
         </is>
       </c>
       <c r="D18" t="s">
         <v>45</v>
       </c>
       <c r="E18" t="s">
         <v>76</v>
       </c>
       <c r="F18" t="s">
         <v>77</v>
       </c>
       <c r="G18" t="s">
         <v>48</v>
       </c>
       <c r="H18" t="s">
         <v>49</v>
       </c>
       <c r="I18" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="J18" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K18" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="L18" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="M18" t="s" s="5">
         <v>50</v>
       </c>
       <c r="N18" t="s" s="5">
         <v>50</v>
       </c>
       <c r="O18" t="s" s="5">
         <v>51</v>
       </c>
       <c r="P18" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="Q18" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="R18" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="S18" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="T18" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="U18" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="V18" t="s" s="5">
         <v>51</v>
       </c>
       <c r="W18" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="X18" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="Y18" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="Z18" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AA18" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AB18" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AC18" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="AD18" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AE18" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AF18" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AG18" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AH18" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AI18" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AJ18" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AK18" t="s" s="5">
         <v>50</v>
       </c>
@@ -3479,130 +3476,130 @@
       <c r="AQ18" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR18" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS18" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT18" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU18" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="19">
       <c r="A19">
         <v>18</v>
       </c>
       <c r="B19" t="s">
         <v>81</v>
       </c>
       <c r="C19" t="inlineStr" s="4">
         <is>
-          <t>5451Про внесення змін в Положення про відділ охорони здоров’я Червоноградської міської ради</t>
+          <t>ID - 5451,  Про внесення змін в Положення про відділ охорони здоров’я Червоноградської міської ради</t>
         </is>
       </c>
       <c r="D19" t="s">
         <v>45</v>
       </c>
       <c r="E19" t="s">
         <v>76</v>
       </c>
       <c r="F19" t="s">
         <v>82</v>
       </c>
       <c r="G19" t="s">
         <v>48</v>
       </c>
       <c r="H19" t="s">
         <v>78</v>
       </c>
       <c r="I19" t="s" s="5">
-        <v>50</v>
+        <v>79</v>
       </c>
       <c r="J19" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K19" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="L19" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="M19" t="s" s="5">
         <v>50</v>
       </c>
       <c r="N19" t="s" s="5">
         <v>50</v>
       </c>
       <c r="O19" t="s" s="5">
         <v>51</v>
       </c>
       <c r="P19" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="Q19" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="R19" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="S19" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="T19" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="U19" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="V19" t="s" s="5">
         <v>51</v>
       </c>
       <c r="W19" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="X19" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="Y19" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="Z19" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AA19" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AB19" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AC19" t="s" s="5">
-        <v>79</v>
+        <v>50</v>
       </c>
       <c r="AD19" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AE19" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AF19" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AG19" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AH19" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AI19" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AJ19" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AK19" t="s" s="5">
         <v>50</v>
       </c>
@@ -3624,118 +3621,118 @@
       <c r="AQ19" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR19" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS19" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT19" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU19" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="20">
       <c r="A20">
         <v>19</v>
       </c>
       <c r="B20" t="s">
         <v>83</v>
       </c>
       <c r="C20" t="inlineStr" s="4">
         <is>
-          <t>5452Про внесення змін в Положення про відділ охорони здоров’я Червоноградської міської ради</t>
+          <t>ID - 5452,  Про внесення змін в Положення про відділ охорони здоров’я Червоноградської міської ради</t>
         </is>
       </c>
       <c r="D20" t="s">
         <v>45</v>
       </c>
       <c r="E20" t="s">
         <v>46</v>
       </c>
       <c r="F20" t="s">
         <v>47</v>
       </c>
       <c r="G20" t="s">
         <v>48</v>
       </c>
       <c r="H20" t="s">
         <v>49</v>
       </c>
       <c r="I20" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J20" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K20" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="L20" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="M20" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="N20" t="s" s="5">
         <v>50</v>
       </c>
       <c r="O20" t="s" s="5">
         <v>51</v>
       </c>
       <c r="P20" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="Q20" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="R20" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="S20" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="T20" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="U20" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="V20" t="s" s="5">
         <v>51</v>
       </c>
       <c r="W20" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="X20" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="Y20" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="Z20" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AA20" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AB20" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AC20" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AD20" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AE20" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AF20" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AG20" t="s" s="5">
         <v>50</v>
       </c>
@@ -3769,118 +3766,118 @@
       <c r="AQ20" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR20" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS20" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT20" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU20" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="21">
       <c r="A21">
         <v>20</v>
       </c>
       <c r="B21" t="s">
         <v>84</v>
       </c>
       <c r="C21" t="inlineStr" s="4">
         <is>
-          <t>5453Про присвоєння звання «Почесний громадянин» Червоноградської міської територіальної громади»</t>
+          <t>ID - 5453,  Про присвоєння звання «Почесний громадянин» Червоноградської міської територіальної громади»</t>
         </is>
       </c>
       <c r="D21" t="s">
         <v>56</v>
       </c>
       <c r="E21" t="s">
         <v>46</v>
       </c>
       <c r="F21" t="s">
         <v>61</v>
       </c>
       <c r="G21" t="s">
         <v>48</v>
       </c>
       <c r="H21" t="s">
         <v>49</v>
       </c>
       <c r="I21" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J21" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K21" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="L21" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="M21" t="s" s="5">
         <v>50</v>
       </c>
       <c r="N21" t="s" s="5">
         <v>50</v>
       </c>
       <c r="O21" t="s" s="5">
         <v>51</v>
       </c>
       <c r="P21" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="Q21" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="R21" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="S21" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="T21" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="U21" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="V21" t="s" s="5">
         <v>51</v>
       </c>
       <c r="W21" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="X21" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="Y21" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="Z21" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AA21" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AB21" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AC21" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AD21" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AE21" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AF21" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AG21" t="s" s="5">
         <v>50</v>
       </c>
@@ -3937,93 +3934,93 @@
       <c r="C22" t="s" s="4">
         <v>86</v>
       </c>
       <c r="D22" t="s">
         <v>58</v>
       </c>
       <c r="E22" t="s">
         <v>46</v>
       </c>
       <c r="F22" t="s">
         <v>61</v>
       </c>
       <c r="G22" t="s">
         <v>48</v>
       </c>
       <c r="H22" t="s">
         <v>49</v>
       </c>
       <c r="I22" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J22" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K22" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="L22" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="M22" t="s" s="5">
         <v>50</v>
       </c>
       <c r="N22" t="s" s="5">
         <v>50</v>
       </c>
       <c r="O22" t="s" s="5">
         <v>51</v>
       </c>
       <c r="P22" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="Q22" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="R22" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="S22" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="T22" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="U22" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="V22" t="s" s="5">
         <v>51</v>
       </c>
       <c r="W22" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="X22" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="Y22" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="Z22" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AA22" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AB22" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AC22" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AD22" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AE22" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AF22" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AG22" t="s" s="5">
         <v>50</v>
       </c>
@@ -4057,118 +4054,118 @@
       <c r="AQ22" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR22" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS22" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT22" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU22" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="23">
       <c r="A23">
         <v>22</v>
       </c>
       <c r="B23" t="s">
         <v>87</v>
       </c>
       <c r="C23" t="inlineStr" s="4">
         <is>
-          <t>5455Про присвоєння звання «Почесний громадянин» Червоноградської міської територіальної громади»</t>
+          <t>ID - 5455,  Про присвоєння звання «Почесний громадянин» Червоноградської міської територіальної громади»</t>
         </is>
       </c>
       <c r="D23" t="s">
         <v>60</v>
       </c>
       <c r="E23" t="s">
         <v>46</v>
       </c>
       <c r="F23" t="s">
         <v>61</v>
       </c>
       <c r="G23" t="s">
         <v>48</v>
       </c>
       <c r="H23" t="s">
         <v>49</v>
       </c>
       <c r="I23" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J23" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K23" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="L23" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="M23" t="s" s="5">
         <v>50</v>
       </c>
       <c r="N23" t="s" s="5">
         <v>50</v>
       </c>
       <c r="O23" t="s" s="5">
         <v>51</v>
       </c>
       <c r="P23" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="Q23" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="R23" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="S23" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="T23" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="U23" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="V23" t="s" s="5">
         <v>51</v>
       </c>
       <c r="W23" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="X23" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="Y23" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="Z23" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AA23" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AB23" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AC23" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AD23" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AE23" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AF23" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AG23" t="s" s="5">
         <v>50</v>
       </c>
@@ -4219,111 +4216,111 @@
       <c r="A24">
         <v>23</v>
       </c>
       <c r="B24" t="s">
         <v>88</v>
       </c>
       <c r="C24" t="s" s="4">
         <v>89</v>
       </c>
       <c r="D24" t="s">
         <v>45</v>
       </c>
       <c r="E24" t="s">
         <v>76</v>
       </c>
       <c r="F24" t="s">
         <v>90</v>
       </c>
       <c r="G24" t="s">
         <v>48</v>
       </c>
       <c r="H24" t="s">
         <v>78</v>
       </c>
       <c r="I24" t="s" s="5">
-        <v>50</v>
+        <v>79</v>
       </c>
       <c r="J24" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K24" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="L24" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="M24" t="s" s="5">
         <v>50</v>
       </c>
       <c r="N24" t="s" s="5">
         <v>50</v>
       </c>
       <c r="O24" t="s" s="5">
         <v>51</v>
       </c>
       <c r="P24" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="Q24" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="R24" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="S24" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="T24" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="U24" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="V24" t="s" s="5">
         <v>51</v>
       </c>
       <c r="W24" t="s" s="5">
         <v>52</v>
       </c>
       <c r="X24" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="Y24" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="Z24" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AA24" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AB24" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AC24" t="s" s="5">
-        <v>79</v>
+        <v>50</v>
       </c>
       <c r="AD24" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AE24" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AF24" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AG24" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AH24" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AI24" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AJ24" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AK24" t="s" s="5">
         <v>50</v>
       </c>
@@ -4368,93 +4365,93 @@
       <c r="C25" t="s" s="4">
         <v>92</v>
       </c>
       <c r="D25" t="s">
         <v>45</v>
       </c>
       <c r="E25" t="s">
         <v>46</v>
       </c>
       <c r="F25" t="s">
         <v>47</v>
       </c>
       <c r="G25" t="s">
         <v>48</v>
       </c>
       <c r="H25" t="s">
         <v>78</v>
       </c>
       <c r="I25" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J25" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K25" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="L25" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="M25" t="s" s="5">
         <v>50</v>
       </c>
       <c r="N25" t="s" s="5">
         <v>50</v>
       </c>
       <c r="O25" t="s" s="5">
         <v>51</v>
       </c>
       <c r="P25" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="Q25" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="R25" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="S25" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="T25" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="U25" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="V25" t="s" s="5">
         <v>51</v>
       </c>
       <c r="W25" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="X25" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="Y25" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="Z25" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AA25" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AB25" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AC25" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AD25" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AE25" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AF25" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AG25" t="s" s="5">
         <v>50</v>
       </c>
@@ -4511,93 +4508,93 @@
       <c r="C26" t="s" s="4">
         <v>94</v>
       </c>
       <c r="D26" t="s">
         <v>45</v>
       </c>
       <c r="E26" t="s">
         <v>46</v>
       </c>
       <c r="F26" t="s">
         <v>54</v>
       </c>
       <c r="G26" t="s">
         <v>48</v>
       </c>
       <c r="H26" t="s">
         <v>49</v>
       </c>
       <c r="I26" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J26" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K26" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="L26" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="M26" t="s" s="5">
         <v>50</v>
       </c>
       <c r="N26" t="s" s="5">
         <v>50</v>
       </c>
       <c r="O26" t="s" s="5">
         <v>51</v>
       </c>
       <c r="P26" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="Q26" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="R26" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="S26" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="T26" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="U26" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="V26" t="s" s="5">
         <v>51</v>
       </c>
       <c r="W26" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="X26" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="Y26" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="Z26" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AA26" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AB26" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AC26" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AD26" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AE26" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AF26" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AG26" t="s" s="5">
         <v>50</v>
       </c>
@@ -4631,127 +4628,127 @@
       <c r="AQ26" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR26" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS26" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT26" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU26" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="27">
       <c r="A27">
         <v>26</v>
       </c>
       <c r="B27" t="s">
         <v>95</v>
       </c>
       <c r="C27" t="inlineStr" s="4">
         <is>
-          <t>5459Про виконання основних показникiв Програми соцiально-економiчного розвитку м.Червонограда за 2023 рiк та затвердження Програми Червоноградської територіальної громади на 2024 рік</t>
+          <t>ID - 5459,  Про виконання основних показникiв Програми соцiально-економiчного розвитку м.Червонограда за 2023 рiк та затвердження Програми Червоноградської територіальної громади на 2024 рік</t>
         </is>
       </c>
       <c r="D27" t="s">
         <v>45</v>
       </c>
       <c r="E27" t="s">
         <v>46</v>
       </c>
       <c r="F27" t="s">
         <v>47</v>
       </c>
       <c r="G27" t="s">
         <v>48</v>
       </c>
       <c r="H27" t="s">
         <v>49</v>
       </c>
       <c r="I27" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J27" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K27" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="L27" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="M27" t="s" s="5">
         <v>50</v>
       </c>
       <c r="N27" t="s" s="5">
         <v>50</v>
       </c>
       <c r="O27" t="s" s="5">
         <v>51</v>
       </c>
       <c r="P27" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="Q27" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="R27" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="S27" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="T27" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="U27" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="V27" t="s" s="5">
         <v>51</v>
       </c>
       <c r="W27" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="X27" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="Y27" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="Z27" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="AA27" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AB27" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="AC27" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AD27" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AE27" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AF27" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AG27" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AH27" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AI27" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AJ27" t="s" s="5">
         <v>51</v>
       </c>
@@ -4776,127 +4773,127 @@
       <c r="AQ27" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR27" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS27" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT27" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU27" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="28">
       <c r="A28">
         <v>27</v>
       </c>
       <c r="B28" t="s">
         <v>96</v>
       </c>
       <c r="C28" t="inlineStr" s="4">
         <is>
-          <t>5460Про виключення з Переліку об’єктів комунальної власності Червоноградської міської територіальної громади, які підлягають приватизації у 2023 році</t>
+          <t>ID - 5460,  Про виключення з Переліку об’єктів комунальної власності Червоноградської міської територіальної громади, які підлягають приватизації у 2023 році</t>
         </is>
       </c>
       <c r="D28" t="s">
         <v>45</v>
       </c>
       <c r="E28" t="s">
         <v>46</v>
       </c>
       <c r="F28" t="s">
         <v>47</v>
       </c>
       <c r="G28" t="s">
         <v>48</v>
       </c>
       <c r="H28" t="s">
         <v>49</v>
       </c>
       <c r="I28" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J28" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K28" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="L28" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="M28" t="s" s="5">
         <v>50</v>
       </c>
       <c r="N28" t="s" s="5">
         <v>50</v>
       </c>
       <c r="O28" t="s" s="5">
         <v>51</v>
       </c>
       <c r="P28" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="Q28" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="R28" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="S28" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="T28" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="U28" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="V28" t="s" s="5">
         <v>51</v>
       </c>
       <c r="W28" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="X28" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="Y28" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="Z28" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="AA28" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AB28" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="AC28" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AD28" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AE28" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AF28" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AG28" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AH28" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AI28" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AJ28" t="s" s="5">
         <v>51</v>
       </c>
@@ -4921,127 +4918,127 @@
       <c r="AQ28" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR28" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS28" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT28" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU28" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="29">
       <c r="A29">
         <v>28</v>
       </c>
       <c r="B29" t="s">
         <v>97</v>
       </c>
       <c r="C29" t="inlineStr" s="4">
         <is>
-          <t>5461Про затвердження структури та загальної чисельності виконавчих органів Червоноградської міської ради в новій редакції</t>
+          <t>ID - 5461,  Про затвердження структури та загальної чисельності виконавчих органів Червоноградської міської ради в новій редакції</t>
         </is>
       </c>
       <c r="D29" t="s">
         <v>45</v>
       </c>
       <c r="E29" t="s">
         <v>46</v>
       </c>
       <c r="F29" t="s">
         <v>47</v>
       </c>
       <c r="G29" t="s">
         <v>48</v>
       </c>
       <c r="H29" t="s">
         <v>49</v>
       </c>
       <c r="I29" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J29" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K29" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="L29" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="M29" t="s" s="5">
         <v>50</v>
       </c>
       <c r="N29" t="s" s="5">
         <v>50</v>
       </c>
       <c r="O29" t="s" s="5">
         <v>51</v>
       </c>
       <c r="P29" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="Q29" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="R29" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="S29" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="T29" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="U29" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="V29" t="s" s="5">
         <v>51</v>
       </c>
       <c r="W29" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="X29" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="Y29" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="Z29" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="AA29" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AB29" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="AC29" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AD29" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AE29" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AF29" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AG29" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AH29" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AI29" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AJ29" t="s" s="5">
         <v>51</v>
       </c>
@@ -5086,105 +5083,105 @@
       <c r="B30" t="s">
         <v>98</v>
       </c>
       <c r="C30" t="s" s="4">
         <v>99</v>
       </c>
       <c r="D30" t="s">
         <v>45</v>
       </c>
       <c r="E30" t="s">
         <v>46</v>
       </c>
       <c r="F30" t="s">
         <v>73</v>
       </c>
       <c r="G30" t="s">
         <v>48</v>
       </c>
       <c r="H30" t="s">
         <v>49</v>
       </c>
       <c r="I30" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J30" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="K30" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="L30" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="M30" t="s" s="5">
         <v>50</v>
       </c>
       <c r="N30" t="s" s="5">
         <v>50</v>
       </c>
       <c r="O30" t="s" s="5">
         <v>51</v>
       </c>
       <c r="P30" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="Q30" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="R30" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="S30" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="T30" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="U30" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="V30" t="s" s="5">
         <v>51</v>
       </c>
       <c r="W30" t="s" s="5">
         <v>50</v>
       </c>
       <c r="X30" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="Y30" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Z30" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="AA30" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AB30" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="AC30" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AD30" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AE30" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AF30" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AG30" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AH30" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AI30" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AJ30" t="s" s="5">
         <v>51</v>
       </c>
@@ -5229,105 +5226,105 @@
       <c r="B31" t="s">
         <v>100</v>
       </c>
       <c r="C31" t="s" s="4">
         <v>101</v>
       </c>
       <c r="D31" t="s">
         <v>45</v>
       </c>
       <c r="E31" t="s">
         <v>46</v>
       </c>
       <c r="F31" t="s">
         <v>73</v>
       </c>
       <c r="G31" t="s">
         <v>48</v>
       </c>
       <c r="H31" t="s">
         <v>49</v>
       </c>
       <c r="I31" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J31" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="K31" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="L31" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="M31" t="s" s="5">
         <v>50</v>
       </c>
       <c r="N31" t="s" s="5">
         <v>50</v>
       </c>
       <c r="O31" t="s" s="5">
         <v>51</v>
       </c>
       <c r="P31" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="Q31" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="R31" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="S31" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="T31" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="U31" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="V31" t="s" s="5">
         <v>51</v>
       </c>
       <c r="W31" t="s" s="5">
         <v>50</v>
       </c>
       <c r="X31" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="Y31" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Z31" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="AA31" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AB31" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="AC31" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AD31" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AE31" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AF31" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AG31" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AH31" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AI31" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AJ31" t="s" s="5">
         <v>51</v>
       </c>
@@ -5372,105 +5369,105 @@
       <c r="B32" t="s">
         <v>102</v>
       </c>
       <c r="C32" t="s" s="4">
         <v>103</v>
       </c>
       <c r="D32" t="s">
         <v>45</v>
       </c>
       <c r="E32" t="s">
         <v>46</v>
       </c>
       <c r="F32" t="s">
         <v>47</v>
       </c>
       <c r="G32" t="s">
         <v>48</v>
       </c>
       <c r="H32" t="s">
         <v>49</v>
       </c>
       <c r="I32" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J32" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="K32" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="L32" t="s" s="5">
         <v>50</v>
       </c>
       <c r="M32" t="s" s="5">
         <v>50</v>
       </c>
       <c r="N32" t="s" s="5">
         <v>50</v>
       </c>
       <c r="O32" t="s" s="5">
         <v>51</v>
       </c>
       <c r="P32" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="Q32" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="R32" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="S32" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="T32" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="U32" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="V32" t="s" s="5">
         <v>51</v>
       </c>
       <c r="W32" t="s" s="5">
         <v>50</v>
       </c>
       <c r="X32" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="Y32" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Z32" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="AA32" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AB32" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="AC32" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AD32" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AE32" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AF32" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AG32" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AH32" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AI32" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AJ32" t="s" s="5">
         <v>51</v>
       </c>
@@ -5515,105 +5512,105 @@
       <c r="B33" t="s">
         <v>104</v>
       </c>
       <c r="C33" t="s" s="4">
         <v>105</v>
       </c>
       <c r="D33" t="s">
         <v>45</v>
       </c>
       <c r="E33" t="s">
         <v>46</v>
       </c>
       <c r="F33" t="s">
         <v>47</v>
       </c>
       <c r="G33" t="s">
         <v>48</v>
       </c>
       <c r="H33" t="s">
         <v>49</v>
       </c>
       <c r="I33" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J33" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="K33" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="L33" t="s" s="5">
         <v>50</v>
       </c>
       <c r="M33" t="s" s="5">
         <v>50</v>
       </c>
       <c r="N33" t="s" s="5">
         <v>50</v>
       </c>
       <c r="O33" t="s" s="5">
         <v>51</v>
       </c>
       <c r="P33" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="Q33" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="R33" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="S33" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="T33" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="U33" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="V33" t="s" s="5">
         <v>51</v>
       </c>
       <c r="W33" t="s" s="5">
         <v>50</v>
       </c>
       <c r="X33" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="Y33" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Z33" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="AA33" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AB33" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="AC33" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AD33" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AE33" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AF33" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AG33" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AH33" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AI33" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AJ33" t="s" s="5">
         <v>51</v>
       </c>
@@ -5658,105 +5655,105 @@
       <c r="B34" t="s">
         <v>106</v>
       </c>
       <c r="C34" t="s" s="4">
         <v>107</v>
       </c>
       <c r="D34" t="s">
         <v>45</v>
       </c>
       <c r="E34" t="s">
         <v>46</v>
       </c>
       <c r="F34" t="s">
         <v>73</v>
       </c>
       <c r="G34" t="s">
         <v>48</v>
       </c>
       <c r="H34" t="s">
         <v>49</v>
       </c>
       <c r="I34" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J34" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="K34" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="L34" t="s" s="5">
         <v>50</v>
       </c>
       <c r="M34" t="s" s="5">
         <v>50</v>
       </c>
       <c r="N34" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="O34" t="s" s="5">
         <v>51</v>
       </c>
       <c r="P34" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="Q34" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="R34" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="S34" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="T34" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="U34" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="V34" t="s" s="5">
         <v>51</v>
       </c>
       <c r="W34" t="s" s="5">
         <v>50</v>
       </c>
       <c r="X34" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="Y34" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Z34" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="AA34" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AB34" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="AC34" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AD34" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AE34" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AF34" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AG34" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AH34" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AI34" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AJ34" t="s" s="5">
         <v>51</v>
       </c>
@@ -5801,105 +5798,105 @@
       <c r="B35" t="s">
         <v>108</v>
       </c>
       <c r="C35" t="s" s="4">
         <v>109</v>
       </c>
       <c r="D35" t="s">
         <v>45</v>
       </c>
       <c r="E35" t="s">
         <v>46</v>
       </c>
       <c r="F35" t="s">
         <v>73</v>
       </c>
       <c r="G35" t="s">
         <v>48</v>
       </c>
       <c r="H35" t="s">
         <v>49</v>
       </c>
       <c r="I35" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J35" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="K35" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="L35" t="s" s="5">
         <v>50</v>
       </c>
       <c r="M35" t="s" s="5">
         <v>50</v>
       </c>
       <c r="N35" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="O35" t="s" s="5">
         <v>51</v>
       </c>
       <c r="P35" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="Q35" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="R35" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="S35" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="T35" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="U35" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="V35" t="s" s="5">
         <v>51</v>
       </c>
       <c r="W35" t="s" s="5">
         <v>50</v>
       </c>
       <c r="X35" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="Y35" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Z35" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="AA35" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AB35" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="AC35" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AD35" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AE35" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AF35" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AG35" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AH35" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AI35" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AJ35" t="s" s="5">
         <v>51</v>
       </c>
@@ -5947,102 +5944,102 @@
       <c r="C36" t="s" s="4">
         <v>111</v>
       </c>
       <c r="D36" t="s">
         <v>45</v>
       </c>
       <c r="E36" t="s">
         <v>46</v>
       </c>
       <c r="F36" t="s">
         <v>61</v>
       </c>
       <c r="G36" t="s">
         <v>48</v>
       </c>
       <c r="H36" t="s">
         <v>49</v>
       </c>
       <c r="I36" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J36" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K36" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="L36" t="s" s="5">
         <v>50</v>
       </c>
       <c r="M36" t="s" s="5">
         <v>50</v>
       </c>
       <c r="N36" t="s" s="5">
         <v>50</v>
       </c>
       <c r="O36" t="s" s="5">
         <v>51</v>
       </c>
       <c r="P36" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="Q36" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="R36" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="S36" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="T36" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="U36" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="V36" t="s" s="5">
         <v>51</v>
       </c>
       <c r="W36" t="s" s="5">
         <v>50</v>
       </c>
       <c r="X36" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="Y36" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Z36" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="AA36" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AB36" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="AC36" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AD36" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AE36" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AF36" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AG36" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AH36" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AI36" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AJ36" t="s" s="5">
         <v>51</v>
       </c>
@@ -6084,111 +6081,111 @@
       <c r="A37">
         <v>36</v>
       </c>
       <c r="B37" t="s">
         <v>112</v>
       </c>
       <c r="C37" t="s" s="4">
         <v>113</v>
       </c>
       <c r="D37" t="s">
         <v>45</v>
       </c>
       <c r="E37" t="s">
         <v>46</v>
       </c>
       <c r="F37" t="s">
         <v>47</v>
       </c>
       <c r="G37" t="s">
         <v>48</v>
       </c>
       <c r="H37" t="s">
         <v>49</v>
       </c>
       <c r="I37" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="J37" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K37" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="L37" t="s" s="5">
         <v>50</v>
       </c>
       <c r="M37" t="s" s="5">
         <v>50</v>
       </c>
       <c r="N37" t="s" s="5">
         <v>50</v>
       </c>
       <c r="O37" t="s" s="5">
         <v>51</v>
       </c>
       <c r="P37" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="Q37" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="R37" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="S37" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="T37" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="U37" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="V37" t="s" s="5">
         <v>51</v>
       </c>
       <c r="W37" t="s" s="5">
         <v>50</v>
       </c>
       <c r="X37" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="Y37" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Z37" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="AA37" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AB37" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="AC37" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="AD37" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AE37" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AF37" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AG37" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AH37" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AI37" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AJ37" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AK37" t="s" s="5">
         <v>50</v>
       </c>
@@ -6227,111 +6224,111 @@
       <c r="A38">
         <v>37</v>
       </c>
       <c r="B38" t="s">
         <v>114</v>
       </c>
       <c r="C38" t="s" s="4">
         <v>115</v>
       </c>
       <c r="D38" t="s">
         <v>45</v>
       </c>
       <c r="E38" t="s">
         <v>46</v>
       </c>
       <c r="F38" t="s">
         <v>73</v>
       </c>
       <c r="G38" t="s">
         <v>48</v>
       </c>
       <c r="H38" t="s">
         <v>49</v>
       </c>
       <c r="I38" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="J38" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K38" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="L38" t="s" s="5">
         <v>50</v>
       </c>
       <c r="M38" t="s" s="5">
         <v>50</v>
       </c>
       <c r="N38" t="s" s="5">
         <v>50</v>
       </c>
       <c r="O38" t="s" s="5">
         <v>51</v>
       </c>
       <c r="P38" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="Q38" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="R38" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="S38" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="T38" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="U38" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="V38" t="s" s="5">
         <v>51</v>
       </c>
       <c r="W38" t="s" s="5">
         <v>50</v>
       </c>
       <c r="X38" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="Y38" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Z38" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="AA38" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AB38" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="AC38" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="AD38" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AE38" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AF38" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AG38" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AH38" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AI38" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AJ38" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AK38" t="s" s="5">
         <v>50</v>
       </c>
@@ -6370,111 +6367,111 @@
       <c r="A39">
         <v>38</v>
       </c>
       <c r="B39" t="s">
         <v>116</v>
       </c>
       <c r="C39" t="s" s="4">
         <v>117</v>
       </c>
       <c r="D39" t="s">
         <v>45</v>
       </c>
       <c r="E39" t="s">
         <v>46</v>
       </c>
       <c r="F39" t="s">
         <v>47</v>
       </c>
       <c r="G39" t="s">
         <v>48</v>
       </c>
       <c r="H39" t="s">
         <v>49</v>
       </c>
       <c r="I39" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="J39" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K39" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="L39" t="s" s="5">
         <v>50</v>
       </c>
       <c r="M39" t="s" s="5">
         <v>50</v>
       </c>
       <c r="N39" t="s" s="5">
         <v>50</v>
       </c>
       <c r="O39" t="s" s="5">
         <v>51</v>
       </c>
       <c r="P39" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="Q39" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="R39" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="S39" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="T39" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="U39" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="V39" t="s" s="5">
         <v>51</v>
       </c>
       <c r="W39" t="s" s="5">
         <v>50</v>
       </c>
       <c r="X39" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="Y39" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Z39" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="AA39" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AB39" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="AC39" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="AD39" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AE39" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AF39" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AG39" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AH39" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AI39" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AJ39" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AK39" t="s" s="5">
         <v>50</v>
       </c>
@@ -6513,111 +6510,111 @@
       <c r="A40">
         <v>39</v>
       </c>
       <c r="B40" t="s">
         <v>118</v>
       </c>
       <c r="C40" t="s" s="4">
         <v>119</v>
       </c>
       <c r="D40" t="s">
         <v>45</v>
       </c>
       <c r="E40" t="s">
         <v>46</v>
       </c>
       <c r="F40" t="s">
         <v>47</v>
       </c>
       <c r="G40" t="s">
         <v>48</v>
       </c>
       <c r="H40" t="s">
         <v>49</v>
       </c>
       <c r="I40" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="J40" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K40" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="L40" t="s" s="5">
         <v>50</v>
       </c>
       <c r="M40" t="s" s="5">
         <v>50</v>
       </c>
       <c r="N40" t="s" s="5">
         <v>50</v>
       </c>
       <c r="O40" t="s" s="5">
         <v>51</v>
       </c>
       <c r="P40" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="Q40" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="R40" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="S40" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="T40" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="U40" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="V40" t="s" s="5">
         <v>51</v>
       </c>
       <c r="W40" t="s" s="5">
         <v>50</v>
       </c>
       <c r="X40" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="Y40" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Z40" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="AA40" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AB40" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="AC40" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="AD40" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AE40" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AF40" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AG40" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AH40" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AI40" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AJ40" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AK40" t="s" s="5">
         <v>50</v>
       </c>
@@ -6656,111 +6653,111 @@
       <c r="A41">
         <v>40</v>
       </c>
       <c r="B41" t="s">
         <v>120</v>
       </c>
       <c r="C41" t="s" s="4">
         <v>121</v>
       </c>
       <c r="D41" t="s">
         <v>45</v>
       </c>
       <c r="E41" t="s">
         <v>46</v>
       </c>
       <c r="F41" t="s">
         <v>47</v>
       </c>
       <c r="G41" t="s">
         <v>48</v>
       </c>
       <c r="H41" t="s">
         <v>49</v>
       </c>
       <c r="I41" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="J41" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K41" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="L41" t="s" s="5">
         <v>50</v>
       </c>
       <c r="M41" t="s" s="5">
         <v>50</v>
       </c>
       <c r="N41" t="s" s="5">
         <v>50</v>
       </c>
       <c r="O41" t="s" s="5">
         <v>51</v>
       </c>
       <c r="P41" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="Q41" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="R41" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="S41" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="T41" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="U41" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="V41" t="s" s="5">
         <v>51</v>
       </c>
       <c r="W41" t="s" s="5">
         <v>50</v>
       </c>
       <c r="X41" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="Y41" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Z41" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="AA41" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AB41" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="AC41" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="AD41" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AE41" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AF41" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AG41" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AH41" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AI41" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AJ41" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AK41" t="s" s="5">
         <v>50</v>
       </c>
@@ -6799,111 +6796,111 @@
       <c r="A42">
         <v>41</v>
       </c>
       <c r="B42" t="s">
         <v>122</v>
       </c>
       <c r="C42" t="s" s="4">
         <v>123</v>
       </c>
       <c r="D42" t="s">
         <v>45</v>
       </c>
       <c r="E42" t="s">
         <v>46</v>
       </c>
       <c r="F42" t="s">
         <v>47</v>
       </c>
       <c r="G42" t="s">
         <v>48</v>
       </c>
       <c r="H42" t="s">
         <v>49</v>
       </c>
       <c r="I42" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="J42" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K42" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="L42" t="s" s="5">
         <v>50</v>
       </c>
       <c r="M42" t="s" s="5">
         <v>50</v>
       </c>
       <c r="N42" t="s" s="5">
         <v>50</v>
       </c>
       <c r="O42" t="s" s="5">
         <v>51</v>
       </c>
       <c r="P42" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="Q42" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="R42" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="S42" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="T42" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="U42" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="V42" t="s" s="5">
         <v>51</v>
       </c>
       <c r="W42" t="s" s="5">
         <v>50</v>
       </c>
       <c r="X42" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="Y42" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Z42" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="AA42" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AB42" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="AC42" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="AD42" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AE42" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AF42" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AG42" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AH42" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AI42" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AJ42" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AK42" t="s" s="5">
         <v>50</v>
       </c>
@@ -6942,111 +6939,111 @@
       <c r="A43">
         <v>42</v>
       </c>
       <c r="B43" t="s">
         <v>124</v>
       </c>
       <c r="C43" t="s" s="4">
         <v>125</v>
       </c>
       <c r="D43" t="s">
         <v>45</v>
       </c>
       <c r="E43" t="s">
         <v>76</v>
       </c>
       <c r="F43" t="s">
         <v>90</v>
       </c>
       <c r="G43" t="s">
         <v>48</v>
       </c>
       <c r="H43" t="s">
         <v>49</v>
       </c>
       <c r="I43" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="J43" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K43" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="L43" t="s" s="5">
         <v>50</v>
       </c>
       <c r="M43" t="s" s="5">
         <v>50</v>
       </c>
       <c r="N43" t="s" s="5">
         <v>50</v>
       </c>
       <c r="O43" t="s" s="5">
         <v>51</v>
       </c>
       <c r="P43" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="Q43" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="R43" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="S43" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="T43" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="U43" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="V43" t="s" s="5">
         <v>51</v>
       </c>
       <c r="W43" t="s" s="5">
         <v>50</v>
       </c>
       <c r="X43" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="Y43" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Z43" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="AA43" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AB43" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="AC43" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="AD43" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AE43" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AF43" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AG43" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AH43" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AI43" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AJ43" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AK43" t="s" s="5">
         <v>50</v>
       </c>
@@ -7085,111 +7082,111 @@
       <c r="A44">
         <v>43</v>
       </c>
       <c r="B44" t="s">
         <v>126</v>
       </c>
       <c r="C44" t="s" s="4">
         <v>127</v>
       </c>
       <c r="D44" t="s">
         <v>45</v>
       </c>
       <c r="E44" t="s">
         <v>46</v>
       </c>
       <c r="F44" t="s">
         <v>47</v>
       </c>
       <c r="G44" t="s">
         <v>48</v>
       </c>
       <c r="H44" t="s">
         <v>49</v>
       </c>
       <c r="I44" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="J44" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K44" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="L44" t="s" s="5">
         <v>50</v>
       </c>
       <c r="M44" t="s" s="5">
         <v>50</v>
       </c>
       <c r="N44" t="s" s="5">
         <v>50</v>
       </c>
       <c r="O44" t="s" s="5">
         <v>51</v>
       </c>
       <c r="P44" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="Q44" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="R44" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="S44" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="T44" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="U44" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="V44" t="s" s="5">
         <v>51</v>
       </c>
       <c r="W44" t="s" s="5">
         <v>50</v>
       </c>
       <c r="X44" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="Y44" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Z44" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="AA44" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AB44" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="AC44" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="AD44" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AE44" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AF44" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AG44" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AH44" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AI44" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AJ44" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AK44" t="s" s="5">
         <v>50</v>
       </c>
@@ -7228,111 +7225,111 @@
       <c r="A45">
         <v>44</v>
       </c>
       <c r="B45" t="s">
         <v>128</v>
       </c>
       <c r="C45" t="s" s="4">
         <v>129</v>
       </c>
       <c r="D45" t="s">
         <v>45</v>
       </c>
       <c r="E45" t="s">
         <v>46</v>
       </c>
       <c r="F45" t="s">
         <v>47</v>
       </c>
       <c r="G45" t="s">
         <v>48</v>
       </c>
       <c r="H45" t="s">
         <v>49</v>
       </c>
       <c r="I45" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="J45" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K45" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="L45" t="s" s="5">
         <v>50</v>
       </c>
       <c r="M45" t="s" s="5">
         <v>50</v>
       </c>
       <c r="N45" t="s" s="5">
         <v>50</v>
       </c>
       <c r="O45" t="s" s="5">
         <v>51</v>
       </c>
       <c r="P45" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="Q45" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="R45" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="S45" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="T45" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="U45" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="V45" t="s" s="5">
         <v>51</v>
       </c>
       <c r="W45" t="s" s="5">
         <v>50</v>
       </c>
       <c r="X45" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="Y45" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Z45" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="AA45" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AB45" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="AC45" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="AD45" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AE45" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AF45" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AG45" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AH45" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AI45" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AJ45" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AK45" t="s" s="5">
         <v>50</v>
       </c>
@@ -7371,111 +7368,111 @@
       <c r="A46">
         <v>45</v>
       </c>
       <c r="B46" t="s">
         <v>130</v>
       </c>
       <c r="C46" t="s" s="4">
         <v>131</v>
       </c>
       <c r="D46" t="s">
         <v>45</v>
       </c>
       <c r="E46" t="s">
         <v>46</v>
       </c>
       <c r="F46" t="s">
         <v>47</v>
       </c>
       <c r="G46" t="s">
         <v>48</v>
       </c>
       <c r="H46" t="s">
         <v>49</v>
       </c>
       <c r="I46" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="J46" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K46" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="L46" t="s" s="5">
         <v>50</v>
       </c>
       <c r="M46" t="s" s="5">
         <v>50</v>
       </c>
       <c r="N46" t="s" s="5">
         <v>50</v>
       </c>
       <c r="O46" t="s" s="5">
         <v>51</v>
       </c>
       <c r="P46" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="Q46" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="R46" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="S46" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="T46" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="U46" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="V46" t="s" s="5">
         <v>51</v>
       </c>
       <c r="W46" t="s" s="5">
         <v>50</v>
       </c>
       <c r="X46" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="Y46" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Z46" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="AA46" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AB46" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="AC46" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="AD46" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AE46" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AF46" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AG46" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AH46" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AI46" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AJ46" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AK46" t="s" s="5">
         <v>50</v>
       </c>
@@ -7514,111 +7511,111 @@
       <c r="A47">
         <v>46</v>
       </c>
       <c r="B47" t="s">
         <v>132</v>
       </c>
       <c r="C47" t="s" s="4">
         <v>133</v>
       </c>
       <c r="D47" t="s">
         <v>45</v>
       </c>
       <c r="E47" t="s">
         <v>46</v>
       </c>
       <c r="F47" t="s">
         <v>73</v>
       </c>
       <c r="G47" t="s">
         <v>48</v>
       </c>
       <c r="H47" t="s">
         <v>49</v>
       </c>
       <c r="I47" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="J47" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K47" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="L47" t="s" s="5">
         <v>50</v>
       </c>
       <c r="M47" t="s" s="5">
         <v>50</v>
       </c>
       <c r="N47" t="s" s="5">
         <v>50</v>
       </c>
       <c r="O47" t="s" s="5">
         <v>51</v>
       </c>
       <c r="P47" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="Q47" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="R47" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="S47" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="T47" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="U47" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="V47" t="s" s="5">
         <v>51</v>
       </c>
       <c r="W47" t="s" s="5">
         <v>50</v>
       </c>
       <c r="X47" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="Y47" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Z47" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="AA47" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AB47" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="AC47" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="AD47" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AE47" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AF47" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AG47" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AH47" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AI47" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AJ47" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AK47" t="s" s="5">
         <v>52</v>
       </c>
@@ -7657,111 +7654,111 @@
       <c r="A48">
         <v>47</v>
       </c>
       <c r="B48" t="s">
         <v>134</v>
       </c>
       <c r="C48" t="s" s="4">
         <v>135</v>
       </c>
       <c r="D48" t="s">
         <v>45</v>
       </c>
       <c r="E48" t="s">
         <v>46</v>
       </c>
       <c r="F48" t="s">
         <v>54</v>
       </c>
       <c r="G48" t="s">
         <v>48</v>
       </c>
       <c r="H48" t="s">
         <v>49</v>
       </c>
       <c r="I48" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="J48" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K48" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="L48" t="s" s="5">
         <v>50</v>
       </c>
       <c r="M48" t="s" s="5">
         <v>50</v>
       </c>
       <c r="N48" t="s" s="5">
         <v>50</v>
       </c>
       <c r="O48" t="s" s="5">
         <v>51</v>
       </c>
       <c r="P48" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="Q48" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="R48" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="S48" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="T48" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="U48" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="V48" t="s" s="5">
         <v>51</v>
       </c>
       <c r="W48" t="s" s="5">
         <v>50</v>
       </c>
       <c r="X48" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="Y48" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Z48" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AA48" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AB48" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AC48" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="AD48" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AE48" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AF48" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AG48" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AH48" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AI48" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AJ48" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AK48" t="s" s="5">
         <v>50</v>
       </c>
@@ -7806,90 +7803,90 @@
       <c r="C49" t="s" s="4">
         <v>137</v>
       </c>
       <c r="D49" t="s">
         <v>45</v>
       </c>
       <c r="E49" t="s">
         <v>46</v>
       </c>
       <c r="F49" t="s">
         <v>54</v>
       </c>
       <c r="G49" t="s">
         <v>48</v>
       </c>
       <c r="H49" t="s">
         <v>49</v>
       </c>
       <c r="I49" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J49" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K49" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="L49" t="s" s="5">
         <v>50</v>
       </c>
       <c r="M49" t="s" s="5">
         <v>50</v>
       </c>
       <c r="N49" t="s" s="5">
         <v>50</v>
       </c>
       <c r="O49" t="s" s="5">
         <v>51</v>
       </c>
       <c r="P49" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="Q49" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="R49" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="S49" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="T49" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="U49" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="V49" t="s" s="5">
         <v>51</v>
       </c>
       <c r="W49" t="s" s="5">
         <v>50</v>
       </c>
       <c r="X49" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="Y49" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Z49" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AA49" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AB49" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AC49" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AD49" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AE49" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AF49" t="s" s="5">
         <v>51</v>
       </c>
@@ -7949,90 +7946,90 @@
       <c r="C50" t="s" s="4">
         <v>139</v>
       </c>
       <c r="D50" t="s">
         <v>45</v>
       </c>
       <c r="E50" t="s">
         <v>46</v>
       </c>
       <c r="F50" t="s">
         <v>140</v>
       </c>
       <c r="G50" t="s">
         <v>48</v>
       </c>
       <c r="H50" t="s">
         <v>49</v>
       </c>
       <c r="I50" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J50" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K50" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="L50" t="s" s="5">
         <v>50</v>
       </c>
       <c r="M50" t="s" s="5">
         <v>50</v>
       </c>
       <c r="N50" t="s" s="5">
         <v>50</v>
       </c>
       <c r="O50" t="s" s="5">
         <v>51</v>
       </c>
       <c r="P50" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="Q50" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="R50" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="S50" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="T50" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="U50" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="V50" t="s" s="5">
         <v>51</v>
       </c>
       <c r="W50" t="s" s="5">
         <v>50</v>
       </c>
       <c r="X50" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="Y50" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Z50" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AA50" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AB50" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AC50" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AD50" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AE50" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AF50" t="s" s="5">
         <v>51</v>
       </c>
@@ -8092,90 +8089,90 @@
       <c r="C51" t="s" s="4">
         <v>142</v>
       </c>
       <c r="D51" t="s">
         <v>45</v>
       </c>
       <c r="E51" t="s">
         <v>46</v>
       </c>
       <c r="F51" t="s">
         <v>140</v>
       </c>
       <c r="G51" t="s">
         <v>48</v>
       </c>
       <c r="H51" t="s">
         <v>49</v>
       </c>
       <c r="I51" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J51" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K51" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="L51" t="s" s="5">
         <v>50</v>
       </c>
       <c r="M51" t="s" s="5">
         <v>50</v>
       </c>
       <c r="N51" t="s" s="5">
         <v>50</v>
       </c>
       <c r="O51" t="s" s="5">
         <v>51</v>
       </c>
       <c r="P51" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="Q51" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="R51" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="S51" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="T51" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="U51" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="V51" t="s" s="5">
         <v>51</v>
       </c>
       <c r="W51" t="s" s="5">
         <v>50</v>
       </c>
       <c r="X51" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="Y51" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Z51" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AA51" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AB51" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AC51" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AD51" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AE51" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AF51" t="s" s="5">
         <v>51</v>
       </c>
@@ -8235,90 +8232,90 @@
       <c r="C52" t="s" s="4">
         <v>144</v>
       </c>
       <c r="D52" t="s">
         <v>45</v>
       </c>
       <c r="E52" t="s">
         <v>46</v>
       </c>
       <c r="F52" t="s">
         <v>54</v>
       </c>
       <c r="G52" t="s">
         <v>48</v>
       </c>
       <c r="H52" t="s">
         <v>49</v>
       </c>
       <c r="I52" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J52" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K52" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="L52" t="s" s="5">
         <v>50</v>
       </c>
       <c r="M52" t="s" s="5">
         <v>50</v>
       </c>
       <c r="N52" t="s" s="5">
         <v>50</v>
       </c>
       <c r="O52" t="s" s="5">
         <v>51</v>
       </c>
       <c r="P52" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="Q52" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="R52" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="S52" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="T52" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="U52" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="V52" t="s" s="5">
         <v>51</v>
       </c>
       <c r="W52" t="s" s="5">
         <v>50</v>
       </c>
       <c r="X52" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="Y52" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Z52" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AA52" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AB52" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AC52" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AD52" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AE52" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AF52" t="s" s="5">
         <v>51</v>
       </c>
@@ -8378,90 +8375,90 @@
       <c r="C53" t="s" s="4">
         <v>146</v>
       </c>
       <c r="D53" t="s">
         <v>45</v>
       </c>
       <c r="E53" t="s">
         <v>46</v>
       </c>
       <c r="F53" t="s">
         <v>140</v>
       </c>
       <c r="G53" t="s">
         <v>48</v>
       </c>
       <c r="H53" t="s">
         <v>49</v>
       </c>
       <c r="I53" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J53" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K53" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="L53" t="s" s="5">
         <v>50</v>
       </c>
       <c r="M53" t="s" s="5">
         <v>50</v>
       </c>
       <c r="N53" t="s" s="5">
         <v>50</v>
       </c>
       <c r="O53" t="s" s="5">
         <v>51</v>
       </c>
       <c r="P53" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="Q53" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="R53" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="S53" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="T53" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="U53" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="V53" t="s" s="5">
         <v>51</v>
       </c>
       <c r="W53" t="s" s="5">
         <v>50</v>
       </c>
       <c r="X53" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="Y53" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Z53" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AA53" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AB53" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AC53" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AD53" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AE53" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AF53" t="s" s="5">
         <v>51</v>
       </c>
@@ -8521,90 +8518,90 @@
       <c r="C54" t="s" s="4">
         <v>148</v>
       </c>
       <c r="D54" t="s">
         <v>45</v>
       </c>
       <c r="E54" t="s">
         <v>46</v>
       </c>
       <c r="F54" t="s">
         <v>140</v>
       </c>
       <c r="G54" t="s">
         <v>48</v>
       </c>
       <c r="H54" t="s">
         <v>49</v>
       </c>
       <c r="I54" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J54" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K54" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="L54" t="s" s="5">
         <v>50</v>
       </c>
       <c r="M54" t="s" s="5">
         <v>50</v>
       </c>
       <c r="N54" t="s" s="5">
         <v>50</v>
       </c>
       <c r="O54" t="s" s="5">
         <v>51</v>
       </c>
       <c r="P54" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="Q54" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="R54" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="S54" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="T54" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="U54" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="V54" t="s" s="5">
         <v>51</v>
       </c>
       <c r="W54" t="s" s="5">
         <v>50</v>
       </c>
       <c r="X54" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="Y54" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Z54" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AA54" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AB54" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AC54" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AD54" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AE54" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AF54" t="s" s="5">
         <v>51</v>
       </c>
@@ -8664,90 +8661,90 @@
       <c r="C55" t="s" s="4">
         <v>150</v>
       </c>
       <c r="D55" t="s">
         <v>45</v>
       </c>
       <c r="E55" t="s">
         <v>46</v>
       </c>
       <c r="F55" t="s">
         <v>140</v>
       </c>
       <c r="G55" t="s">
         <v>48</v>
       </c>
       <c r="H55" t="s">
         <v>49</v>
       </c>
       <c r="I55" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J55" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K55" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="L55" t="s" s="5">
         <v>50</v>
       </c>
       <c r="M55" t="s" s="5">
         <v>50</v>
       </c>
       <c r="N55" t="s" s="5">
         <v>50</v>
       </c>
       <c r="O55" t="s" s="5">
         <v>51</v>
       </c>
       <c r="P55" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="Q55" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="R55" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="S55" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="T55" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="U55" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="V55" t="s" s="5">
         <v>51</v>
       </c>
       <c r="W55" t="s" s="5">
         <v>50</v>
       </c>
       <c r="X55" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="Y55" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Z55" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AA55" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AB55" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AC55" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AD55" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AE55" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AF55" t="s" s="5">
         <v>51</v>
       </c>
@@ -8784,115 +8781,115 @@
       <c r="AQ55" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR55" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS55" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT55" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU55" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="56">
       <c r="A56">
         <v>55</v>
       </c>
       <c r="B56" t="s">
         <v>151</v>
       </c>
       <c r="C56" t="inlineStr" s="4">
         <is>
-          <t>5488Про продаж у власність земельної ділянки громадянину Шмигельському Сергію Федоровичу</t>
+          <t>ID - 5488,  Про продаж у власність земельної ділянки громадянину Шмигельському Сергію Федоровичу</t>
         </is>
       </c>
       <c r="D56" t="s">
         <v>45</v>
       </c>
       <c r="E56" t="s">
         <v>46</v>
       </c>
       <c r="F56" t="s">
         <v>152</v>
       </c>
       <c r="G56" t="s">
         <v>48</v>
       </c>
       <c r="H56" t="s">
         <v>49</v>
       </c>
       <c r="I56" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J56" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K56" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="L56" t="s" s="5">
         <v>50</v>
       </c>
       <c r="M56" t="s" s="5">
         <v>50</v>
       </c>
       <c r="N56" t="s" s="5">
         <v>50</v>
       </c>
       <c r="O56" t="s" s="5">
         <v>51</v>
       </c>
       <c r="P56" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="Q56" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="R56" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="S56" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="T56" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="U56" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="V56" t="s" s="5">
         <v>51</v>
       </c>
       <c r="W56" t="s" s="5">
         <v>50</v>
       </c>
       <c r="X56" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="Y56" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Z56" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AA56" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AB56" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AC56" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AD56" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AE56" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AF56" t="s" s="5">
         <v>51</v>
       </c>
@@ -8929,115 +8926,115 @@
       <c r="AQ56" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR56" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS56" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT56" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU56" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="57">
       <c r="A57">
         <v>56</v>
       </c>
       <c r="B57" t="s">
         <v>153</v>
       </c>
       <c r="C57" t="inlineStr" s="4">
         <is>
-          <t>5489Про розгляд клопотання громадян Шеремети Олега Володимировича, Шеремети Андрія Володимировича та громадянки Вавричук Алли Віталіївни</t>
+          <t>ID - 5489,  Про розгляд клопотання громадян Шеремети Олега Володимировича, Шеремети Андрія Володимировича та громадянки Вавричук Алли Віталіївни</t>
         </is>
       </c>
       <c r="D57" t="s">
         <v>45</v>
       </c>
       <c r="E57" t="s">
         <v>46</v>
       </c>
       <c r="F57" t="s">
         <v>54</v>
       </c>
       <c r="G57" t="s">
         <v>48</v>
       </c>
       <c r="H57" t="s">
         <v>49</v>
       </c>
       <c r="I57" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J57" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K57" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="L57" t="s" s="5">
         <v>50</v>
       </c>
       <c r="M57" t="s" s="5">
         <v>50</v>
       </c>
       <c r="N57" t="s" s="5">
         <v>50</v>
       </c>
       <c r="O57" t="s" s="5">
         <v>51</v>
       </c>
       <c r="P57" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="Q57" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="R57" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="S57" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="T57" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="U57" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="V57" t="s" s="5">
         <v>51</v>
       </c>
       <c r="W57" t="s" s="5">
         <v>50</v>
       </c>
       <c r="X57" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="Y57" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Z57" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AA57" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AB57" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AC57" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AD57" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AE57" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AF57" t="s" s="5">
         <v>51</v>
       </c>
@@ -9094,93 +9091,93 @@
       <c r="B58" t="s">
         <v>154</v>
       </c>
       <c r="C58" t="s" s="4">
         <v>155</v>
       </c>
       <c r="D58" t="s">
         <v>45</v>
       </c>
       <c r="E58" t="s">
         <v>46</v>
       </c>
       <c r="F58" t="s">
         <v>54</v>
       </c>
       <c r="G58" t="s">
         <v>48</v>
       </c>
       <c r="H58" t="s">
         <v>49</v>
       </c>
       <c r="I58" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J58" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="K58" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="L58" t="s" s="5">
         <v>50</v>
       </c>
       <c r="M58" t="s" s="5">
         <v>50</v>
       </c>
       <c r="N58" t="s" s="5">
         <v>50</v>
       </c>
       <c r="O58" t="s" s="5">
         <v>51</v>
       </c>
       <c r="P58" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="Q58" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="R58" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="S58" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="T58" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="U58" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="V58" t="s" s="5">
         <v>51</v>
       </c>
       <c r="W58" t="s" s="5">
         <v>50</v>
       </c>
       <c r="X58" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="Y58" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Z58" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AA58" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AB58" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AC58" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AD58" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AE58" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AF58" t="s" s="5">
         <v>51</v>
       </c>
@@ -9215,115 +9212,117 @@
         <v>51</v>
       </c>
       <c r="AQ58" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR58" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS58" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT58" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU58" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="59">
       <c r="A59">
         <v>58</v>
       </c>
       <c r="B59" t="s">
         <v>156</v>
       </c>
-      <c r="C59" t="s" s="4">
-        <v>157</v>
+      <c r="C59" t="inlineStr" s="4">
+        <is>
+          <t>ID - 5491,  Про розгляд клопотання Товариства з обмеженою відповідальністю фірма «Горизонт»</t>
+        </is>
       </c>
       <c r="D59" t="s">
         <v>45</v>
       </c>
       <c r="E59" t="s">
         <v>46</v>
       </c>
       <c r="F59" t="s">
         <v>54</v>
       </c>
       <c r="G59" t="s">
         <v>48</v>
       </c>
       <c r="H59" t="s">
         <v>49</v>
       </c>
       <c r="I59" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J59" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="K59" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="L59" t="s" s="5">
         <v>50</v>
       </c>
       <c r="M59" t="s" s="5">
         <v>50</v>
       </c>
       <c r="N59" t="s" s="5">
         <v>50</v>
       </c>
       <c r="O59" t="s" s="5">
         <v>51</v>
       </c>
       <c r="P59" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="Q59" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="R59" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="S59" t="s" s="5">
         <v>51</v>
       </c>
       <c r="T59" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="U59" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="V59" t="s" s="5">
         <v>51</v>
       </c>
       <c r="W59" t="s" s="5">
         <v>50</v>
       </c>
       <c r="X59" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="Y59" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Z59" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AA59" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AB59" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AC59" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AD59" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AE59" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AF59" t="s" s="5">
         <v>51</v>
       </c>
@@ -9356,117 +9355,117 @@
       </c>
       <c r="AP59" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ59" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR59" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS59" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT59" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU59" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="60">
       <c r="A60">
         <v>59</v>
       </c>
       <c r="B60" t="s">
+        <v>157</v>
+      </c>
+      <c r="C60" t="s" s="4">
         <v>158</v>
-      </c>
-[...1 lines deleted...]
-        <v>159</v>
       </c>
       <c r="D60" t="s">
         <v>45</v>
       </c>
       <c r="E60" t="s">
         <v>46</v>
       </c>
       <c r="F60" t="s">
         <v>140</v>
       </c>
       <c r="G60" t="s">
         <v>48</v>
       </c>
       <c r="H60" t="s">
         <v>49</v>
       </c>
       <c r="I60" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J60" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K60" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="L60" t="s" s="5">
         <v>50</v>
       </c>
       <c r="M60" t="s" s="5">
         <v>50</v>
       </c>
       <c r="N60" t="s" s="5">
         <v>50</v>
       </c>
       <c r="O60" t="s" s="5">
         <v>51</v>
       </c>
       <c r="P60" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="Q60" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="R60" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="S60" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="T60" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="U60" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="V60" t="s" s="5">
         <v>51</v>
       </c>
       <c r="W60" t="s" s="5">
         <v>50</v>
       </c>
       <c r="X60" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="Y60" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Z60" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AA60" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AB60" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AC60" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AD60" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AE60" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AF60" t="s" s="5">
         <v>51</v>
       </c>
@@ -9499,129 +9498,129 @@
       </c>
       <c r="AP60" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ60" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR60" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS60" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT60" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU60" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="61">
       <c r="A61">
         <v>60</v>
       </c>
       <c r="B61" t="s">
+        <v>159</v>
+      </c>
+      <c r="C61" t="s" s="4">
         <v>160</v>
-      </c>
-[...1 lines deleted...]
-        <v>161</v>
       </c>
       <c r="D61" t="s">
         <v>45</v>
       </c>
       <c r="E61" t="s">
         <v>46</v>
       </c>
       <c r="F61" t="s">
         <v>140</v>
       </c>
       <c r="G61" t="s">
         <v>48</v>
       </c>
       <c r="H61" t="s">
         <v>49</v>
       </c>
       <c r="I61" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J61" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K61" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="L61" t="s" s="5">
         <v>50</v>
       </c>
       <c r="M61" t="s" s="5">
         <v>50</v>
       </c>
       <c r="N61" t="s" s="5">
         <v>50</v>
       </c>
       <c r="O61" t="s" s="5">
         <v>51</v>
       </c>
       <c r="P61" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="Q61" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="R61" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="S61" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="T61" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="U61" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="V61" t="s" s="5">
         <v>51</v>
       </c>
       <c r="W61" t="s" s="5">
         <v>50</v>
       </c>
       <c r="X61" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="Y61" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Z61" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="AA61" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AB61" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="AC61" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AD61" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AE61" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AF61" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AG61" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AH61" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AI61" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AJ61" t="s" s="5">
         <v>51</v>
       </c>
@@ -9642,117 +9641,117 @@
       </c>
       <c r="AP61" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ61" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR61" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS61" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT61" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU61" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="62">
       <c r="A62">
         <v>61</v>
       </c>
       <c r="B62" t="s">
+        <v>161</v>
+      </c>
+      <c r="C62" t="s" s="4">
         <v>162</v>
-      </c>
-[...1 lines deleted...]
-        <v>163</v>
       </c>
       <c r="D62" t="s">
         <v>45</v>
       </c>
       <c r="E62" t="s">
         <v>46</v>
       </c>
       <c r="F62" t="s">
         <v>54</v>
       </c>
       <c r="G62" t="s">
         <v>48</v>
       </c>
       <c r="H62" t="s">
         <v>49</v>
       </c>
       <c r="I62" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J62" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K62" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="L62" t="s" s="5">
         <v>50</v>
       </c>
       <c r="M62" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="N62" t="s" s="5">
         <v>50</v>
       </c>
       <c r="O62" t="s" s="5">
         <v>51</v>
       </c>
       <c r="P62" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="Q62" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="R62" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="S62" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="T62" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="U62" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="V62" t="s" s="5">
         <v>51</v>
       </c>
       <c r="W62" t="s" s="5">
         <v>50</v>
       </c>
       <c r="X62" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="Y62" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Z62" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AA62" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AB62" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AC62" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AD62" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AE62" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AF62" t="s" s="5">
         <v>51</v>
       </c>
@@ -9785,120 +9784,120 @@
       </c>
       <c r="AP62" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ62" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR62" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS62" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT62" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU62" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="63">
       <c r="A63">
         <v>62</v>
       </c>
       <c r="B63" t="s">
+        <v>163</v>
+      </c>
+      <c r="C63" t="s" s="4">
         <v>164</v>
-      </c>
-[...1 lines deleted...]
-        <v>165</v>
       </c>
       <c r="D63" t="s">
         <v>45</v>
       </c>
       <c r="E63" t="s">
         <v>46</v>
       </c>
       <c r="F63" t="s">
         <v>47</v>
       </c>
       <c r="G63" t="s">
         <v>48</v>
       </c>
       <c r="H63" t="s">
         <v>49</v>
       </c>
       <c r="I63" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J63" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="K63" t="s" s="5">
         <v>51</v>
       </c>
       <c r="L63" t="s" s="5">
         <v>50</v>
       </c>
       <c r="M63" t="s" s="5">
         <v>50</v>
       </c>
       <c r="N63" t="s" s="5">
         <v>50</v>
       </c>
       <c r="O63" t="s" s="5">
         <v>51</v>
       </c>
       <c r="P63" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="Q63" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="R63" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="S63" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="T63" t="s" s="5">
         <v>51</v>
       </c>
       <c r="U63" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="V63" t="s" s="5">
         <v>51</v>
       </c>
       <c r="W63" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="X63" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="Y63" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="Z63" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AA63" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AB63" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AC63" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AD63" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AE63" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AF63" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AG63" t="s" s="5">
         <v>50</v>
       </c>
@@ -9928,119 +9927,119 @@
       </c>
       <c r="AP63" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ63" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR63" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS63" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT63" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU63" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="64">
       <c r="A64">
         <v>63</v>
       </c>
       <c r="B64" t="s">
-        <v>166</v>
+        <v>165</v>
       </c>
       <c r="C64" t="inlineStr" s="4">
         <is>
-          <t>5496Про продовження договору оренди земельної ділянки, кадастровий номер земельної ділянки 4611800000:02:009:0021</t>
+          <t>ID - 5496,  Про продовження договору оренди земельної ділянки, кадастровий номер земельної ділянки 4611800000:02:009:0021</t>
         </is>
       </c>
       <c r="D64" t="s">
         <v>45</v>
       </c>
       <c r="E64" t="s">
         <v>46</v>
       </c>
       <c r="F64" t="s">
         <v>61</v>
       </c>
       <c r="G64" t="s">
         <v>48</v>
       </c>
       <c r="H64" t="s">
         <v>49</v>
       </c>
       <c r="I64" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J64" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K64" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="L64" t="s" s="5">
         <v>50</v>
       </c>
       <c r="M64" t="s" s="5">
         <v>50</v>
       </c>
       <c r="N64" t="s" s="5">
         <v>50</v>
       </c>
       <c r="O64" t="s" s="5">
         <v>51</v>
       </c>
       <c r="P64" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="Q64" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="R64" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="S64" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="T64" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="U64" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="V64" t="s" s="5">
         <v>51</v>
       </c>
       <c r="W64" t="s" s="5">
         <v>50</v>
       </c>
       <c r="X64" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="Y64" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Z64" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AA64" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AB64" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AC64" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AD64" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AE64" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AF64" t="s" s="5">
         <v>51</v>
       </c>
@@ -10073,119 +10072,119 @@
       </c>
       <c r="AP64" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ64" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR64" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS64" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT64" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU64" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="65">
       <c r="A65">
         <v>64</v>
       </c>
       <c r="B65" t="s">
-        <v>167</v>
+        <v>166</v>
       </c>
       <c r="C65" t="inlineStr" s="4">
         <is>
-          <t>5497Про включення до переліку земельних ділянок, право оренди на які виставляється на земельні торги окремими лотами, та продаж права оренди земельної ділянки на конкурентних засадах (на земельних торгах у формі електронного аукціону) на території Червоноградської міської ради, Червоноградського району, Львівської області (за межами села Сілець), кадастровий номер земельної ділянки 4624886600:03:000:0827</t>
+          <t>ID - 5497,  Про включення до переліку земельних ділянок, право оренди на які виставляється на земельні торги окремими лотами, та продаж права оренди земельної ділянки на конкурентних засадах (на земельних торгах у формі електронного аукціону) на території Червоноградської міської ради, Червоноградського району, Львівської області (за межами села Сілець), кадастровий номер земельної ділянки 4624886600:03:000:0827</t>
         </is>
       </c>
       <c r="D65" t="s">
         <v>45</v>
       </c>
       <c r="E65" t="s">
         <v>46</v>
       </c>
       <c r="F65" t="s">
         <v>54</v>
       </c>
       <c r="G65" t="s">
         <v>48</v>
       </c>
       <c r="H65" t="s">
         <v>49</v>
       </c>
       <c r="I65" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J65" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K65" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="L65" t="s" s="5">
         <v>50</v>
       </c>
       <c r="M65" t="s" s="5">
         <v>50</v>
       </c>
       <c r="N65" t="s" s="5">
         <v>50</v>
       </c>
       <c r="O65" t="s" s="5">
         <v>51</v>
       </c>
       <c r="P65" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="Q65" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="R65" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="S65" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="T65" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="U65" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="V65" t="s" s="5">
         <v>51</v>
       </c>
       <c r="W65" t="s" s="5">
         <v>50</v>
       </c>
       <c r="X65" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="Y65" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Z65" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AA65" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AB65" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AC65" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AD65" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AE65" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AF65" t="s" s="5">
         <v>51</v>
       </c>
@@ -10218,119 +10217,119 @@
       </c>
       <c r="AP65" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ65" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR65" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS65" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT65" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU65" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="66">
       <c r="A66">
         <v>65</v>
       </c>
       <c r="B66" t="s">
-        <v>168</v>
+        <v>167</v>
       </c>
       <c r="C66" t="inlineStr" s="4">
         <is>
-          <t>5498Про розгляд клопотання Комунального закладу Львівської обласної ради «Львівське обласне бюро судово-медичної експертизи»</t>
+          <t>ID - 5498,  Про розгляд клопотання Комунального закладу Львівської обласної ради «Львівське обласне бюро судово-медичної експертизи»</t>
         </is>
       </c>
       <c r="D66" t="s">
         <v>45</v>
       </c>
       <c r="E66" t="s">
         <v>46</v>
       </c>
       <c r="F66" t="s">
         <v>152</v>
       </c>
       <c r="G66" t="s">
         <v>48</v>
       </c>
       <c r="H66" t="s">
         <v>49</v>
       </c>
       <c r="I66" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J66" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K66" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="L66" t="s" s="5">
         <v>50</v>
       </c>
       <c r="M66" t="s" s="5">
         <v>50</v>
       </c>
       <c r="N66" t="s" s="5">
         <v>50</v>
       </c>
       <c r="O66" t="s" s="5">
         <v>51</v>
       </c>
       <c r="P66" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="Q66" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="R66" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="S66" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="T66" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="U66" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="V66" t="s" s="5">
         <v>51</v>
       </c>
       <c r="W66" t="s" s="5">
         <v>50</v>
       </c>
       <c r="X66" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="Y66" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Z66" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AA66" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AB66" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AC66" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AD66" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AE66" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AF66" t="s" s="5">
         <v>51</v>
       </c>
@@ -10363,117 +10362,117 @@
       </c>
       <c r="AP66" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ66" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR66" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS66" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT66" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU66" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="67">
       <c r="A67">
         <v>66</v>
       </c>
       <c r="B67" t="s">
+        <v>168</v>
+      </c>
+      <c r="C67" t="s" s="4">
         <v>169</v>
-      </c>
-[...1 lines deleted...]
-        <v>170</v>
       </c>
       <c r="D67" t="s">
         <v>45</v>
       </c>
       <c r="E67" t="s">
         <v>46</v>
       </c>
       <c r="F67" t="s">
         <v>140</v>
       </c>
       <c r="G67" t="s">
         <v>48</v>
       </c>
       <c r="H67" t="s">
         <v>49</v>
       </c>
       <c r="I67" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J67" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="K67" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="L67" t="s" s="5">
         <v>50</v>
       </c>
       <c r="M67" t="s" s="5">
         <v>50</v>
       </c>
       <c r="N67" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="O67" t="s" s="5">
         <v>51</v>
       </c>
       <c r="P67" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="Q67" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="R67" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="S67" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="T67" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="U67" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="V67" t="s" s="5">
         <v>51</v>
       </c>
       <c r="W67" t="s" s="5">
         <v>50</v>
       </c>
       <c r="X67" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="Y67" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Z67" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AA67" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AB67" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AC67" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AD67" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AE67" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AF67" t="s" s="5">
         <v>51</v>
       </c>
@@ -10506,117 +10505,117 @@
       </c>
       <c r="AP67" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ67" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR67" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS67" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT67" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU67" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="68">
       <c r="A68">
         <v>67</v>
       </c>
       <c r="B68" t="s">
+        <v>170</v>
+      </c>
+      <c r="C68" t="s" s="4">
         <v>171</v>
-      </c>
-[...1 lines deleted...]
-        <v>172</v>
       </c>
       <c r="D68" t="s">
         <v>45</v>
       </c>
       <c r="E68" t="s">
         <v>46</v>
       </c>
       <c r="F68" t="s">
         <v>152</v>
       </c>
       <c r="G68" t="s">
         <v>48</v>
       </c>
       <c r="H68" t="s">
         <v>49</v>
       </c>
       <c r="I68" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J68" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K68" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="L68" t="s" s="5">
         <v>50</v>
       </c>
       <c r="M68" t="s" s="5">
         <v>50</v>
       </c>
       <c r="N68" t="s" s="5">
         <v>50</v>
       </c>
       <c r="O68" t="s" s="5">
         <v>51</v>
       </c>
       <c r="P68" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="Q68" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="R68" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="S68" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="T68" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="U68" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="V68" t="s" s="5">
         <v>51</v>
       </c>
       <c r="W68" t="s" s="5">
         <v>50</v>
       </c>
       <c r="X68" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="Y68" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Z68" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AA68" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AB68" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AC68" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AD68" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AE68" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AF68" t="s" s="5">
         <v>51</v>
       </c>
@@ -10649,117 +10648,117 @@
       </c>
       <c r="AP68" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ68" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR68" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS68" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT68" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU68" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="69">
       <c r="A69">
         <v>68</v>
       </c>
       <c r="B69" t="s">
+        <v>172</v>
+      </c>
+      <c r="C69" t="s" s="4">
         <v>173</v>
-      </c>
-[...1 lines deleted...]
-        <v>174</v>
       </c>
       <c r="D69" t="s">
         <v>45</v>
       </c>
       <c r="E69" t="s">
         <v>46</v>
       </c>
       <c r="F69" t="s">
         <v>140</v>
       </c>
       <c r="G69" t="s">
         <v>48</v>
       </c>
       <c r="H69" t="s">
         <v>49</v>
       </c>
       <c r="I69" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J69" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K69" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="L69" t="s" s="5">
         <v>50</v>
       </c>
       <c r="M69" t="s" s="5">
         <v>50</v>
       </c>
       <c r="N69" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="O69" t="s" s="5">
         <v>51</v>
       </c>
       <c r="P69" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="Q69" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="R69" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="S69" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="T69" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="U69" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="V69" t="s" s="5">
         <v>51</v>
       </c>
       <c r="W69" t="s" s="5">
         <v>50</v>
       </c>
       <c r="X69" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="Y69" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Z69" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AA69" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AB69" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AC69" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AD69" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AE69" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AF69" t="s" s="5">
         <v>51</v>
       </c>
@@ -10792,117 +10791,117 @@
       </c>
       <c r="AP69" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ69" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR69" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS69" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT69" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU69" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="70">
       <c r="A70">
         <v>69</v>
       </c>
       <c r="B70" t="s">
+        <v>174</v>
+      </c>
+      <c r="C70" t="s" s="4">
         <v>175</v>
-      </c>
-[...1 lines deleted...]
-        <v>176</v>
       </c>
       <c r="D70" t="s">
         <v>45</v>
       </c>
       <c r="E70" t="s">
         <v>46</v>
       </c>
       <c r="F70" t="s">
         <v>152</v>
       </c>
       <c r="G70" t="s">
         <v>48</v>
       </c>
       <c r="H70" t="s">
         <v>49</v>
       </c>
       <c r="I70" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J70" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K70" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="L70" t="s" s="5">
         <v>50</v>
       </c>
       <c r="M70" t="s" s="5">
         <v>50</v>
       </c>
       <c r="N70" t="s" s="5">
         <v>50</v>
       </c>
       <c r="O70" t="s" s="5">
         <v>51</v>
       </c>
       <c r="P70" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="Q70" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="R70" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="S70" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="T70" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="U70" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="V70" t="s" s="5">
         <v>51</v>
       </c>
       <c r="W70" t="s" s="5">
         <v>50</v>
       </c>
       <c r="X70" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="Y70" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Z70" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AA70" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AB70" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AC70" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AD70" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AE70" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AF70" t="s" s="5">
         <v>51</v>
       </c>
@@ -10935,117 +10934,117 @@
       </c>
       <c r="AP70" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ70" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR70" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS70" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT70" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU70" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="71">
       <c r="A71">
         <v>70</v>
       </c>
       <c r="B71" t="s">
+        <v>176</v>
+      </c>
+      <c r="C71" t="s" s="4">
         <v>177</v>
-      </c>
-[...1 lines deleted...]
-        <v>178</v>
       </c>
       <c r="D71" t="s">
         <v>45</v>
       </c>
       <c r="E71" t="s">
         <v>46</v>
       </c>
       <c r="F71" t="s">
         <v>152</v>
       </c>
       <c r="G71" t="s">
         <v>48</v>
       </c>
       <c r="H71" t="s">
         <v>49</v>
       </c>
       <c r="I71" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J71" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K71" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="L71" t="s" s="5">
         <v>50</v>
       </c>
       <c r="M71" t="s" s="5">
         <v>50</v>
       </c>
       <c r="N71" t="s" s="5">
         <v>50</v>
       </c>
       <c r="O71" t="s" s="5">
         <v>51</v>
       </c>
       <c r="P71" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="Q71" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="R71" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="S71" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="T71" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="U71" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="V71" t="s" s="5">
         <v>51</v>
       </c>
       <c r="W71" t="s" s="5">
         <v>50</v>
       </c>
       <c r="X71" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="Y71" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Z71" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AA71" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AB71" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AC71" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AD71" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AE71" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AF71" t="s" s="5">
         <v>51</v>
       </c>
@@ -11078,123 +11077,123 @@
       </c>
       <c r="AP71" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ71" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR71" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS71" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT71" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU71" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="72">
       <c r="A72">
         <v>71</v>
       </c>
       <c r="B72" t="s">
+        <v>178</v>
+      </c>
+      <c r="C72" t="s" s="4">
         <v>179</v>
-      </c>
-[...1 lines deleted...]
-        <v>180</v>
       </c>
       <c r="D72" t="s">
         <v>45</v>
       </c>
       <c r="E72" t="s">
         <v>46</v>
       </c>
       <c r="F72" t="s">
         <v>61</v>
       </c>
       <c r="G72" t="s">
         <v>48</v>
       </c>
       <c r="H72" t="s">
         <v>49</v>
       </c>
       <c r="I72" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J72" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K72" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="L72" t="s" s="5">
         <v>50</v>
       </c>
       <c r="M72" t="s" s="5">
         <v>50</v>
       </c>
       <c r="N72" t="s" s="5">
         <v>50</v>
       </c>
       <c r="O72" t="s" s="5">
         <v>51</v>
       </c>
       <c r="P72" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="Q72" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="R72" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="S72" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="T72" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="U72" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="V72" t="s" s="5">
         <v>51</v>
       </c>
       <c r="W72" t="s" s="5">
         <v>50</v>
       </c>
       <c r="X72" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="Y72" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Z72" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="AA72" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AB72" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AC72" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AD72" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AE72" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AF72" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AG72" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AH72" t="s" s="5">
         <v>50</v>
       </c>
@@ -11221,129 +11220,129 @@
       </c>
       <c r="AP72" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ72" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR72" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS72" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT72" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU72" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="73">
       <c r="A73">
         <v>72</v>
       </c>
       <c r="B73" t="s">
+        <v>180</v>
+      </c>
+      <c r="C73" t="s" s="4">
         <v>181</v>
-      </c>
-[...1 lines deleted...]
-        <v>182</v>
       </c>
       <c r="D73" t="s">
         <v>45</v>
       </c>
       <c r="E73" t="s">
         <v>46</v>
       </c>
       <c r="F73" t="s">
         <v>140</v>
       </c>
       <c r="G73" t="s">
         <v>48</v>
       </c>
       <c r="H73" t="s">
         <v>49</v>
       </c>
       <c r="I73" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J73" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K73" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="L73" t="s" s="5">
         <v>50</v>
       </c>
       <c r="M73" t="s" s="5">
         <v>50</v>
       </c>
       <c r="N73" t="s" s="5">
         <v>50</v>
       </c>
       <c r="O73" t="s" s="5">
         <v>51</v>
       </c>
       <c r="P73" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="Q73" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="R73" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="S73" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="T73" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="U73" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="V73" t="s" s="5">
         <v>51</v>
       </c>
       <c r="W73" t="s" s="5">
         <v>50</v>
       </c>
       <c r="X73" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="Y73" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Z73" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="AA73" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AB73" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="AC73" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AD73" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AE73" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AF73" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AG73" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AH73" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AI73" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AJ73" t="s" s="5">
         <v>51</v>
       </c>
@@ -11364,119 +11363,119 @@
       </c>
       <c r="AP73" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ73" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR73" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS73" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT73" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU73" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="74">
       <c r="A74">
         <v>73</v>
       </c>
       <c r="B74" t="s">
-        <v>183</v>
+        <v>182</v>
       </c>
       <c r="C74" t="inlineStr" s="4">
         <is>
-          <t>5506Про зміну виду використання земельної ділянки в м. Червонограді на просп. Шевченка, 3 `е`, кадастровий номер земельної ділянки 611800000:02:008:0055</t>
+          <t>ID - 5506,  Про зміну виду використання земельної ділянки в м. Червонограді на просп. Шевченка, 3 `е`, кадастровий номер земельної ділянки 611800000:02:008:0055</t>
         </is>
       </c>
       <c r="D74" t="s">
         <v>45</v>
       </c>
       <c r="E74" t="s">
         <v>46</v>
       </c>
       <c r="F74" t="s">
         <v>140</v>
       </c>
       <c r="G74" t="s">
         <v>48</v>
       </c>
       <c r="H74" t="s">
         <v>49</v>
       </c>
       <c r="I74" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J74" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="K74" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="L74" t="s" s="5">
         <v>50</v>
       </c>
       <c r="M74" t="s" s="5">
         <v>50</v>
       </c>
       <c r="N74" t="s" s="5">
         <v>50</v>
       </c>
       <c r="O74" t="s" s="5">
         <v>51</v>
       </c>
       <c r="P74" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="Q74" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="R74" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="S74" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="T74" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="U74" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="V74" t="s" s="5">
         <v>51</v>
       </c>
       <c r="W74" t="s" s="5">
         <v>50</v>
       </c>
       <c r="X74" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="Y74" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Z74" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AA74" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AB74" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AC74" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AD74" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AE74" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AF74" t="s" s="5">
         <v>51</v>
       </c>
@@ -11509,119 +11508,119 @@
       </c>
       <c r="AP74" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ74" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR74" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS74" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT74" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU74" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="75">
       <c r="A75">
         <v>74</v>
       </c>
       <c r="B75" t="s">
-        <v>184</v>
+        <v>183</v>
       </c>
       <c r="C75" t="inlineStr" s="4">
         <is>
-          <t>5507Про виготовлення технічної документації з нормативної грошової оцінки земель Червоноградської міської ради Червоноградського району Львівської області</t>
+          <t>ID - 5507,  Про виготовлення технічної документації з нормативної грошової оцінки земель Червоноградської міської ради Червоноградського району Львівської області</t>
         </is>
       </c>
       <c r="D75" t="s">
         <v>45</v>
       </c>
       <c r="E75" t="s">
         <v>46</v>
       </c>
       <c r="F75" t="s">
         <v>140</v>
       </c>
       <c r="G75" t="s">
         <v>48</v>
       </c>
       <c r="H75" t="s">
         <v>49</v>
       </c>
       <c r="I75" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J75" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K75" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="L75" t="s" s="5">
         <v>50</v>
       </c>
       <c r="M75" t="s" s="5">
         <v>50</v>
       </c>
       <c r="N75" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="O75" t="s" s="5">
         <v>51</v>
       </c>
       <c r="P75" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="Q75" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="R75" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="S75" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="T75" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="U75" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="V75" t="s" s="5">
         <v>51</v>
       </c>
       <c r="W75" t="s" s="5">
         <v>50</v>
       </c>
       <c r="X75" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="Y75" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Z75" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AA75" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AB75" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AC75" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AD75" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AE75" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AF75" t="s" s="5">
         <v>51</v>
       </c>
@@ -11654,125 +11653,125 @@
       </c>
       <c r="AP75" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ75" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR75" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS75" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT75" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU75" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="76">
       <c r="A76">
         <v>75</v>
       </c>
       <c r="B76" t="s">
-        <v>185</v>
+        <v>184</v>
       </c>
       <c r="C76" t="inlineStr" s="4">
         <is>
-          <t>5509Про затвердження технічної документації із землеустрою на земельну ділянку кадастровий номер 4611800000:02:010:0158</t>
+          <t>ID - 5509,  Про затвердження технічної документації із землеустрою на земельну ділянку кадастровий номер 4611800000:02:010:0158</t>
         </is>
       </c>
       <c r="D76" t="s">
         <v>45</v>
       </c>
       <c r="E76" t="s">
         <v>46</v>
       </c>
       <c r="F76" t="s">
         <v>47</v>
       </c>
       <c r="G76" t="s">
         <v>48</v>
       </c>
       <c r="H76" t="s">
         <v>49</v>
       </c>
       <c r="I76" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J76" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K76" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="L76" t="s" s="5">
         <v>50</v>
       </c>
       <c r="M76" t="s" s="5">
         <v>50</v>
       </c>
       <c r="N76" t="s" s="5">
         <v>50</v>
       </c>
       <c r="O76" t="s" s="5">
         <v>51</v>
       </c>
       <c r="P76" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="Q76" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="R76" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="S76" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="T76" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="U76" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="V76" t="s" s="5">
         <v>51</v>
       </c>
       <c r="W76" t="s" s="5">
         <v>50</v>
       </c>
       <c r="X76" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="Y76" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Z76" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="AA76" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AB76" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AC76" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AD76" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AE76" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AF76" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AG76" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AH76" t="s" s="5">
         <v>50</v>
       </c>
@@ -11799,119 +11798,119 @@
       </c>
       <c r="AP76" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ76" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR76" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS76" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT76" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU76" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="77">
       <c r="A77">
         <v>76</v>
       </c>
       <c r="B77" t="s">
-        <v>186</v>
+        <v>185</v>
       </c>
       <c r="C77" t="inlineStr" s="4">
         <is>
-          <t>5510Про розгляд клопотання Товариства з обмеженою відповідальністю «КОМПАНІЯ РІЕЛ-ЕСТЕЙТ ГРУП»</t>
+          <t>ID - 5510,  Про розгляд клопотання Товариства з обмеженою відповідальністю «КОМПАНІЯ РІЕЛ-ЕСТЕЙТ ГРУП»</t>
         </is>
       </c>
       <c r="D77" t="s">
         <v>45</v>
       </c>
       <c r="E77" t="s">
         <v>46</v>
       </c>
       <c r="F77" t="s">
         <v>61</v>
       </c>
       <c r="G77" t="s">
         <v>48</v>
       </c>
       <c r="H77" t="s">
         <v>49</v>
       </c>
       <c r="I77" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J77" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K77" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="L77" t="s" s="5">
         <v>50</v>
       </c>
       <c r="M77" t="s" s="5">
         <v>50</v>
       </c>
       <c r="N77" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="O77" t="s" s="5">
         <v>51</v>
       </c>
       <c r="P77" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="Q77" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="R77" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="S77" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="T77" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="U77" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="V77" t="s" s="5">
         <v>51</v>
       </c>
       <c r="W77" t="s" s="5">
         <v>50</v>
       </c>
       <c r="X77" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="Y77" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Z77" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AA77" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AB77" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AC77" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AD77" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AE77" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AF77" t="s" s="5">
         <v>51</v>
       </c>
@@ -11944,119 +11943,119 @@
       </c>
       <c r="AP77" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ77" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR77" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS77" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT77" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU77" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="78">
       <c r="A78">
         <v>77</v>
       </c>
       <c r="B78" t="s">
-        <v>187</v>
+        <v>186</v>
       </c>
       <c r="C78" t="inlineStr" s="4">
         <is>
-          <t>5511Про включення до переліку земельних ділянок, право оренди на які виставляється на земельні торги окремими лотами, та продаж права оренди земельної ділянки на конкурентних засадах (на земельних торгах у формі електронного аукціону) на території Червоноградської міської ради, (за межами села Острів), Червоноградського району, Львівської області, кадастровий номер земельної ділянки 4624884200:02:000:0142</t>
+          <t>ID - 5511,  Про включення до переліку земельних ділянок, право оренди на які виставляється на земельні торги окремими лотами, та продаж права оренди земельної ділянки на конкурентних засадах (на земельних торгах у формі електронного аукціону) на території Червоноградської міської ради, (за межами села Острів), Червоноградського району, Львівської області, кадастровий номер земельної ділянки 4624884200:02:000:0142</t>
         </is>
       </c>
       <c r="D78" t="s">
         <v>45</v>
       </c>
       <c r="E78" t="s">
         <v>46</v>
       </c>
       <c r="F78" t="s">
         <v>54</v>
       </c>
       <c r="G78" t="s">
         <v>48</v>
       </c>
       <c r="H78" t="s">
         <v>49</v>
       </c>
       <c r="I78" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J78" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K78" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="L78" t="s" s="5">
         <v>50</v>
       </c>
       <c r="M78" t="s" s="5">
         <v>50</v>
       </c>
       <c r="N78" t="s" s="5">
         <v>50</v>
       </c>
       <c r="O78" t="s" s="5">
         <v>51</v>
       </c>
       <c r="P78" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="Q78" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="R78" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="S78" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="T78" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="U78" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="V78" t="s" s="5">
         <v>51</v>
       </c>
       <c r="W78" t="s" s="5">
         <v>50</v>
       </c>
       <c r="X78" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="Y78" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Z78" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AA78" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AB78" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AC78" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AD78" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AE78" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AF78" t="s" s="5">
         <v>51</v>
       </c>
@@ -12089,119 +12088,119 @@
       </c>
       <c r="AP78" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ78" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR78" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS78" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT78" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU78" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="79">
       <c r="A79">
         <v>78</v>
       </c>
       <c r="B79" t="s">
-        <v>188</v>
+        <v>187</v>
       </c>
       <c r="C79" t="inlineStr" s="4">
         <is>
-          <t>5512Про включення до переліку земельних ділянок, право оренди на які виставляється на земельні торги окремими лотами, та продаж права оренди земельної ділянки на конкурентних засадах(на земельних торгах у формі електронного аукціону) на території Червоноградської міської ради, (за межами села Сілець, урочище «Пониззя»), Червоноградського району, Львівської області, кадастровий номер земельної ділянки 4624886600:11:000:0033</t>
+          <t>ID - 5512,  Про включення до переліку земельних ділянок, право оренди на які виставляється на земельні торги окремими лотами, та продаж права оренди земельної ділянки на конкурентних засадах(на земельних торгах у формі електронного аукціону) на території Червоноградської міської ради, (за межами села Сілець, урочище «Пониззя»), Червоноградського району, Львівської області, кадастровий номер земельної ділянки 4624886600:11:000:0033</t>
         </is>
       </c>
       <c r="D79" t="s">
         <v>56</v>
       </c>
       <c r="E79" t="s">
         <v>46</v>
       </c>
       <c r="F79" t="s">
         <v>140</v>
       </c>
       <c r="G79" t="s">
         <v>48</v>
       </c>
       <c r="H79" t="s">
         <v>49</v>
       </c>
       <c r="I79" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J79" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K79" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="L79" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="M79" t="s" s="5">
         <v>50</v>
       </c>
       <c r="N79" t="s" s="5">
         <v>50</v>
       </c>
       <c r="O79" t="s" s="5">
         <v>51</v>
       </c>
       <c r="P79" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="Q79" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="R79" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="S79" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="T79" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="U79" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="V79" t="s" s="5">
         <v>51</v>
       </c>
       <c r="W79" t="s" s="5">
         <v>50</v>
       </c>
       <c r="X79" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="Y79" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Z79" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AA79" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AB79" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AC79" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AD79" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AE79" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AF79" t="s" s="5">
         <v>51</v>
       </c>
@@ -12234,117 +12233,117 @@
       </c>
       <c r="AP79" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ79" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR79" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS79" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT79" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU79" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="80">
       <c r="A80">
         <v>79</v>
       </c>
       <c r="B80" t="s">
+        <v>188</v>
+      </c>
+      <c r="C80" t="s" s="4">
         <v>189</v>
-      </c>
-[...1 lines deleted...]
-        <v>190</v>
       </c>
       <c r="D80" t="s">
         <v>58</v>
       </c>
       <c r="E80" t="s">
         <v>46</v>
       </c>
       <c r="F80" t="s">
         <v>61</v>
       </c>
       <c r="G80" t="s">
         <v>48</v>
       </c>
       <c r="H80" t="s">
         <v>49</v>
       </c>
       <c r="I80" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J80" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K80" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="L80" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="M80" t="s" s="5">
         <v>50</v>
       </c>
       <c r="N80" t="s" s="5">
         <v>50</v>
       </c>
       <c r="O80" t="s" s="5">
         <v>51</v>
       </c>
       <c r="P80" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="Q80" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="R80" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="S80" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="T80" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="U80" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="V80" t="s" s="5">
         <v>51</v>
       </c>
       <c r="W80" t="s" s="5">
         <v>50</v>
       </c>
       <c r="X80" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="Y80" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Z80" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AA80" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AB80" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AC80" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AD80" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AE80" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AF80" t="s" s="5">
         <v>51</v>
       </c>
@@ -12377,119 +12376,119 @@
       </c>
       <c r="AP80" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ80" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR80" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS80" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT80" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU80" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="81">
       <c r="A81">
         <v>80</v>
       </c>
       <c r="B81" t="s">
-        <v>191</v>
+        <v>190</v>
       </c>
       <c r="C81" t="inlineStr" s="4">
         <is>
-          <t>5514Про включення до переліку земельних ділянок, право оренди на які виставляється на земельні торги окремими лотами, та продаж права оренди земельної ділянки на конкурентних засадах(на земельних торгах у формі електронного аукціону) на території Червоноградської міської ради, (за межами села Сілець, урочище «Пониззя»), Червоноградського району, Львівської області, кадастровий номер земельної ділянки 4624886600:11:000:0033</t>
+          <t>ID - 5514,  Про включення до переліку земельних ділянок, право оренди на які виставляється на земельні торги окремими лотами, та продаж права оренди земельної ділянки на конкурентних засадах(на земельних торгах у формі електронного аукціону) на території Червоноградської міської ради, (за межами села Сілець, урочище «Пониззя»), Червоноградського району, Львівської області, кадастровий номер земельної ділянки 4624886600:11:000:0033</t>
         </is>
       </c>
       <c r="D81" t="s">
         <v>60</v>
       </c>
       <c r="E81" t="s">
         <v>46</v>
       </c>
       <c r="F81" t="s">
         <v>140</v>
       </c>
       <c r="G81" t="s">
         <v>48</v>
       </c>
       <c r="H81" t="s">
         <v>49</v>
       </c>
       <c r="I81" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J81" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K81" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="L81" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="M81" t="s" s="5">
         <v>50</v>
       </c>
       <c r="N81" t="s" s="5">
         <v>50</v>
       </c>
       <c r="O81" t="s" s="5">
         <v>51</v>
       </c>
       <c r="P81" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="Q81" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="R81" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="S81" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="T81" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="U81" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="V81" t="s" s="5">
         <v>51</v>
       </c>
       <c r="W81" t="s" s="5">
         <v>50</v>
       </c>
       <c r="X81" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="Y81" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Z81" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AA81" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AB81" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AC81" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AD81" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AE81" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AF81" t="s" s="5">
         <v>51</v>
       </c>
@@ -12522,119 +12521,119 @@
       </c>
       <c r="AP81" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ81" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR81" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS81" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT81" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU81" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="82">
       <c r="A82">
         <v>81</v>
       </c>
       <c r="B82" t="s">
-        <v>192</v>
+        <v>191</v>
       </c>
       <c r="C82" t="inlineStr" s="4">
         <is>
-          <t>5515Про включення до переліку земельних ділянок, право оренди на які виставляється на земельні торги окремими лотами, та продаж права оренди земельної ділянки на конкурентних засадах(на земельних торгах у формі електронного аукціону) на території Червоноградської міської ради, (за межами селаСілець, урочище «Пониззя»), Червоноградського району, Львівської області, кадастровий номер земельної ділянки 4624886600:11:000:0028</t>
+          <t>ID - 5515,  Про включення до переліку земельних ділянок, право оренди на які виставляється на земельні торги окремими лотами, та продаж права оренди земельної ділянки на конкурентних засадах(на земельних торгах у формі електронного аукціону) на території Червоноградської міської ради, (за межами селаСілець, урочище «Пониззя»), Червоноградського району, Львівської області, кадастровий номер земельної ділянки 4624886600:11:000:0028</t>
         </is>
       </c>
       <c r="D82" t="s">
         <v>56</v>
       </c>
       <c r="E82" t="s">
         <v>46</v>
       </c>
       <c r="F82" t="s">
         <v>140</v>
       </c>
       <c r="G82" t="s">
         <v>48</v>
       </c>
       <c r="H82" t="s">
         <v>49</v>
       </c>
       <c r="I82" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J82" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K82" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="L82" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="M82" t="s" s="5">
         <v>50</v>
       </c>
       <c r="N82" t="s" s="5">
         <v>50</v>
       </c>
       <c r="O82" t="s" s="5">
         <v>51</v>
       </c>
       <c r="P82" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="Q82" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="R82" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="S82" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="T82" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="U82" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="V82" t="s" s="5">
         <v>51</v>
       </c>
       <c r="W82" t="s" s="5">
         <v>50</v>
       </c>
       <c r="X82" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="Y82" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Z82" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AA82" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AB82" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AC82" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AD82" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AE82" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AF82" t="s" s="5">
         <v>51</v>
       </c>
@@ -12667,117 +12666,117 @@
       </c>
       <c r="AP82" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ82" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR82" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS82" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT82" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU82" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="83">
       <c r="A83">
         <v>82</v>
       </c>
       <c r="B83" t="s">
+        <v>192</v>
+      </c>
+      <c r="C83" t="s" s="4">
         <v>193</v>
-      </c>
-[...1 lines deleted...]
-        <v>194</v>
       </c>
       <c r="D83" t="s">
         <v>58</v>
       </c>
       <c r="E83" t="s">
         <v>46</v>
       </c>
       <c r="F83" t="s">
         <v>61</v>
       </c>
       <c r="G83" t="s">
         <v>48</v>
       </c>
       <c r="H83" t="s">
         <v>49</v>
       </c>
       <c r="I83" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J83" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K83" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="L83" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="M83" t="s" s="5">
         <v>50</v>
       </c>
       <c r="N83" t="s" s="5">
         <v>50</v>
       </c>
       <c r="O83" t="s" s="5">
         <v>51</v>
       </c>
       <c r="P83" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="Q83" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="R83" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="S83" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="T83" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="U83" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="V83" t="s" s="5">
         <v>51</v>
       </c>
       <c r="W83" t="s" s="5">
         <v>50</v>
       </c>
       <c r="X83" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="Y83" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Z83" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AA83" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AB83" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AC83" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AD83" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AE83" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AF83" t="s" s="5">
         <v>51</v>
       </c>
@@ -12810,119 +12809,119 @@
       </c>
       <c r="AP83" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ83" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR83" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS83" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT83" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU83" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="84">
       <c r="A84">
         <v>83</v>
       </c>
       <c r="B84" t="s">
-        <v>195</v>
+        <v>194</v>
       </c>
       <c r="C84" t="inlineStr" s="4">
         <is>
-          <t>5517Про включення до переліку земельних ділянок, право оренди на які виставляється на земельні торги окремими лотами, та продаж права оренди земельної ділянки на конкурентних засадах(на земельних торгах у формі електронного аукціону) на території Червоноградської міської ради, (за межами селаСілець, урочище «Пониззя»), Червоноградського району, Львівської області, кадастровий номер земельної ділянки 4624886600:11:000:0028</t>
+          <t>ID - 5517,  Про включення до переліку земельних ділянок, право оренди на які виставляється на земельні торги окремими лотами, та продаж права оренди земельної ділянки на конкурентних засадах(на земельних торгах у формі електронного аукціону) на території Червоноградської міської ради, (за межами селаСілець, урочище «Пониззя»), Червоноградського району, Львівської області, кадастровий номер земельної ділянки 4624886600:11:000:0028</t>
         </is>
       </c>
       <c r="D84" t="s">
         <v>60</v>
       </c>
       <c r="E84" t="s">
         <v>46</v>
       </c>
       <c r="F84" t="s">
         <v>140</v>
       </c>
       <c r="G84" t="s">
         <v>48</v>
       </c>
       <c r="H84" t="s">
         <v>49</v>
       </c>
       <c r="I84" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J84" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K84" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="L84" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="M84" t="s" s="5">
         <v>50</v>
       </c>
       <c r="N84" t="s" s="5">
         <v>50</v>
       </c>
       <c r="O84" t="s" s="5">
         <v>51</v>
       </c>
       <c r="P84" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="Q84" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="R84" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="S84" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="T84" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="U84" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="V84" t="s" s="5">
         <v>51</v>
       </c>
       <c r="W84" t="s" s="5">
         <v>50</v>
       </c>
       <c r="X84" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="Y84" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Z84" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AA84" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AB84" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AC84" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AD84" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AE84" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AF84" t="s" s="5">
         <v>51</v>
       </c>
@@ -12955,119 +12954,119 @@
       </c>
       <c r="AP84" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ84" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR84" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS84" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT84" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU84" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="85">
       <c r="A85">
         <v>84</v>
       </c>
       <c r="B85" t="s">
-        <v>196</v>
+        <v>195</v>
       </c>
       <c r="C85" t="inlineStr" s="4">
         <is>
-          <t>5518Про включення до переліку земельних ділянок, право оренди на які виставляється на земельні торги окремими лотами, та продаж права оренди земельної ділянки на конкурентних засадах(на земельних торгах у формі електронного аукціону) на території Червоноградської міської ради, (за межами селаСілець, урочище «Пониззя»), Червоноградського району, Львівської області, кадастровий номер земельної ділянки 4624886600:11:000:0025</t>
+          <t>ID - 5518,  Про включення до переліку земельних ділянок, право оренди на які виставляється на земельні торги окремими лотами, та продаж права оренди земельної ділянки на конкурентних засадах(на земельних торгах у формі електронного аукціону) на території Червоноградської міської ради, (за межами селаСілець, урочище «Пониззя»), Червоноградського району, Львівської області, кадастровий номер земельної ділянки 4624886600:11:000:0025</t>
         </is>
       </c>
       <c r="D85" t="s">
         <v>56</v>
       </c>
       <c r="E85" t="s">
         <v>46</v>
       </c>
       <c r="F85" t="s">
         <v>140</v>
       </c>
       <c r="G85" t="s">
         <v>48</v>
       </c>
       <c r="H85" t="s">
         <v>49</v>
       </c>
       <c r="I85" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J85" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K85" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="L85" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="M85" t="s" s="5">
         <v>50</v>
       </c>
       <c r="N85" t="s" s="5">
         <v>50</v>
       </c>
       <c r="O85" t="s" s="5">
         <v>51</v>
       </c>
       <c r="P85" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="Q85" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="R85" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="S85" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="T85" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="U85" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="V85" t="s" s="5">
         <v>51</v>
       </c>
       <c r="W85" t="s" s="5">
         <v>50</v>
       </c>
       <c r="X85" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="Y85" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Z85" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AA85" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AB85" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AC85" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AD85" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AE85" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AF85" t="s" s="5">
         <v>51</v>
       </c>
@@ -13100,117 +13099,117 @@
       </c>
       <c r="AP85" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ85" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR85" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS85" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT85" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU85" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="86">
       <c r="A86">
         <v>85</v>
       </c>
       <c r="B86" t="s">
+        <v>196</v>
+      </c>
+      <c r="C86" t="s" s="4">
         <v>197</v>
-      </c>
-[...1 lines deleted...]
-        <v>198</v>
       </c>
       <c r="D86" t="s">
         <v>58</v>
       </c>
       <c r="E86" t="s">
         <v>46</v>
       </c>
       <c r="F86" t="s">
         <v>61</v>
       </c>
       <c r="G86" t="s">
         <v>48</v>
       </c>
       <c r="H86" t="s">
         <v>49</v>
       </c>
       <c r="I86" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J86" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K86" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="L86" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="M86" t="s" s="5">
         <v>50</v>
       </c>
       <c r="N86" t="s" s="5">
         <v>50</v>
       </c>
       <c r="O86" t="s" s="5">
         <v>51</v>
       </c>
       <c r="P86" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="Q86" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="R86" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="S86" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="T86" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="U86" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="V86" t="s" s="5">
         <v>51</v>
       </c>
       <c r="W86" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="X86" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="Y86" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Z86" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AA86" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AB86" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AC86" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AD86" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AE86" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AF86" t="s" s="5">
         <v>51</v>
       </c>
@@ -13243,119 +13242,119 @@
       </c>
       <c r="AP86" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ86" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR86" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS86" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT86" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU86" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="87">
       <c r="A87">
         <v>86</v>
       </c>
       <c r="B87" t="s">
-        <v>199</v>
+        <v>198</v>
       </c>
       <c r="C87" t="inlineStr" s="4">
         <is>
-          <t>5520Про включення до переліку земельних ділянок, право оренди на які виставляється на земельні торги окремими лотами, та продаж права оренди земельної ділянки на конкурентних засадах(на земельних торгах у формі електронного аукціону) на території Червоноградської міської ради, (за межами селаСілець, урочище «Пониззя»), Червоноградського району, Львівської області, кадастровий номер земельної ділянки 4624886600:11:000:0025</t>
+          <t>ID - 5520,  Про включення до переліку земельних ділянок, право оренди на які виставляється на земельні торги окремими лотами, та продаж права оренди земельної ділянки на конкурентних засадах(на земельних торгах у формі електронного аукціону) на території Червоноградської міської ради, (за межами селаСілець, урочище «Пониззя»), Червоноградського району, Львівської області, кадастровий номер земельної ділянки 4624886600:11:000:0025</t>
         </is>
       </c>
       <c r="D87" t="s">
         <v>60</v>
       </c>
       <c r="E87" t="s">
         <v>46</v>
       </c>
       <c r="F87" t="s">
         <v>140</v>
       </c>
       <c r="G87" t="s">
         <v>48</v>
       </c>
       <c r="H87" t="s">
         <v>49</v>
       </c>
       <c r="I87" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J87" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K87" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="L87" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="M87" t="s" s="5">
         <v>50</v>
       </c>
       <c r="N87" t="s" s="5">
         <v>50</v>
       </c>
       <c r="O87" t="s" s="5">
         <v>51</v>
       </c>
       <c r="P87" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="Q87" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="R87" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="S87" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="T87" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="U87" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="V87" t="s" s="5">
         <v>51</v>
       </c>
       <c r="W87" t="s" s="5">
         <v>50</v>
       </c>
       <c r="X87" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="Y87" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Z87" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AA87" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AB87" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AC87" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AD87" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AE87" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AF87" t="s" s="5">
         <v>51</v>
       </c>
@@ -13388,123 +13387,123 @@
       </c>
       <c r="AP87" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ87" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR87" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS87" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT87" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU87" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="88">
       <c r="A88">
         <v>87</v>
       </c>
       <c r="B88" t="s">
+        <v>199</v>
+      </c>
+      <c r="C88" t="s" s="4">
         <v>200</v>
-      </c>
-[...1 lines deleted...]
-        <v>201</v>
       </c>
       <c r="D88" t="s">
         <v>56</v>
       </c>
       <c r="E88" t="s">
         <v>46</v>
       </c>
       <c r="F88" t="s">
         <v>47</v>
       </c>
       <c r="G88" t="s">
         <v>48</v>
       </c>
       <c r="H88" t="s">
         <v>49</v>
       </c>
       <c r="I88" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J88" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K88" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="L88" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="M88" t="s" s="5">
         <v>50</v>
       </c>
       <c r="N88" t="s" s="5">
         <v>50</v>
       </c>
       <c r="O88" t="s" s="5">
         <v>51</v>
       </c>
       <c r="P88" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="Q88" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="R88" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="S88" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="T88" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="U88" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="V88" t="s" s="5">
         <v>51</v>
       </c>
       <c r="W88" t="s" s="5">
         <v>50</v>
       </c>
       <c r="X88" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="Y88" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Z88" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="AA88" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AB88" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AC88" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AD88" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AE88" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AF88" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AG88" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AH88" t="s" s="5">
         <v>50</v>
       </c>
@@ -13531,132 +13530,132 @@
       </c>
       <c r="AP88" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ88" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR88" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS88" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT88" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU88" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="89">
       <c r="A89">
         <v>88</v>
       </c>
       <c r="B89" t="s">
+        <v>201</v>
+      </c>
+      <c r="C89" t="s" s="4">
         <v>202</v>
-      </c>
-[...1 lines deleted...]
-        <v>203</v>
       </c>
       <c r="D89" t="s">
         <v>58</v>
       </c>
       <c r="E89" t="s">
         <v>46</v>
       </c>
       <c r="F89" t="s">
         <v>61</v>
       </c>
       <c r="G89" t="s">
         <v>48</v>
       </c>
       <c r="H89" t="s">
         <v>49</v>
       </c>
       <c r="I89" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="J89" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K89" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="L89" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="M89" t="s" s="5">
         <v>50</v>
       </c>
       <c r="N89" t="s" s="5">
         <v>50</v>
       </c>
       <c r="O89" t="s" s="5">
         <v>51</v>
       </c>
       <c r="P89" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="Q89" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="R89" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="S89" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="T89" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="U89" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="V89" t="s" s="5">
         <v>51</v>
       </c>
       <c r="W89" t="s" s="5">
         <v>50</v>
       </c>
       <c r="X89" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="Y89" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Z89" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AA89" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AB89" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AC89" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="AD89" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AE89" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AF89" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AG89" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AH89" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AI89" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AJ89" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AK89" t="s" s="5">
         <v>50</v>
       </c>
@@ -13674,117 +13673,117 @@
       </c>
       <c r="AP89" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ89" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR89" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS89" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT89" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU89" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="90">
       <c r="A90">
         <v>89</v>
       </c>
       <c r="B90" t="s">
+        <v>203</v>
+      </c>
+      <c r="C90" t="s" s="4">
         <v>204</v>
-      </c>
-[...1 lines deleted...]
-        <v>205</v>
       </c>
       <c r="D90" t="s">
         <v>58</v>
       </c>
       <c r="E90" t="s">
         <v>46</v>
       </c>
       <c r="F90" t="s">
         <v>140</v>
       </c>
       <c r="G90" t="s">
         <v>48</v>
       </c>
       <c r="H90" t="s">
         <v>49</v>
       </c>
       <c r="I90" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J90" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K90" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="L90" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="M90" t="s" s="5">
         <v>50</v>
       </c>
       <c r="N90" t="s" s="5">
         <v>50</v>
       </c>
       <c r="O90" t="s" s="5">
         <v>51</v>
       </c>
       <c r="P90" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="Q90" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="R90" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="S90" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="T90" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="U90" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="V90" t="s" s="5">
         <v>51</v>
       </c>
       <c r="W90" t="s" s="5">
         <v>50</v>
       </c>
       <c r="X90" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="Y90" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Z90" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AA90" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AB90" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AC90" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AD90" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AE90" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AF90" t="s" s="5">
         <v>51</v>
       </c>
@@ -13817,132 +13816,132 @@
       </c>
       <c r="AP90" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ90" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR90" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS90" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT90" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU90" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="91">
       <c r="A91">
         <v>90</v>
       </c>
       <c r="B91" t="s">
+        <v>205</v>
+      </c>
+      <c r="C91" t="s" s="4">
         <v>206</v>
-      </c>
-[...1 lines deleted...]
-        <v>207</v>
       </c>
       <c r="D91" t="s">
         <v>60</v>
       </c>
       <c r="E91" t="s">
         <v>46</v>
       </c>
       <c r="F91" t="s">
         <v>47</v>
       </c>
       <c r="G91" t="s">
         <v>48</v>
       </c>
       <c r="H91" t="s">
         <v>49</v>
       </c>
       <c r="I91" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="J91" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K91" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="L91" t="s" s="5">
         <v>50</v>
       </c>
       <c r="M91" t="s" s="5">
         <v>50</v>
       </c>
       <c r="N91" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="O91" t="s" s="5">
         <v>51</v>
       </c>
       <c r="P91" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="Q91" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="R91" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="S91" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="T91" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="U91" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="V91" t="s" s="5">
         <v>51</v>
       </c>
       <c r="W91" t="s" s="5">
         <v>50</v>
       </c>
       <c r="X91" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="Y91" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Z91" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="AA91" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AB91" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="AC91" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="AD91" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AE91" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AF91" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AG91" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AH91" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AI91" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AJ91" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AK91" t="s" s="5">
         <v>50</v>
       </c>
@@ -13965,165 +13964,165 @@
         <v>50</v>
       </c>
       <c r="AR91" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS91" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT91" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU91" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="92">
       <c r="A92"/>
       <c r="B92"/>
       <c r="C92"/>
       <c r="D92"/>
       <c r="E92"/>
       <c r="F92"/>
       <c r="G92"/>
       <c r="H92"/>
       <c r="I92" t="s">
+        <v>207</v>
+      </c>
+      <c r="J92" t="s">
         <v>208</v>
       </c>
-      <c r="J92" t="s">
+      <c r="K92" t="s">
         <v>209</v>
       </c>
-      <c r="K92" t="s">
+      <c r="L92" t="s">
         <v>210</v>
       </c>
-      <c r="L92" t="s">
+      <c r="M92" t="s">
+        <v>210</v>
+      </c>
+      <c r="N92" t="s">
         <v>211</v>
       </c>
-      <c r="M92" t="s">
+      <c r="O92" t="s">
         <v>212</v>
       </c>
-      <c r="N92" t="s">
+      <c r="P92" t="s">
         <v>213</v>
       </c>
-      <c r="O92" t="s">
+      <c r="Q92" t="s">
+        <v>214</v>
+      </c>
+      <c r="R92" t="s">
+        <v>215</v>
+      </c>
+      <c r="S92" t="s">
+        <v>212</v>
+      </c>
+      <c r="T92" t="s">
+        <v>212</v>
+      </c>
+      <c r="U92" t="s">
+        <v>212</v>
+      </c>
+      <c r="V92" t="s">
+        <v>212</v>
+      </c>
+      <c r="W92" t="s">
+        <v>211</v>
+      </c>
+      <c r="X92" t="s">
+        <v>212</v>
+      </c>
+      <c r="Y92" t="s">
+        <v>216</v>
+      </c>
+      <c r="Z92" t="s">
+        <v>217</v>
+      </c>
+      <c r="AA92" t="s">
         <v>210</v>
       </c>
-      <c r="P92" t="s">
-[...11 lines deleted...]
-      <c r="T92" t="s">
+      <c r="AB92" t="s">
+        <v>218</v>
+      </c>
+      <c r="AC92" t="s">
+        <v>219</v>
+      </c>
+      <c r="AD92" t="s">
+        <v>209</v>
+      </c>
+      <c r="AE92" t="s">
+        <v>220</v>
+      </c>
+      <c r="AF92" t="s">
+        <v>212</v>
+      </c>
+      <c r="AG92" t="s">
+        <v>221</v>
+      </c>
+      <c r="AH92" t="s">
         <v>215</v>
       </c>
-      <c r="U92" t="s">
-[...40 lines deleted...]
-      </c>
       <c r="AI92" t="s">
-        <v>210</v>
+        <v>212</v>
       </c>
       <c r="AJ92" t="s">
-        <v>210</v>
+        <v>212</v>
       </c>
       <c r="AK92" t="s">
         <v>217</v>
       </c>
       <c r="AL92" t="s">
+        <v>222</v>
+      </c>
+      <c r="AM92" t="s">
         <v>223</v>
       </c>
-      <c r="AM92" t="s">
+      <c r="AN92" t="s">
+        <v>212</v>
+      </c>
+      <c r="AO92" t="s">
+        <v>212</v>
+      </c>
+      <c r="AP92" t="s">
+        <v>212</v>
+      </c>
+      <c r="AQ92" t="s">
         <v>224</v>
       </c>
-      <c r="AN92" t="s">
+      <c r="AR92" t="s">
         <v>210</v>
       </c>
-      <c r="AO92" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="AS92" t="s">
-        <v>210</v>
+        <v>212</v>
       </c>
       <c r="AT92" t="s">
         <v>217</v>
       </c>
       <c r="AU92" t="s">
-        <v>210</v>
+        <v>212</v>
       </c>
     </row>
     <row r="93">
       <c r="A93"/>
       <c r="B93"/>
       <c r="C93"/>
       <c r="D93"/>
       <c r="E93"/>
       <c r="F93"/>
       <c r="G93"/>
       <c r="H93"/>
       <c r="I93" t="s">
         <v>48</v>
       </c>
       <c r="J93" t="s">
         <v>48</v>
       </c>
       <c r="K93" t="s">
         <v>48</v>
       </c>
       <c r="L93" t="s">
         <v>48</v>
       </c>
       <c r="M93" t="s">
         <v>48</v>
@@ -14219,51 +14218,51 @@
         <v>48</v>
       </c>
       <c r="AR93" t="s">
         <v>48</v>
       </c>
       <c r="AS93" t="s">
         <v>48</v>
       </c>
       <c r="AT93" t="s">
         <v>48</v>
       </c>
       <c r="AU93" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="94">
       <c r="A94"/>
       <c r="B94"/>
       <c r="C94"/>
       <c r="D94"/>
       <c r="E94"/>
       <c r="F94"/>
       <c r="G94"/>
       <c r="H94"/>
       <c r="I94" t="s">
-        <v>226</v>
+        <v>225</v>
       </c>
       <c r="J94" t="s">
         <v>226</v>
       </c>
       <c r="K94" t="s">
         <v>226</v>
       </c>
       <c r="L94" t="s">
         <v>226</v>
       </c>
       <c r="M94" t="s">
         <v>226</v>
       </c>
       <c r="N94" t="s">
         <v>226</v>
       </c>
       <c r="O94" t="s">
         <v>226</v>
       </c>
       <c r="P94" t="s">
         <v>226</v>
       </c>
       <c r="Q94" t="s">
         <v>226</v>
       </c>
@@ -14279,356 +14278,356 @@
       <c r="U94" t="s">
         <v>226</v>
       </c>
       <c r="V94" t="s">
         <v>226</v>
       </c>
       <c r="W94" t="s">
         <v>226</v>
       </c>
       <c r="X94" t="s">
         <v>226</v>
       </c>
       <c r="Y94" t="s">
         <v>226</v>
       </c>
       <c r="Z94" t="s">
         <v>226</v>
       </c>
       <c r="AA94" t="s">
         <v>226</v>
       </c>
       <c r="AB94" t="s">
         <v>226</v>
       </c>
       <c r="AC94" t="s">
-        <v>227</v>
+        <v>226</v>
       </c>
       <c r="AD94" t="s">
         <v>226</v>
       </c>
       <c r="AE94" t="s">
         <v>226</v>
       </c>
       <c r="AF94" t="s">
         <v>226</v>
       </c>
       <c r="AG94" t="s">
         <v>226</v>
       </c>
       <c r="AH94" t="s">
         <v>226</v>
       </c>
       <c r="AI94" t="s">
         <v>226</v>
       </c>
       <c r="AJ94" t="s">
         <v>226</v>
       </c>
       <c r="AK94" t="s">
-        <v>228</v>
+        <v>227</v>
       </c>
       <c r="AL94" t="s">
         <v>226</v>
       </c>
       <c r="AM94" t="s">
         <v>226</v>
       </c>
       <c r="AN94" t="s">
         <v>226</v>
       </c>
       <c r="AO94" t="s">
         <v>226</v>
       </c>
       <c r="AP94" t="s">
         <v>226</v>
       </c>
       <c r="AQ94" t="s">
         <v>226</v>
       </c>
       <c r="AR94" t="s">
         <v>226</v>
       </c>
       <c r="AS94" t="s">
         <v>226</v>
       </c>
       <c r="AT94" t="s">
         <v>226</v>
       </c>
       <c r="AU94" t="s">
         <v>226</v>
       </c>
     </row>
     <row r="95">
       <c r="A95"/>
       <c r="B95"/>
       <c r="C95"/>
       <c r="D95"/>
       <c r="E95"/>
       <c r="F95"/>
       <c r="G95"/>
       <c r="H95"/>
       <c r="I95" t="s">
+        <v>228</v>
+      </c>
+      <c r="J95" t="s">
         <v>229</v>
       </c>
-      <c r="J95" t="s">
+      <c r="K95" t="s">
         <v>230</v>
-      </c>
-[...1 lines deleted...]
-        <v>229</v>
       </c>
       <c r="L95" t="s">
         <v>231</v>
       </c>
       <c r="M95" t="s">
-        <v>230</v>
+        <v>231</v>
       </c>
       <c r="N95" t="s">
         <v>232</v>
       </c>
       <c r="O95" t="s">
-        <v>229</v>
+        <v>231</v>
       </c>
       <c r="P95" t="s">
-        <v>229</v>
+        <v>233</v>
       </c>
       <c r="Q95" t="s">
-        <v>229</v>
+        <v>232</v>
       </c>
       <c r="R95" t="s">
         <v>229</v>
       </c>
       <c r="S95" t="s">
+        <v>231</v>
+      </c>
+      <c r="T95" t="s">
+        <v>231</v>
+      </c>
+      <c r="U95" t="s">
+        <v>231</v>
+      </c>
+      <c r="V95" t="s">
+        <v>231</v>
+      </c>
+      <c r="W95" t="s">
         <v>232</v>
       </c>
-      <c r="T95" t="s">
-[...2 lines deleted...]
-      <c r="U95" t="s">
+      <c r="X95" t="s">
+        <v>231</v>
+      </c>
+      <c r="Y95" t="s">
+        <v>234</v>
+      </c>
+      <c r="Z95" t="s">
+        <v>235</v>
+      </c>
+      <c r="AA95" t="s">
+        <v>231</v>
+      </c>
+      <c r="AB95" t="s">
+        <v>236</v>
+      </c>
+      <c r="AC95" t="s">
+        <v>237</v>
+      </c>
+      <c r="AD95" t="s">
+        <v>238</v>
+      </c>
+      <c r="AE95" t="s">
+        <v>239</v>
+      </c>
+      <c r="AF95" t="s">
+        <v>231</v>
+      </c>
+      <c r="AG95" t="s">
+        <v>240</v>
+      </c>
+      <c r="AH95" t="s">
+        <v>229</v>
+      </c>
+      <c r="AI95" t="s">
+        <v>231</v>
+      </c>
+      <c r="AJ95" t="s">
+        <v>231</v>
+      </c>
+      <c r="AK95" t="s">
+        <v>232</v>
+      </c>
+      <c r="AL95" t="s">
+        <v>241</v>
+      </c>
+      <c r="AM95" t="s">
         <v>230</v>
       </c>
-      <c r="V95" t="s">
-[...52 lines deleted...]
-      </c>
       <c r="AN95" t="s">
-        <v>229</v>
+        <v>231</v>
       </c>
       <c r="AO95" t="s">
-        <v>229</v>
+        <v>231</v>
       </c>
       <c r="AP95" t="s">
-        <v>229</v>
+        <v>231</v>
       </c>
       <c r="AQ95" t="s">
         <v>235</v>
       </c>
       <c r="AR95" t="s">
-        <v>229</v>
+        <v>231</v>
       </c>
       <c r="AS95" t="s">
-        <v>229</v>
+        <v>231</v>
       </c>
       <c r="AT95" t="s">
         <v>235</v>
       </c>
       <c r="AU95" t="s">
-        <v>229</v>
+        <v>231</v>
       </c>
     </row>
     <row r="96">
       <c r="A96"/>
       <c r="B96"/>
       <c r="C96"/>
       <c r="D96"/>
       <c r="E96"/>
       <c r="F96"/>
       <c r="G96"/>
       <c r="H96"/>
       <c r="I96" t="s">
-        <v>243</v>
+        <v>242</v>
       </c>
       <c r="J96" t="s">
         <v>243</v>
       </c>
       <c r="K96" t="s">
-        <v>244</v>
+        <v>243</v>
       </c>
       <c r="L96" t="s">
-        <v>243</v>
+        <v>242</v>
       </c>
       <c r="M96" t="s">
-        <v>245</v>
+        <v>242</v>
       </c>
       <c r="N96" t="s">
-        <v>243</v>
+        <v>242</v>
       </c>
       <c r="O96" t="s">
         <v>244</v>
       </c>
       <c r="P96" t="s">
+        <v>242</v>
+      </c>
+      <c r="Q96" t="s">
+        <v>245</v>
+      </c>
+      <c r="R96" t="s">
+        <v>242</v>
+      </c>
+      <c r="S96" t="s">
         <v>244</v>
       </c>
-      <c r="Q96" t="s">
+      <c r="T96" t="s">
         <v>244</v>
       </c>
-      <c r="R96" t="s">
+      <c r="U96" t="s">
         <v>244</v>
-      </c>
-[...7 lines deleted...]
-        <v>243</v>
       </c>
       <c r="V96" t="s">
         <v>244</v>
       </c>
       <c r="W96" t="s">
-        <v>243</v>
+        <v>242</v>
       </c>
       <c r="X96" t="s">
-        <v>243</v>
+        <v>244</v>
       </c>
       <c r="Y96" t="s">
-        <v>243</v>
+        <v>242</v>
       </c>
       <c r="Z96" t="s">
-        <v>243</v>
+        <v>242</v>
       </c>
       <c r="AA96" t="s">
-        <v>243</v>
+        <v>242</v>
       </c>
       <c r="AB96" t="s">
-        <v>243</v>
+        <v>242</v>
       </c>
       <c r="AC96" t="s">
-        <v>243</v>
+        <v>242</v>
       </c>
       <c r="AD96" t="s">
-        <v>243</v>
+        <v>242</v>
       </c>
       <c r="AE96" t="s">
-        <v>243</v>
+        <v>242</v>
       </c>
       <c r="AF96" t="s">
         <v>244</v>
       </c>
       <c r="AG96" t="s">
-        <v>243</v>
+        <v>242</v>
       </c>
       <c r="AH96" t="s">
-        <v>243</v>
+        <v>242</v>
       </c>
       <c r="AI96" t="s">
         <v>244</v>
       </c>
       <c r="AJ96" t="s">
         <v>244</v>
       </c>
       <c r="AK96" t="s">
-        <v>243</v>
+        <v>242</v>
       </c>
       <c r="AL96" t="s">
-        <v>243</v>
+        <v>242</v>
       </c>
       <c r="AM96" t="s">
-        <v>243</v>
+        <v>242</v>
       </c>
       <c r="AN96" t="s">
         <v>244</v>
       </c>
       <c r="AO96" t="s">
         <v>244</v>
       </c>
       <c r="AP96" t="s">
         <v>244</v>
       </c>
       <c r="AQ96" t="s">
-        <v>247</v>
+        <v>246</v>
       </c>
       <c r="AR96" t="s">
-        <v>243</v>
+        <v>242</v>
       </c>
       <c r="AS96" t="s">
         <v>244</v>
       </c>
       <c r="AT96" t="s">
-        <v>243</v>
+        <v>242</v>
       </c>
       <c r="AU96" t="s">
         <v>244</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="2">
     <mergeCell ref="D1:E1"/>
     <mergeCell ref="F1:H1"/>
   </mergeCells>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <TotalTime></TotalTime>
   <Application>SimpleXLSXGen</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:language>en-US</dc:language>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>