--- v0 (2025-10-15)
+++ v1 (2026-03-01)
@@ -9,51 +9,51 @@
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/_rels/.rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
 <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/>
 <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/>
 <Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="SimpleXLSXGen"/>
   <sheets>
     <sheet name="Sheet1" sheetId="1" state="visible" r:id="rId2"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="262" uniqueCount="262">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="255" uniqueCount="255">
   <si>
     <t>№</t>
   </si>
   <si>
     <t>XXXV сесія VIII скликання</t>
   </si>
   <si>
     <t>Шептицька міська рада</t>
   </si>
   <si>
     <t>Результат</t>
   </si>
   <si>
     <t>Голоси</t>
   </si>
   <si>
     <t>Василишин Петро Стефанович</t>
   </si>
   <si>
     <t>Гоц Павло Васильович</t>
   </si>
   <si>
     <t>Закала Богдан Васильович</t>
   </si>
   <si>
@@ -173,549 +173,528 @@
   <si>
     <t>ПРИЙНЯТО</t>
   </si>
   <si>
     <t>За: 24</t>
   </si>
   <si>
     <t>Проти: 0</t>
   </si>
   <si>
     <t>Утримались: 0</t>
   </si>
   <si>
     <t>За</t>
   </si>
   <si>
     <t>Відсут.</t>
   </si>
   <si>
     <t>Не голос.</t>
   </si>
   <si>
     <t>25.01.24  10:35:38</t>
   </si>
   <si>
-    <t>5321Внести правки озвучені Сементух Л. І,</t>
+    <t>ID - 5321,  Внести правки озвучені Сементух Л. І,</t>
   </si>
   <si>
     <t>За поправку / пропозицію</t>
   </si>
   <si>
     <t>За: 25</t>
   </si>
   <si>
     <t>25.01.24  10:36:09</t>
   </si>
   <si>
     <t>В цілому</t>
   </si>
   <si>
     <t>25.01.24  10:37:12</t>
   </si>
   <si>
-    <t>5323Про внесення змін до складу виконавчого комітету Червоноградської міської ради</t>
+    <t>ID - 5323,  Про внесення змін до складу виконавчого комітету Червоноградської міської ради</t>
   </si>
   <si>
     <t>За основу і в цілому</t>
   </si>
   <si>
     <t>25.01.24  10:38:37</t>
   </si>
   <si>
     <t>25.01.24  10:40:27</t>
   </si>
   <si>
     <t>25.01.24  10:43:24</t>
   </si>
   <si>
     <t>За: 28</t>
   </si>
   <si>
     <t>25.01.24  10:45:01</t>
   </si>
   <si>
     <t>25.01.24  10:45:34</t>
   </si>
   <si>
     <t>За: 27</t>
   </si>
   <si>
     <t>25.01.24  10:47:33</t>
   </si>
   <si>
-    <t>5329Внести правки озвучені Балком Д. І.</t>
+    <t>ID - 5329,  Внести правки озвучені Балком Д. І.</t>
   </si>
   <si>
     <t>25.01.24  10:49:14</t>
   </si>
   <si>
     <t>За: 26</t>
   </si>
   <si>
     <t>25.01.24  10:52:56</t>
   </si>
   <si>
     <t>25.01.24  10:59:51</t>
   </si>
   <si>
     <t>25.01.24  11:01:02</t>
   </si>
   <si>
-    <t>5333Про затвердження місцевої програми природоохоронних заходів на 2024 рік</t>
+    <t>ID - 5333,  Про затвердження місцевої програми природоохоронних заходів на 2024 рік</t>
   </si>
   <si>
     <t>25.01.24  11:02:37</t>
   </si>
   <si>
     <t>25.01.24  11:04:16</t>
   </si>
   <si>
-    <t>5335Про безоплатну передачу легкових автомобілів</t>
+    <t>ID - 5335,  Про безоплатну передачу легкових автомобілів</t>
   </si>
   <si>
     <t>25.01.24  11:06:54</t>
   </si>
   <si>
-    <t>5336Про припинення права оренди земельної ділянки</t>
+    <t>ID - 5336,  Про припинення права оренди земельної ділянки</t>
   </si>
   <si>
     <t>25.01.24  11:08:55</t>
   </si>
   <si>
-    <t>5337Про затвердження статуту комунального пiдприємства «Комунальник» в новiй редакції</t>
-[...1 lines deleted...]
-  <si>
     <t>25.01.24  11:10:22</t>
   </si>
   <si>
-    <t>5338Про ліквідацію структурного пiдроздiлу «Мунiципальна варта» КП «Комунальник»</t>
+    <t>ID - 5338,  Про ліквідацію структурного пiдроздiлу «Мунiципальна варта» КП «Комунальник»</t>
   </si>
   <si>
     <t>25.01.24  11:13:29</t>
   </si>
   <si>
     <t>25.01.24  11:14:35</t>
   </si>
   <si>
-    <t>5340Про розгляд клопотання громадянина Савки Петра Семеновича</t>
+    <t>ID - 5340,  Про розгляд клопотання громадянина Савки Петра Семеновича</t>
   </si>
   <si>
     <t>За: 23</t>
   </si>
   <si>
     <t>25.01.24  11:15:32</t>
   </si>
   <si>
-    <t>5341Про розгляд клопотання громадянки Мулько Галини Ярославівни</t>
+    <t>ID - 5341,  Про розгляд клопотання громадянки Мулько Галини Ярославівни</t>
   </si>
   <si>
     <t>За: 22</t>
   </si>
   <si>
     <t>25.01.24  11:16:22</t>
   </si>
   <si>
-    <t>5342Про розгляд клопотання громадян Богун Ганни Павлівни, Богуна Андрія Івановича</t>
+    <t>ID - 5342,  Про розгляд клопотання громадян Богун Ганни Павлівни, Богуна Андрія Івановича</t>
   </si>
   <si>
     <t>За: 21</t>
   </si>
   <si>
     <t>25.01.24  11:17:13</t>
   </si>
   <si>
-    <t>5343Про розгляд клопотання громадянина Литвина Ярослава Васильовича</t>
+    <t>ID - 5343,  Про розгляд клопотання громадянина Литвина Ярослава Васильовича</t>
   </si>
   <si>
     <t>25.01.24  11:18:05</t>
   </si>
   <si>
-    <t>5344Про розгляд клопотанн громадянки Мазник Галини Ярославівни</t>
+    <t>ID - 5344,  Про розгляд клопотанн громадянки Мазник Галини Ярославівни</t>
   </si>
   <si>
     <t>25.01.24  11:18:50</t>
   </si>
   <si>
-    <t>5345Про розгляд клопотання громадянки Матвійчук Уляни Тарасівни</t>
+    <t>ID - 5345,  Про розгляд клопотання громадянки Матвійчук Уляни Тарасівни</t>
   </si>
   <si>
     <t>25.01.24  11:20:21</t>
   </si>
   <si>
-    <t>5346Про розгляд клопотання громадянина Федечка Володимира Івановича</t>
+    <t>ID - 5346,  Про розгляд клопотання громадянина Федечка Володимира Івановича</t>
   </si>
   <si>
     <t>25.01.24  11:21:10</t>
   </si>
   <si>
-    <t>5347Про розгляд клопотання громадянина Котика Ігоря Григоровича</t>
+    <t>ID - 5347,  Про розгляд клопотання громадянина Котика Ігоря Григоровича</t>
   </si>
   <si>
     <t>25.01.24  11:22:04</t>
   </si>
   <si>
-    <t>5348Про розгляд клопотання громадянина Сироїда Петра Івановича</t>
+    <t>ID - 5348,  Про розгляд клопотання громадянина Сироїда Петра Івановича</t>
   </si>
   <si>
     <t>25.01.24  11:23:03</t>
   </si>
   <si>
-    <t>5349Про розгляд клопотання громадянки Кулеш Марії Михайлівни</t>
+    <t>ID - 5349,  Про розгляд клопотання громадянки Кулеш Марії Михайлівни</t>
   </si>
   <si>
     <t>25.01.24  11:23:54</t>
   </si>
   <si>
-    <t>5350Про розгляд клопотання громадянина Гука Петра Степановича</t>
+    <t>ID - 5350,  Про розгляд клопотання громадянина Гука Петра Степановича</t>
   </si>
   <si>
     <t>25.01.24  11:24:43</t>
   </si>
   <si>
-    <t>5351Про розгляд клопотання громадянки Шамедько Марії Петрівни</t>
+    <t>ID - 5351,  Про розгляд клопотання громадянки Шамедько Марії Петрівни</t>
   </si>
   <si>
     <t>25.01.24  11:25:37</t>
   </si>
   <si>
     <t>25.01.24  11:26:41</t>
   </si>
   <si>
     <t>25.01.24  11:27:46</t>
   </si>
   <si>
-    <t>5354Про розгляд клопотання громадянки Поручинської Мирослави Богданівни</t>
+    <t>ID - 5354,  Про розгляд клопотання громадянки Поручинської Мирослави Богданівни</t>
   </si>
   <si>
     <t>25.01.24  11:28:41</t>
   </si>
   <si>
-    <t>5355Про розгляд клопотання громадянина Гавалка Володимира Романовича</t>
+    <t>ID - 5355,  Про розгляд клопотання громадянина Гавалка Володимира Романовича</t>
   </si>
   <si>
     <t>25.01.24  11:29:30</t>
   </si>
   <si>
-    <t>5356Про розгляд клопотання громадянки Пахолок Галини Іванівни</t>
+    <t>ID - 5356,  Про розгляд клопотання громадянки Пахолок Галини Іванівни</t>
   </si>
   <si>
     <t>25.01.24  11:30:35</t>
   </si>
   <si>
-    <t>5357Про розгляд клопотання громадянки Федан Марії Павлівни</t>
+    <t>ID - 5357,  Про розгляд клопотання громадянки Федан Марії Павлівни</t>
   </si>
   <si>
     <t>25.01.24  11:32:14</t>
   </si>
   <si>
-    <t>5358Про розгляд клопотання громадянина Чашинського Анатолія Йосиповича</t>
+    <t>ID - 5358,  Про розгляд клопотання громадянина Чашинського Анатолія Йосиповича</t>
   </si>
   <si>
     <t>За: 20</t>
   </si>
   <si>
     <t>25.01.24  11:33:28</t>
   </si>
   <si>
-    <t>5359Про розгляд клопотання громадянина Поріцького Андрія Петровича</t>
+    <t>ID - 5359,  Про розгляд клопотання громадянина Поріцького Андрія Петровича</t>
   </si>
   <si>
     <t>25.01.24  11:34:33</t>
   </si>
   <si>
     <t>25.01.24  11:35:41</t>
   </si>
   <si>
-    <t>5361Про розгляд клопотання громадянина Давидюка Валерія Семеновича</t>
+    <t>ID - 5361,  Про розгляд клопотання громадянина Давидюка Валерія Семеновича</t>
   </si>
   <si>
     <t>25.01.24  11:37:16</t>
   </si>
   <si>
     <t>25.01.24  11:38:39</t>
   </si>
   <si>
     <t>25.01.24  11:41:35</t>
   </si>
   <si>
     <t>25.01.24  11:42:57</t>
   </si>
   <si>
-    <t>5365Про розгляд клопотання Товариства з обмеженою відповідальністю фірма «Горизонт»</t>
-[...1 lines deleted...]
-  <si>
     <t>25.01.24  11:46:49</t>
   </si>
   <si>
     <t>25.01.24  11:48:34</t>
   </si>
   <si>
     <t>25.01.24  11:52:25</t>
   </si>
   <si>
-    <t>5368Про затвердження проектів землеустрою щодо відведення земельних ділянок</t>
+    <t>ID - 5368,  Про затвердження проектів землеустрою щодо відведення земельних ділянок</t>
   </si>
   <si>
     <t>25.01.24  11:54:10</t>
   </si>
   <si>
-    <t>5369Про внесення змiн в рішення Червоноградської мiської ради</t>
+    <t>ID - 5369,  Про внесення змiн в рішення Червоноградської мiської ради</t>
   </si>
   <si>
     <t>25.01.24  11:54:56</t>
   </si>
   <si>
-    <t>5370Про розгляд клопотання громадянки Харченко Людмили Павлівни</t>
+    <t>ID - 5370,  Про розгляд клопотання громадянки Харченко Людмили Павлівни</t>
   </si>
   <si>
     <t>25.01.24  11:56:32</t>
   </si>
   <si>
     <t>25.01.24  11:57:34</t>
   </si>
   <si>
     <t>25.01.24  11:58:15</t>
   </si>
   <si>
     <t>25.01.24  11:58:55</t>
   </si>
   <si>
     <t>25.01.24  11:59:33</t>
   </si>
   <si>
     <t>25.01.24  12:00:41</t>
   </si>
   <si>
     <t>25.01.24  12:02:38</t>
   </si>
   <si>
     <t>25.01.24  12:04:17</t>
   </si>
   <si>
     <t>25.01.24  12:06:03</t>
   </si>
   <si>
     <t>25.01.24  12:07:47</t>
   </si>
   <si>
     <t>25.01.24  12:09:24</t>
   </si>
   <si>
     <t>25.01.24  12:10:57</t>
   </si>
   <si>
     <t>25.01.24  12:12:48</t>
   </si>
   <si>
-    <t>5383Про прийняття земельної ділянки з державної власності у комунальну</t>
+    <t>ID - 5383,  Про прийняття земельної ділянки з державної власності у комунальну</t>
   </si>
   <si>
     <t>25.01.24  12:15:18</t>
   </si>
   <si>
     <t>25.01.24  12:16:22</t>
   </si>
   <si>
     <t>25.01.24  12:17:24</t>
   </si>
   <si>
     <t>25.01.24  12:18:49</t>
   </si>
   <si>
     <t>25.01.24  12:20:06</t>
   </si>
   <si>
     <t>25.01.24  12:21:39</t>
   </si>
   <si>
     <t>25.01.24  12:22:47</t>
   </si>
   <si>
     <t>25.01.24  12:24:08</t>
   </si>
   <si>
     <t>25.01.24  12:26:34</t>
   </si>
   <si>
     <t>25.01.24  12:27:25</t>
   </si>
   <si>
-    <t>5393Про доповнення пункту 1.2</t>
+    <t>ID - 5393,  Про доповнення пункту 1.2</t>
   </si>
   <si>
     <t>25.01.24  12:29:29</t>
   </si>
   <si>
-    <t>5394Внести технічні правки в рішення</t>
+    <t>ID - 5394,  Внести технічні правки в рішення</t>
   </si>
   <si>
     <t>25.01.24  12:30:21</t>
   </si>
   <si>
     <t>25.01.24  12:31:42</t>
   </si>
   <si>
-    <t>5396Про безоплатну передачу основних засобів, матеріальних цінностей</t>
+    <t>ID - 5396,  Про безоплатну передачу основних засобів, матеріальних цінностей</t>
   </si>
   <si>
     <t>25.01.24  12:33:27</t>
   </si>
   <si>
     <t>25.01.24  12:34:44</t>
   </si>
   <si>
     <t>25.01.24  12:35:14</t>
   </si>
   <si>
     <t>25.01.24  12:37:13</t>
   </si>
   <si>
-    <t>5400Доповнити список особами озвученими Ковалем В. С,</t>
+    <t>ID - 5400,  Доповнити список особами озвученими Ковалем В. С,</t>
   </si>
   <si>
     <t>25.01.24  12:37:42</t>
   </si>
   <si>
     <t>25.01.24  12:38:26</t>
   </si>
   <si>
-    <t>5402Про затвердження Положення про надання одноразової грошової допомоги</t>
+    <t>ID - 5402,  Про затвердження Положення про надання одноразової грошової допомоги</t>
   </si>
   <si>
     <t>25.01.24  12:41:03</t>
   </si>
   <si>
     <t>25.01.24  12:41:33</t>
   </si>
   <si>
-    <t>5404Про затвердження Положення про надання одноразової грошової допомоги</t>
+    <t>ID - 5404,  Про затвердження Положення про надання одноразової грошової допомоги</t>
   </si>
   <si>
     <t>25.01.24  12:43:18</t>
   </si>
   <si>
-    <t>5405Про затвердження місцевих програм в медичній галузі на 2024 рік</t>
+    <t>ID - 5405,  Про затвердження місцевих програм в медичній галузі на 2024 рік</t>
   </si>
   <si>
     <t>25.01.24  12:44:58</t>
   </si>
   <si>
-    <t>5406Про затвердження місцевих програм в галузі культури на 2024 рік</t>
+    <t>ID - 5406,  Про затвердження місцевих програм в галузі культури на 2024 рік</t>
   </si>
   <si>
     <t>25.01.24  12:47:12</t>
   </si>
   <si>
-    <t>5407Про затвердження місцевих програм в галузі соціального захисту населення на 2024 рік</t>
-[...1 lines deleted...]
-  <si>
     <t>25.01.24  12:48:23</t>
   </si>
   <si>
     <t>25.01.24  12:49:50</t>
   </si>
   <si>
-    <t>5409Про затвердження переліку адміністративних послуг</t>
+    <t>ID - 5409,  Про затвердження переліку адміністративних послуг</t>
   </si>
   <si>
     <t>25.01.24  12:50:23</t>
   </si>
   <si>
-    <t>5410Про надання пiльг з безкоштовного відвідування плавального басейну КП СК «Шахтар»</t>
-[...1 lines deleted...]
-  <si>
     <t>25.01.24  12:51:09</t>
   </si>
   <si>
-    <t>5411в п3.1. внести зміни озвучені Тирком Т. В.</t>
+    <t>ID - 5411,  в п3.1. внести зміни озвучені Тирком Т. В.</t>
   </si>
   <si>
     <t>25.01.24  12:52:43</t>
   </si>
   <si>
-    <t>5412Про надання пiльг з безкоштовного відвідування плавального басейну КП СК «Шахтар»</t>
-[...1 lines deleted...]
-  <si>
     <t>25.01.24  12:53:25</t>
   </si>
   <si>
-    <t>5413Про затвердження місцевих програм в галузі молодіжної політики та промоцій на 2024 рік</t>
-[...1 lines deleted...]
-  <si>
     <t>25.01.24  12:54:47</t>
   </si>
   <si>
-    <t>5414Про затвердження місцевої програми в галузі спорту на 2024 рік</t>
+    <t>ID - 5414,  Про затвердження місцевої програми в галузі спорту на 2024 рік</t>
   </si>
   <si>
     <t>25.01.24  12:55:49</t>
   </si>
   <si>
     <t>25.01.24  12:57:16</t>
   </si>
   <si>
     <t>25.01.24  12:58:26</t>
   </si>
   <si>
-    <t>5417Про затвердження місцевих програм пов’язаних з економічною діяльністю на 2024 рік</t>
-[...1 lines deleted...]
-  <si>
     <t>25.01.24  12:59:21</t>
   </si>
   <si>
     <t>25.01.24  13:01:05</t>
   </si>
   <si>
     <t>25.01.24  13:05:11</t>
   </si>
   <si>
     <t>25.01.24  13:07:17</t>
   </si>
   <si>
     <t>НЕ ПРИЙНЯТО</t>
   </si>
   <si>
     <t>За: 13</t>
   </si>
   <si>
     <t>25.01.24  13:08:20</t>
   </si>
   <si>
-    <t>5422Про надання одноразової грошової допомоги</t>
+    <t>ID - 5422,  Про надання одноразової грошової допомоги</t>
   </si>
   <si>
     <t>25.01.24  13:13:12</t>
   </si>
   <si>
-    <t>5423Внести зміни в рішення озвученні Кудриком І. І.</t>
+    <t>ID - 5423,  Внести зміни в рішення озвученні Кудриком І. І.</t>
   </si>
   <si>
     <t>25.01.24  13:13:43</t>
   </si>
   <si>
-    <t>5424Про надання одноразової грошової допомоги</t>
+    <t>ID - 5424,  Про надання одноразової грошової допомоги</t>
   </si>
   <si>
     <t>За: 83</t>
   </si>
   <si>
     <t>За: 89</t>
   </si>
   <si>
     <t>За: 100</t>
   </si>
   <si>
     <t>За: 90</t>
   </si>
   <si>
     <t>За: 105</t>
   </si>
   <si>
     <t>За: 102</t>
   </si>
   <si>
     <t>За: 0</t>
   </si>
   <si>
     <t>За: 69</t>
   </si>
@@ -1060,51 +1039,51 @@
       <c r="AQ1" t="s" s="3">
         <v>39</v>
       </c>
       <c r="AR1" t="s" s="3">
         <v>40</v>
       </c>
       <c r="AS1" t="s" s="3">
         <v>41</v>
       </c>
       <c r="AT1" t="s" s="3">
         <v>42</v>
       </c>
       <c r="AU1" t="s" s="3">
         <v>43</v>
       </c>
     </row>
     <row r="2">
       <c r="A2">
         <v>1</v>
       </c>
       <c r="B2" t="s">
         <v>44</v>
       </c>
       <c r="C2" t="inlineStr" s="4">
         <is>
-          <t>5320Про внесення змін до бюджету Червоноградської міської територіальної громади на 2024 рік (1358700000) (код бюджету)</t>
+          <t>ID - 5320,  Про внесення змін до бюджету Червоноградської міської територіальної громади на 2024 рік (1358700000) (код бюджету)</t>
         </is>
       </c>
       <c r="D2" t="s">
         <v>45</v>
       </c>
       <c r="E2" t="s">
         <v>46</v>
       </c>
       <c r="F2" t="s">
         <v>47</v>
       </c>
       <c r="G2" t="s">
         <v>48</v>
       </c>
       <c r="H2" t="s">
         <v>49</v>
       </c>
       <c r="I2" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J2" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K2" t="s" s="5">
         <v>50</v>
@@ -1348,51 +1327,51 @@
       <c r="AQ3" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR3" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS3" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT3" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU3" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="4">
       <c r="A4">
         <v>3</v>
       </c>
       <c r="B4" t="s">
         <v>57</v>
       </c>
       <c r="C4" t="inlineStr" s="4">
         <is>
-          <t>5322Про внесення змін до бюджету Червоноградської міської територіальної громади на 2024 рік (1358700000) (код бюджету)</t>
+          <t>ID - 5322,  Про внесення змін до бюджету Червоноградської міської територіальної громади на 2024 рік (1358700000) (код бюджету)</t>
         </is>
       </c>
       <c r="D4" t="s">
         <v>58</v>
       </c>
       <c r="E4" t="s">
         <v>46</v>
       </c>
       <c r="F4" t="s">
         <v>47</v>
       </c>
       <c r="G4" t="s">
         <v>48</v>
       </c>
       <c r="H4" t="s">
         <v>49</v>
       </c>
       <c r="I4" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J4" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K4" t="s" s="5">
         <v>50</v>
@@ -1636,51 +1615,51 @@
       <c r="AQ5" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR5" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS5" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT5" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU5" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="6">
       <c r="A6">
         <v>5</v>
       </c>
       <c r="B6" t="s">
         <v>62</v>
       </c>
       <c r="C6" t="inlineStr" s="4">
         <is>
-          <t>5324Про внесення змiн в схему теплопостачання м.Червонограда, затверджену рiшенням Червоноградської мiської ради вiд 23.05.2012 № 273 «Про затвердження оптимiзованої схеми перспективного розвитку теплопостачання мiста Червонограда»</t>
+          <t>ID - 5324,  Про внесення змiн в схему теплопостачання м.Червонограда, затверджену рiшенням Червоноградської мiської ради вiд 23.05.2012 № 273 «Про затвердження оптимiзованої схеми перспективного розвитку теплопостачання мiста Червонограда»</t>
         </is>
       </c>
       <c r="D6" t="s">
         <v>61</v>
       </c>
       <c r="E6" t="s">
         <v>46</v>
       </c>
       <c r="F6" t="s">
         <v>56</v>
       </c>
       <c r="G6" t="s">
         <v>48</v>
       </c>
       <c r="H6" t="s">
         <v>49</v>
       </c>
       <c r="I6" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J6" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K6" t="s" s="5">
         <v>50</v>
@@ -1781,51 +1760,51 @@
       <c r="AQ6" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR6" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS6" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT6" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU6" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="7">
       <c r="A7">
         <v>6</v>
       </c>
       <c r="B7" t="s">
         <v>63</v>
       </c>
       <c r="C7" t="inlineStr" s="4">
         <is>
-          <t>5325Про внесення змін в рішення Червоноградської міської ради № 62 від 22.12.2020 «Про створення постійно діючої комісії для розгляду питань щодо відключення споживачів від систем централізованого опалення та постачання гарячої води»</t>
+          <t>ID - 5325,  Про внесення змін в рішення Червоноградської міської ради № 62 від 22.12.2020 «Про створення постійно діючої комісії для розгляду питань щодо відключення споживачів від систем централізованого опалення та постачання гарячої води»</t>
         </is>
       </c>
       <c r="D7" t="s">
         <v>61</v>
       </c>
       <c r="E7" t="s">
         <v>46</v>
       </c>
       <c r="F7" t="s">
         <v>47</v>
       </c>
       <c r="G7" t="s">
         <v>48</v>
       </c>
       <c r="H7" t="s">
         <v>49</v>
       </c>
       <c r="I7" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J7" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K7" t="s" s="5">
         <v>50</v>
@@ -1926,51 +1905,51 @@
       <c r="AQ7" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR7" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS7" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT7" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU7" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="8">
       <c r="A8">
         <v>7</v>
       </c>
       <c r="B8" t="s">
         <v>64</v>
       </c>
       <c r="C8" t="inlineStr" s="4">
         <is>
-          <t>5326Про затвердження Програми фінансового забезпечення територіальної оборони на 2024 рік</t>
+          <t>ID - 5326,  Про затвердження Програми фінансового забезпечення територіальної оборони на 2024 рік</t>
         </is>
       </c>
       <c r="D8" t="s">
         <v>61</v>
       </c>
       <c r="E8" t="s">
         <v>46</v>
       </c>
       <c r="F8" t="s">
         <v>65</v>
       </c>
       <c r="G8" t="s">
         <v>48</v>
       </c>
       <c r="H8" t="s">
         <v>49</v>
       </c>
       <c r="I8" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J8" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K8" t="s" s="5">
         <v>50</v>
@@ -2071,51 +2050,51 @@
       <c r="AQ8" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR8" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS8" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT8" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU8" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="9">
       <c r="A9">
         <v>8</v>
       </c>
       <c r="B9" t="s">
         <v>66</v>
       </c>
       <c r="C9" t="inlineStr" s="4">
         <is>
-          <t>5327Про надання дозволу КП «Комунальник» на прийняття та захоронення твердих побутових відходів на підприємство промислової переробки побутових відходів, потужністю до 100 тис. тонн в рік, від ВП «Шахта «Степова» ДП «Львіввугілля»</t>
+          <t>ID - 5327,  Про надання дозволу КП «Комунальник» на прийняття та захоронення твердих побутових відходів на підприємство промислової переробки побутових відходів, потужністю до 100 тис. тонн в рік, від ВП «Шахта «Степова» ДП «Львіввугілля»</t>
         </is>
       </c>
       <c r="D9" t="s">
         <v>61</v>
       </c>
       <c r="E9" t="s">
         <v>46</v>
       </c>
       <c r="F9" t="s">
         <v>47</v>
       </c>
       <c r="G9" t="s">
         <v>48</v>
       </c>
       <c r="H9" t="s">
         <v>49</v>
       </c>
       <c r="I9" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J9" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K9" t="s" s="5">
         <v>50</v>
@@ -2216,51 +2195,51 @@
       <c r="AQ9" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR9" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS9" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT9" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU9" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="10">
       <c r="A10">
         <v>9</v>
       </c>
       <c r="B10" t="s">
         <v>67</v>
       </c>
       <c r="C10" t="inlineStr" s="4">
         <is>
-          <t>5328Про передачу капітальних інвестицій, основних засобів, малоцінних необоротних матеріальних активів, матеріальних активів, товарно матеріальних цінностей та підвальних приміщень ПРУ з балансу комунального підприємства «Соснівкажитлокомунсервіс» на баланс комунального підприємства «Комунальник»</t>
+          <t>ID - 5328,  Про передачу капітальних інвестицій, основних засобів, малоцінних необоротних матеріальних активів, матеріальних активів, товарно матеріальних цінностей та підвальних приміщень ПРУ з балансу комунального підприємства «Соснівкажитлокомунсервіс» на баланс комунального підприємства «Комунальник»</t>
         </is>
       </c>
       <c r="D10" t="s">
         <v>45</v>
       </c>
       <c r="E10" t="s">
         <v>46</v>
       </c>
       <c r="F10" t="s">
         <v>68</v>
       </c>
       <c r="G10" t="s">
         <v>48</v>
       </c>
       <c r="H10" t="s">
         <v>49</v>
       </c>
       <c r="I10" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J10" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K10" t="s" s="5">
         <v>50</v>
@@ -2504,51 +2483,51 @@
       <c r="AQ11" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR11" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS11" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT11" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU11" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="12">
       <c r="A12">
         <v>11</v>
       </c>
       <c r="B12" t="s">
         <v>71</v>
       </c>
       <c r="C12" t="inlineStr" s="4">
         <is>
-          <t>5330Про передачу капітальних інвестицій, основних засобів, малоцінних необоротних матеріальних активів, матеріальних активів, товарно матеріальних цінностей та підвальних приміщень ПРУ з балансу комунального підприємства «Соснівкажитлокомунсервіс» на баланс комунального підприємства «Комунальник»</t>
+          <t>ID - 5330,  Про передачу капітальних інвестицій, основних засобів, малоцінних необоротних матеріальних активів, матеріальних активів, товарно матеріальних цінностей та підвальних приміщень ПРУ з балансу комунального підприємства «Соснівкажитлокомунсервіс» на баланс комунального підприємства «Комунальник»</t>
         </is>
       </c>
       <c r="D12" t="s">
         <v>58</v>
       </c>
       <c r="E12" t="s">
         <v>46</v>
       </c>
       <c r="F12" t="s">
         <v>72</v>
       </c>
       <c r="G12" t="s">
         <v>48</v>
       </c>
       <c r="H12" t="s">
         <v>49</v>
       </c>
       <c r="I12" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J12" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K12" t="s" s="5">
         <v>50</v>
@@ -2649,51 +2628,51 @@
       <c r="AQ12" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR12" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS12" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT12" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU12" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="13">
       <c r="A13">
         <v>12</v>
       </c>
       <c r="B13" t="s">
         <v>73</v>
       </c>
       <c r="C13" t="inlineStr" s="4">
         <is>
-          <t>5331Про затвердження місцевих програм в галузі земельних відносин та містобудування на 2024 рік</t>
+          <t>ID - 5331,  Про затвердження місцевих програм в галузі земельних відносин та містобудування на 2024 рік</t>
         </is>
       </c>
       <c r="D13" t="s">
         <v>61</v>
       </c>
       <c r="E13" t="s">
         <v>46</v>
       </c>
       <c r="F13" t="s">
         <v>68</v>
       </c>
       <c r="G13" t="s">
         <v>48</v>
       </c>
       <c r="H13" t="s">
         <v>49</v>
       </c>
       <c r="I13" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J13" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K13" t="s" s="5">
         <v>50</v>
@@ -2794,51 +2773,51 @@
       <c r="AQ13" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR13" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS13" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT13" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU13" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="14">
       <c r="A14">
         <v>13</v>
       </c>
       <c r="B14" t="s">
         <v>74</v>
       </c>
       <c r="C14" t="inlineStr" s="4">
         <is>
-          <t>5332Про затвердження місцевих програм в галузі житлово-комунального господарства на 2024 рік</t>
+          <t>ID - 5332,  Про затвердження місцевих програм в галузі житлово-комунального господарства на 2024 рік</t>
         </is>
       </c>
       <c r="D14" t="s">
         <v>61</v>
       </c>
       <c r="E14" t="s">
         <v>46</v>
       </c>
       <c r="F14" t="s">
         <v>68</v>
       </c>
       <c r="G14" t="s">
         <v>48</v>
       </c>
       <c r="H14" t="s">
         <v>49</v>
       </c>
       <c r="I14" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J14" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K14" t="s" s="5">
         <v>50</v>
@@ -3082,51 +3061,51 @@
       <c r="AQ15" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR15" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS15" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT15" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU15" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="16">
       <c r="A16">
         <v>15</v>
       </c>
       <c r="B16" t="s">
         <v>77</v>
       </c>
       <c r="C16" t="inlineStr" s="4">
         <is>
-          <t>5334Про затвердження місцевої програми енергозбереження для населення Червоноградської міської територіальної громади на 2024 рік</t>
+          <t>ID - 5334,  Про затвердження місцевої програми енергозбереження для населення Червоноградської міської територіальної громади на 2024 рік</t>
         </is>
       </c>
       <c r="D16" t="s">
         <v>61</v>
       </c>
       <c r="E16" t="s">
         <v>46</v>
       </c>
       <c r="F16" t="s">
         <v>65</v>
       </c>
       <c r="G16" t="s">
         <v>48</v>
       </c>
       <c r="H16" t="s">
         <v>49</v>
       </c>
       <c r="I16" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J16" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K16" t="s" s="5">
         <v>50</v>
@@ -3511,52 +3490,54 @@
         <v>50</v>
       </c>
       <c r="AQ18" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR18" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS18" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT18" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU18" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="19">
       <c r="A19">
         <v>18</v>
       </c>
       <c r="B19" t="s">
         <v>82</v>
       </c>
-      <c r="C19" t="s" s="4">
-        <v>83</v>
+      <c r="C19" t="inlineStr" s="4">
+        <is>
+          <t>ID - 5337,  Про затвердження статуту комунального пiдприємства «Комунальник» в новiй редакції</t>
+        </is>
       </c>
       <c r="D19" t="s">
         <v>61</v>
       </c>
       <c r="E19" t="s">
         <v>46</v>
       </c>
       <c r="F19" t="s">
         <v>56</v>
       </c>
       <c r="G19" t="s">
         <v>48</v>
       </c>
       <c r="H19" t="s">
         <v>49</v>
       </c>
       <c r="I19" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J19" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K19" t="s" s="5">
         <v>50</v>
       </c>
@@ -3652,54 +3633,54 @@
       </c>
       <c r="AP19" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ19" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR19" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS19" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT19" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU19" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="20">
       <c r="A20">
         <v>19</v>
       </c>
       <c r="B20" t="s">
+        <v>83</v>
+      </c>
+      <c r="C20" t="s" s="4">
         <v>84</v>
-      </c>
-[...1 lines deleted...]
-        <v>85</v>
       </c>
       <c r="D20" t="s">
         <v>61</v>
       </c>
       <c r="E20" t="s">
         <v>46</v>
       </c>
       <c r="F20" t="s">
         <v>56</v>
       </c>
       <c r="G20" t="s">
         <v>48</v>
       </c>
       <c r="H20" t="s">
         <v>49</v>
       </c>
       <c r="I20" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J20" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K20" t="s" s="5">
         <v>50</v>
       </c>
@@ -3795,55 +3776,55 @@
       </c>
       <c r="AP20" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ20" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR20" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS20" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT20" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU20" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="21">
       <c r="A21">
         <v>20</v>
       </c>
       <c r="B21" t="s">
-        <v>86</v>
+        <v>85</v>
       </c>
       <c r="C21" t="inlineStr" s="4">
         <is>
-          <t>5339Про розгляд клопотання громадян Геряк Олександри Федорівни, Геряка Володимира Федоровича</t>
+          <t>ID - 5339,  Про розгляд клопотання громадян Геряк Олександри Федорівни, Геряка Володимира Федоровича</t>
         </is>
       </c>
       <c r="D21" t="s">
         <v>61</v>
       </c>
       <c r="E21" t="s">
         <v>46</v>
       </c>
       <c r="F21" t="s">
         <v>47</v>
       </c>
       <c r="G21" t="s">
         <v>48</v>
       </c>
       <c r="H21" t="s">
         <v>49</v>
       </c>
       <c r="I21" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J21" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K21" t="s" s="5">
         <v>50</v>
@@ -3940,63 +3921,63 @@
       </c>
       <c r="AP21" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ21" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR21" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS21" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT21" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU21" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="22">
       <c r="A22">
         <v>21</v>
       </c>
       <c r="B22" t="s">
+        <v>86</v>
+      </c>
+      <c r="C22" t="s" s="4">
         <v>87</v>
-      </c>
-[...1 lines deleted...]
-        <v>88</v>
       </c>
       <c r="D22" t="s">
         <v>61</v>
       </c>
       <c r="E22" t="s">
         <v>46</v>
       </c>
       <c r="F22" t="s">
-        <v>89</v>
+        <v>88</v>
       </c>
       <c r="G22" t="s">
         <v>48</v>
       </c>
       <c r="H22" t="s">
         <v>49</v>
       </c>
       <c r="I22" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J22" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K22" t="s" s="5">
         <v>50</v>
       </c>
       <c r="L22" t="s" s="5">
         <v>50</v>
       </c>
       <c r="M22" t="s" s="5">
         <v>50</v>
       </c>
       <c r="N22" t="s" s="5">
         <v>50</v>
       </c>
@@ -4083,63 +4064,63 @@
       </c>
       <c r="AP22" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ22" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR22" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS22" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT22" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU22" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="23">
       <c r="A23">
         <v>22</v>
       </c>
       <c r="B23" t="s">
+        <v>89</v>
+      </c>
+      <c r="C23" t="s" s="4">
         <v>90</v>
-      </c>
-[...1 lines deleted...]
-        <v>91</v>
       </c>
       <c r="D23" t="s">
         <v>61</v>
       </c>
       <c r="E23" t="s">
         <v>46</v>
       </c>
       <c r="F23" t="s">
-        <v>92</v>
+        <v>91</v>
       </c>
       <c r="G23" t="s">
         <v>48</v>
       </c>
       <c r="H23" t="s">
         <v>49</v>
       </c>
       <c r="I23" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J23" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K23" t="s" s="5">
         <v>50</v>
       </c>
       <c r="L23" t="s" s="5">
         <v>50</v>
       </c>
       <c r="M23" t="s" s="5">
         <v>50</v>
       </c>
       <c r="N23" t="s" s="5">
         <v>50</v>
       </c>
@@ -4226,63 +4207,63 @@
       </c>
       <c r="AP23" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ23" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR23" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS23" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT23" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU23" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="24">
       <c r="A24">
         <v>23</v>
       </c>
       <c r="B24" t="s">
+        <v>92</v>
+      </c>
+      <c r="C24" t="s" s="4">
         <v>93</v>
-      </c>
-[...1 lines deleted...]
-        <v>94</v>
       </c>
       <c r="D24" t="s">
         <v>61</v>
       </c>
       <c r="E24" t="s">
         <v>46</v>
       </c>
       <c r="F24" t="s">
-        <v>95</v>
+        <v>94</v>
       </c>
       <c r="G24" t="s">
         <v>48</v>
       </c>
       <c r="H24" t="s">
         <v>49</v>
       </c>
       <c r="I24" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J24" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K24" t="s" s="5">
         <v>50</v>
       </c>
       <c r="L24" t="s" s="5">
         <v>50</v>
       </c>
       <c r="M24" t="s" s="5">
         <v>50</v>
       </c>
       <c r="N24" t="s" s="5">
         <v>50</v>
       </c>
@@ -4369,63 +4350,63 @@
       </c>
       <c r="AP24" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ24" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR24" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS24" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT24" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU24" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="25">
       <c r="A25">
         <v>24</v>
       </c>
       <c r="B25" t="s">
+        <v>95</v>
+      </c>
+      <c r="C25" t="s" s="4">
         <v>96</v>
-      </c>
-[...1 lines deleted...]
-        <v>97</v>
       </c>
       <c r="D25" t="s">
         <v>61</v>
       </c>
       <c r="E25" t="s">
         <v>46</v>
       </c>
       <c r="F25" t="s">
-        <v>92</v>
+        <v>91</v>
       </c>
       <c r="G25" t="s">
         <v>48</v>
       </c>
       <c r="H25" t="s">
         <v>49</v>
       </c>
       <c r="I25" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J25" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K25" t="s" s="5">
         <v>50</v>
       </c>
       <c r="L25" t="s" s="5">
         <v>50</v>
       </c>
       <c r="M25" t="s" s="5">
         <v>50</v>
       </c>
       <c r="N25" t="s" s="5">
         <v>50</v>
       </c>
@@ -4512,63 +4493,63 @@
       </c>
       <c r="AP25" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ25" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR25" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS25" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT25" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU25" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="26">
       <c r="A26">
         <v>25</v>
       </c>
       <c r="B26" t="s">
+        <v>97</v>
+      </c>
+      <c r="C26" t="s" s="4">
         <v>98</v>
-      </c>
-[...1 lines deleted...]
-        <v>99</v>
       </c>
       <c r="D26" t="s">
         <v>61</v>
       </c>
       <c r="E26" t="s">
         <v>46</v>
       </c>
       <c r="F26" t="s">
-        <v>95</v>
+        <v>94</v>
       </c>
       <c r="G26" t="s">
         <v>48</v>
       </c>
       <c r="H26" t="s">
         <v>49</v>
       </c>
       <c r="I26" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J26" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K26" t="s" s="5">
         <v>50</v>
       </c>
       <c r="L26" t="s" s="5">
         <v>50</v>
       </c>
       <c r="M26" t="s" s="5">
         <v>50</v>
       </c>
       <c r="N26" t="s" s="5">
         <v>52</v>
       </c>
@@ -4655,63 +4636,63 @@
       </c>
       <c r="AP26" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ26" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR26" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS26" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT26" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU26" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="27">
       <c r="A27">
         <v>26</v>
       </c>
       <c r="B27" t="s">
+        <v>99</v>
+      </c>
+      <c r="C27" t="s" s="4">
         <v>100</v>
-      </c>
-[...1 lines deleted...]
-        <v>101</v>
       </c>
       <c r="D27" t="s">
         <v>61</v>
       </c>
       <c r="E27" t="s">
         <v>46</v>
       </c>
       <c r="F27" t="s">
-        <v>92</v>
+        <v>91</v>
       </c>
       <c r="G27" t="s">
         <v>48</v>
       </c>
       <c r="H27" t="s">
         <v>49</v>
       </c>
       <c r="I27" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J27" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K27" t="s" s="5">
         <v>50</v>
       </c>
       <c r="L27" t="s" s="5">
         <v>50</v>
       </c>
       <c r="M27" t="s" s="5">
         <v>50</v>
       </c>
       <c r="N27" t="s" s="5">
         <v>50</v>
       </c>
@@ -4798,54 +4779,54 @@
       </c>
       <c r="AP27" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ27" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR27" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS27" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT27" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU27" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="28">
       <c r="A28">
         <v>27</v>
       </c>
       <c r="B28" t="s">
+        <v>101</v>
+      </c>
+      <c r="C28" t="s" s="4">
         <v>102</v>
-      </c>
-[...1 lines deleted...]
-        <v>103</v>
       </c>
       <c r="D28" t="s">
         <v>61</v>
       </c>
       <c r="E28" t="s">
         <v>46</v>
       </c>
       <c r="F28" t="s">
         <v>72</v>
       </c>
       <c r="G28" t="s">
         <v>48</v>
       </c>
       <c r="H28" t="s">
         <v>49</v>
       </c>
       <c r="I28" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J28" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K28" t="s" s="5">
         <v>50</v>
       </c>
@@ -4941,54 +4922,54 @@
       </c>
       <c r="AP28" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ28" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR28" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS28" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT28" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU28" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="29">
       <c r="A29">
         <v>28</v>
       </c>
       <c r="B29" t="s">
+        <v>103</v>
+      </c>
+      <c r="C29" t="s" s="4">
         <v>104</v>
-      </c>
-[...1 lines deleted...]
-        <v>105</v>
       </c>
       <c r="D29" t="s">
         <v>61</v>
       </c>
       <c r="E29" t="s">
         <v>46</v>
       </c>
       <c r="F29" t="s">
         <v>47</v>
       </c>
       <c r="G29" t="s">
         <v>48</v>
       </c>
       <c r="H29" t="s">
         <v>49</v>
       </c>
       <c r="I29" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J29" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K29" t="s" s="5">
         <v>50</v>
       </c>
@@ -5084,54 +5065,54 @@
       </c>
       <c r="AP29" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ29" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR29" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS29" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT29" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU29" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="30">
       <c r="A30">
         <v>29</v>
       </c>
       <c r="B30" t="s">
+        <v>105</v>
+      </c>
+      <c r="C30" t="s" s="4">
         <v>106</v>
-      </c>
-[...1 lines deleted...]
-        <v>107</v>
       </c>
       <c r="D30" t="s">
         <v>61</v>
       </c>
       <c r="E30" t="s">
         <v>46</v>
       </c>
       <c r="F30" t="s">
         <v>56</v>
       </c>
       <c r="G30" t="s">
         <v>48</v>
       </c>
       <c r="H30" t="s">
         <v>49</v>
       </c>
       <c r="I30" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J30" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K30" t="s" s="5">
         <v>50</v>
       </c>
@@ -5227,54 +5208,54 @@
       </c>
       <c r="AP30" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ30" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR30" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS30" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT30" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU30" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="31">
       <c r="A31">
         <v>30</v>
       </c>
       <c r="B31" t="s">
+        <v>107</v>
+      </c>
+      <c r="C31" t="s" s="4">
         <v>108</v>
-      </c>
-[...1 lines deleted...]
-        <v>109</v>
       </c>
       <c r="D31" t="s">
         <v>61</v>
       </c>
       <c r="E31" t="s">
         <v>46</v>
       </c>
       <c r="F31" t="s">
         <v>56</v>
       </c>
       <c r="G31" t="s">
         <v>48</v>
       </c>
       <c r="H31" t="s">
         <v>49</v>
       </c>
       <c r="I31" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J31" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K31" t="s" s="5">
         <v>50</v>
       </c>
@@ -5370,54 +5351,54 @@
       </c>
       <c r="AP31" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ31" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR31" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS31" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT31" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU31" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="32">
       <c r="A32">
         <v>31</v>
       </c>
       <c r="B32" t="s">
+        <v>109</v>
+      </c>
+      <c r="C32" t="s" s="4">
         <v>110</v>
-      </c>
-[...1 lines deleted...]
-        <v>111</v>
       </c>
       <c r="D32" t="s">
         <v>61</v>
       </c>
       <c r="E32" t="s">
         <v>46</v>
       </c>
       <c r="F32" t="s">
         <v>56</v>
       </c>
       <c r="G32" t="s">
         <v>48</v>
       </c>
       <c r="H32" t="s">
         <v>49</v>
       </c>
       <c r="I32" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J32" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K32" t="s" s="5">
         <v>50</v>
       </c>
@@ -5513,54 +5494,54 @@
       </c>
       <c r="AP32" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ32" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR32" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS32" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT32" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU32" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="33">
       <c r="A33">
         <v>32</v>
       </c>
       <c r="B33" t="s">
+        <v>111</v>
+      </c>
+      <c r="C33" t="s" s="4">
         <v>112</v>
-      </c>
-[...1 lines deleted...]
-        <v>113</v>
       </c>
       <c r="D33" t="s">
         <v>61</v>
       </c>
       <c r="E33" t="s">
         <v>46</v>
       </c>
       <c r="F33" t="s">
         <v>72</v>
       </c>
       <c r="G33" t="s">
         <v>48</v>
       </c>
       <c r="H33" t="s">
         <v>49</v>
       </c>
       <c r="I33" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J33" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K33" t="s" s="5">
         <v>50</v>
       </c>
@@ -5656,55 +5637,55 @@
       </c>
       <c r="AP33" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ33" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR33" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS33" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT33" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU33" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="34">
       <c r="A34">
         <v>33</v>
       </c>
       <c r="B34" t="s">
-        <v>114</v>
+        <v>113</v>
       </c>
       <c r="C34" t="inlineStr" s="4">
         <is>
-          <t>5352Про розгляд клопотання громадян Стафіюк Божени Богданівни та Ляховського Василя Герасимовича</t>
+          <t>ID - 5352,  Про розгляд клопотання громадян Стафіюк Божени Богданівни та Ляховського Василя Герасимовича</t>
         </is>
       </c>
       <c r="D34" t="s">
         <v>61</v>
       </c>
       <c r="E34" t="s">
         <v>46</v>
       </c>
       <c r="F34" t="s">
         <v>72</v>
       </c>
       <c r="G34" t="s">
         <v>48</v>
       </c>
       <c r="H34" t="s">
         <v>49</v>
       </c>
       <c r="I34" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J34" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K34" t="s" s="5">
         <v>50</v>
@@ -5801,55 +5782,55 @@
       </c>
       <c r="AP34" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ34" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR34" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS34" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT34" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU34" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="35">
       <c r="A35">
         <v>34</v>
       </c>
       <c r="B35" t="s">
-        <v>115</v>
+        <v>114</v>
       </c>
       <c r="C35" t="inlineStr" s="4">
         <is>
-          <t>5353Про внесення змiн в рішення Острівської сільської Ради народних депутатів Сокальського району Львівської області</t>
+          <t>ID - 5353,  Про внесення змiн в рішення Острівської сільської Ради народних депутатів Сокальського району Львівської області</t>
         </is>
       </c>
       <c r="D35" t="s">
         <v>61</v>
       </c>
       <c r="E35" t="s">
         <v>46</v>
       </c>
       <c r="F35" t="s">
         <v>68</v>
       </c>
       <c r="G35" t="s">
         <v>48</v>
       </c>
       <c r="H35" t="s">
         <v>49</v>
       </c>
       <c r="I35" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J35" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K35" t="s" s="5">
         <v>50</v>
@@ -5946,54 +5927,54 @@
       </c>
       <c r="AP35" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ35" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR35" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS35" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT35" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU35" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="36">
       <c r="A36">
         <v>35</v>
       </c>
       <c r="B36" t="s">
+        <v>115</v>
+      </c>
+      <c r="C36" t="s" s="4">
         <v>116</v>
-      </c>
-[...1 lines deleted...]
-        <v>117</v>
       </c>
       <c r="D36" t="s">
         <v>61</v>
       </c>
       <c r="E36" t="s">
         <v>46</v>
       </c>
       <c r="F36" t="s">
         <v>68</v>
       </c>
       <c r="G36" t="s">
         <v>48</v>
       </c>
       <c r="H36" t="s">
         <v>49</v>
       </c>
       <c r="I36" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J36" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K36" t="s" s="5">
         <v>50</v>
       </c>
@@ -6089,54 +6070,54 @@
       </c>
       <c r="AP36" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ36" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR36" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS36" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT36" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU36" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="37">
       <c r="A37">
         <v>36</v>
       </c>
       <c r="B37" t="s">
+        <v>117</v>
+      </c>
+      <c r="C37" t="s" s="4">
         <v>118</v>
-      </c>
-[...1 lines deleted...]
-        <v>119</v>
       </c>
       <c r="D37" t="s">
         <v>61</v>
       </c>
       <c r="E37" t="s">
         <v>46</v>
       </c>
       <c r="F37" t="s">
         <v>68</v>
       </c>
       <c r="G37" t="s">
         <v>48</v>
       </c>
       <c r="H37" t="s">
         <v>49</v>
       </c>
       <c r="I37" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J37" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K37" t="s" s="5">
         <v>50</v>
       </c>
@@ -6232,54 +6213,54 @@
       </c>
       <c r="AP37" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ37" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR37" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS37" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT37" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU37" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="38">
       <c r="A38">
         <v>37</v>
       </c>
       <c r="B38" t="s">
+        <v>119</v>
+      </c>
+      <c r="C38" t="s" s="4">
         <v>120</v>
-      </c>
-[...1 lines deleted...]
-        <v>121</v>
       </c>
       <c r="D38" t="s">
         <v>61</v>
       </c>
       <c r="E38" t="s">
         <v>46</v>
       </c>
       <c r="F38" t="s">
         <v>72</v>
       </c>
       <c r="G38" t="s">
         <v>48</v>
       </c>
       <c r="H38" t="s">
         <v>49</v>
       </c>
       <c r="I38" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J38" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K38" t="s" s="5">
         <v>50</v>
       </c>
@@ -6375,54 +6356,54 @@
       </c>
       <c r="AP38" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ38" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR38" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS38" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT38" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU38" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="39">
       <c r="A39">
         <v>38</v>
       </c>
       <c r="B39" t="s">
+        <v>121</v>
+      </c>
+      <c r="C39" t="s" s="4">
         <v>122</v>
-      </c>
-[...1 lines deleted...]
-        <v>123</v>
       </c>
       <c r="D39" t="s">
         <v>61</v>
       </c>
       <c r="E39" t="s">
         <v>46</v>
       </c>
       <c r="F39" t="s">
         <v>56</v>
       </c>
       <c r="G39" t="s">
         <v>48</v>
       </c>
       <c r="H39" t="s">
         <v>49</v>
       </c>
       <c r="I39" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J39" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K39" t="s" s="5">
         <v>50</v>
       </c>
@@ -6518,63 +6499,63 @@
       </c>
       <c r="AP39" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ39" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR39" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS39" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT39" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU39" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="40">
       <c r="A40">
         <v>39</v>
       </c>
       <c r="B40" t="s">
+        <v>123</v>
+      </c>
+      <c r="C40" t="s" s="4">
         <v>124</v>
-      </c>
-[...1 lines deleted...]
-        <v>125</v>
       </c>
       <c r="D40" t="s">
         <v>61</v>
       </c>
       <c r="E40" t="s">
         <v>46</v>
       </c>
       <c r="F40" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="G40" t="s">
         <v>48</v>
       </c>
       <c r="H40" t="s">
         <v>49</v>
       </c>
       <c r="I40" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J40" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K40" t="s" s="5">
         <v>50</v>
       </c>
       <c r="L40" t="s" s="5">
         <v>50</v>
       </c>
       <c r="M40" t="s" s="5">
         <v>50</v>
       </c>
       <c r="N40" t="s" s="5">
         <v>50</v>
       </c>
@@ -6661,63 +6642,63 @@
       </c>
       <c r="AP40" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ40" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR40" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS40" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT40" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU40" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="41">
       <c r="A41">
         <v>40</v>
       </c>
       <c r="B41" t="s">
+        <v>126</v>
+      </c>
+      <c r="C41" t="s" s="4">
         <v>127</v>
-      </c>
-[...1 lines deleted...]
-        <v>128</v>
       </c>
       <c r="D41" t="s">
         <v>61</v>
       </c>
       <c r="E41" t="s">
         <v>46</v>
       </c>
       <c r="F41" t="s">
-        <v>89</v>
+        <v>88</v>
       </c>
       <c r="G41" t="s">
         <v>48</v>
       </c>
       <c r="H41" t="s">
         <v>49</v>
       </c>
       <c r="I41" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J41" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K41" t="s" s="5">
         <v>50</v>
       </c>
       <c r="L41" t="s" s="5">
         <v>50</v>
       </c>
       <c r="M41" t="s" s="5">
         <v>50</v>
       </c>
       <c r="N41" t="s" s="5">
         <v>50</v>
       </c>
@@ -6804,55 +6785,55 @@
       </c>
       <c r="AP41" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ41" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR41" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS41" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT41" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU41" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="42">
       <c r="A42">
         <v>41</v>
       </c>
       <c r="B42" t="s">
-        <v>129</v>
+        <v>128</v>
       </c>
       <c r="C42" t="inlineStr" s="4">
         <is>
-          <t>5360Про затвердження технiчної документацiї iз землеустрою щодо iнвентаризацiї земель м. Червонограда</t>
+          <t>ID - 5360,  Про затвердження технiчної документацiї iз землеустрою щодо iнвентаризацiї земель м. Червонограда</t>
         </is>
       </c>
       <c r="D42" t="s">
         <v>61</v>
       </c>
       <c r="E42" t="s">
         <v>46</v>
       </c>
       <c r="F42" t="s">
         <v>47</v>
       </c>
       <c r="G42" t="s">
         <v>48</v>
       </c>
       <c r="H42" t="s">
         <v>49</v>
       </c>
       <c r="I42" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J42" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K42" t="s" s="5">
         <v>50</v>
@@ -6949,54 +6930,54 @@
       </c>
       <c r="AP42" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ42" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR42" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS42" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT42" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU42" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="43">
       <c r="A43">
         <v>42</v>
       </c>
       <c r="B43" t="s">
+        <v>129</v>
+      </c>
+      <c r="C43" t="s" s="4">
         <v>130</v>
-      </c>
-[...1 lines deleted...]
-        <v>131</v>
       </c>
       <c r="D43" t="s">
         <v>61</v>
       </c>
       <c r="E43" t="s">
         <v>46</v>
       </c>
       <c r="F43" t="s">
         <v>56</v>
       </c>
       <c r="G43" t="s">
         <v>48</v>
       </c>
       <c r="H43" t="s">
         <v>49</v>
       </c>
       <c r="I43" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J43" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K43" t="s" s="5">
         <v>50</v>
       </c>
@@ -7092,55 +7073,55 @@
       </c>
       <c r="AP43" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ43" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR43" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS43" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT43" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU43" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="44">
       <c r="A44">
         <v>43</v>
       </c>
       <c r="B44" t="s">
-        <v>132</v>
+        <v>131</v>
       </c>
       <c r="C44" t="inlineStr" s="4">
         <is>
-          <t>5362Про затвердження проектів землеустрою щодо відведення земельних ділянок на території Червоноградської міської ради</t>
+          <t>ID - 5362,  Про затвердження проектів землеустрою щодо відведення земельних ділянок на території Червоноградської міської ради</t>
         </is>
       </c>
       <c r="D44" t="s">
         <v>61</v>
       </c>
       <c r="E44" t="s">
         <v>46</v>
       </c>
       <c r="F44" t="s">
         <v>47</v>
       </c>
       <c r="G44" t="s">
         <v>48</v>
       </c>
       <c r="H44" t="s">
         <v>49</v>
       </c>
       <c r="I44" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J44" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K44" t="s" s="5">
         <v>50</v>
@@ -7237,65 +7218,65 @@
       </c>
       <c r="AP44" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ44" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR44" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS44" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT44" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU44" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="45">
       <c r="A45">
         <v>44</v>
       </c>
       <c r="B45" t="s">
-        <v>133</v>
+        <v>132</v>
       </c>
       <c r="C45" t="inlineStr" s="4">
         <is>
-          <t>5363Про затвердження технічних документацій із землеустрою щодо інвентаризації земель на території Червоноградської міської ради</t>
+          <t>ID - 5363,  Про затвердження технічних документацій із землеустрою щодо інвентаризації земель на території Червоноградської міської ради</t>
         </is>
       </c>
       <c r="D45" t="s">
         <v>61</v>
       </c>
       <c r="E45" t="s">
         <v>46</v>
       </c>
       <c r="F45" t="s">
-        <v>89</v>
+        <v>88</v>
       </c>
       <c r="G45" t="s">
         <v>48</v>
       </c>
       <c r="H45" t="s">
         <v>49</v>
       </c>
       <c r="I45" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J45" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K45" t="s" s="5">
         <v>50</v>
       </c>
       <c r="L45" t="s" s="5">
         <v>50</v>
       </c>
       <c r="M45" t="s" s="5">
         <v>50</v>
       </c>
       <c r="N45" t="s" s="5">
         <v>50</v>
       </c>
@@ -7382,65 +7363,65 @@
       </c>
       <c r="AP45" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ45" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR45" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS45" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT45" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU45" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="46">
       <c r="A46">
         <v>45</v>
       </c>
       <c r="B46" t="s">
-        <v>134</v>
+        <v>133</v>
       </c>
       <c r="C46" t="inlineStr" s="4">
         <is>
-          <t>5364Про затвердження технічної документації щодо встановлення (відновлення) меж земельної ділянки в натурі (на місцевості) в с. Добрячин</t>
+          <t>ID - 5364,  Про затвердження технічної документації щодо встановлення (відновлення) меж земельної ділянки в натурі (на місцевості) в с. Добрячин</t>
         </is>
       </c>
       <c r="D46" t="s">
         <v>61</v>
       </c>
       <c r="E46" t="s">
         <v>46</v>
       </c>
       <c r="F46" t="s">
-        <v>92</v>
+        <v>91</v>
       </c>
       <c r="G46" t="s">
         <v>48</v>
       </c>
       <c r="H46" t="s">
         <v>49</v>
       </c>
       <c r="I46" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J46" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K46" t="s" s="5">
         <v>50</v>
       </c>
       <c r="L46" t="s" s="5">
         <v>50</v>
       </c>
       <c r="M46" t="s" s="5">
         <v>50</v>
       </c>
       <c r="N46" t="s" s="5">
         <v>50</v>
       </c>
@@ -7527,63 +7508,65 @@
       </c>
       <c r="AP46" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ46" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR46" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS46" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT46" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU46" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="47">
       <c r="A47">
         <v>46</v>
       </c>
       <c r="B47" t="s">
-        <v>135</v>
-[...2 lines deleted...]
-        <v>136</v>
+        <v>134</v>
+      </c>
+      <c r="C47" t="inlineStr" s="4">
+        <is>
+          <t>ID - 5365,  Про розгляд клопотання Товариства з обмеженою відповідальністю фірма «Горизонт»</t>
+        </is>
       </c>
       <c r="D47" t="s">
         <v>61</v>
       </c>
       <c r="E47" t="s">
         <v>46</v>
       </c>
       <c r="F47" t="s">
-        <v>92</v>
+        <v>91</v>
       </c>
       <c r="G47" t="s">
         <v>48</v>
       </c>
       <c r="H47" t="s">
         <v>49</v>
       </c>
       <c r="I47" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J47" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K47" t="s" s="5">
         <v>50</v>
       </c>
       <c r="L47" t="s" s="5">
         <v>50</v>
       </c>
       <c r="M47" t="s" s="5">
         <v>50</v>
       </c>
       <c r="N47" t="s" s="5">
         <v>50</v>
       </c>
@@ -7670,65 +7653,65 @@
       </c>
       <c r="AP47" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ47" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR47" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS47" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT47" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU47" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="48">
       <c r="A48">
         <v>47</v>
       </c>
       <c r="B48" t="s">
-        <v>137</v>
+        <v>135</v>
       </c>
       <c r="C48" t="inlineStr" s="4">
         <is>
-          <t>5366Про затвердження проектів землеустрою щодо відведення земельних ділянок з метою зміни цільового призначення</t>
+          <t>ID - 5366,  Про затвердження проектів землеустрою щодо відведення земельних ділянок з метою зміни цільового призначення</t>
         </is>
       </c>
       <c r="D48" t="s">
         <v>61</v>
       </c>
       <c r="E48" t="s">
         <v>46</v>
       </c>
       <c r="F48" t="s">
-        <v>92</v>
+        <v>91</v>
       </c>
       <c r="G48" t="s">
         <v>48</v>
       </c>
       <c r="H48" t="s">
         <v>49</v>
       </c>
       <c r="I48" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J48" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K48" t="s" s="5">
         <v>50</v>
       </c>
       <c r="L48" t="s" s="5">
         <v>50</v>
       </c>
       <c r="M48" t="s" s="5">
         <v>50</v>
       </c>
       <c r="N48" t="s" s="5">
         <v>50</v>
       </c>
@@ -7815,55 +7798,55 @@
       </c>
       <c r="AP48" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ48" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR48" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS48" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT48" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU48" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="49">
       <c r="A49">
         <v>48</v>
       </c>
       <c r="B49" t="s">
-        <v>138</v>
+        <v>136</v>
       </c>
       <c r="C49" t="inlineStr" s="4">
         <is>
-          <t>5367Про резервування земельних ділянок для учасників бойових дій в селі Рудка Червоноградської територіальної громади</t>
+          <t>ID - 5367,  Про резервування земельних ділянок для учасників бойових дій в селі Рудка Червоноградської територіальної громади</t>
         </is>
       </c>
       <c r="D49" t="s">
         <v>61</v>
       </c>
       <c r="E49" t="s">
         <v>46</v>
       </c>
       <c r="F49" t="s">
         <v>47</v>
       </c>
       <c r="G49" t="s">
         <v>48</v>
       </c>
       <c r="H49" t="s">
         <v>49</v>
       </c>
       <c r="I49" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J49" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K49" t="s" s="5">
         <v>50</v>
@@ -7960,54 +7943,54 @@
       </c>
       <c r="AP49" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ49" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR49" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS49" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT49" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU49" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="50">
       <c r="A50">
         <v>49</v>
       </c>
       <c r="B50" t="s">
-        <v>139</v>
+        <v>137</v>
       </c>
       <c r="C50" t="s" s="4">
-        <v>140</v>
+        <v>138</v>
       </c>
       <c r="D50" t="s">
         <v>61</v>
       </c>
       <c r="E50" t="s">
         <v>46</v>
       </c>
       <c r="F50" t="s">
         <v>47</v>
       </c>
       <c r="G50" t="s">
         <v>48</v>
       </c>
       <c r="H50" t="s">
         <v>49</v>
       </c>
       <c r="I50" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J50" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K50" t="s" s="5">
         <v>50</v>
       </c>
@@ -8103,63 +8086,63 @@
       </c>
       <c r="AP50" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ50" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR50" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS50" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT50" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU50" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="51">
       <c r="A51">
         <v>50</v>
       </c>
       <c r="B51" t="s">
-        <v>141</v>
+        <v>139</v>
       </c>
       <c r="C51" t="s" s="4">
-        <v>142</v>
+        <v>140</v>
       </c>
       <c r="D51" t="s">
         <v>61</v>
       </c>
       <c r="E51" t="s">
         <v>46</v>
       </c>
       <c r="F51" t="s">
-        <v>89</v>
+        <v>88</v>
       </c>
       <c r="G51" t="s">
         <v>48</v>
       </c>
       <c r="H51" t="s">
         <v>49</v>
       </c>
       <c r="I51" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J51" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K51" t="s" s="5">
         <v>50</v>
       </c>
       <c r="L51" t="s" s="5">
         <v>52</v>
       </c>
       <c r="M51" t="s" s="5">
         <v>50</v>
       </c>
       <c r="N51" t="s" s="5">
         <v>50</v>
       </c>
@@ -8246,63 +8229,63 @@
       </c>
       <c r="AP51" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ51" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR51" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS51" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT51" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU51" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="52">
       <c r="A52">
         <v>51</v>
       </c>
       <c r="B52" t="s">
-        <v>143</v>
+        <v>141</v>
       </c>
       <c r="C52" t="s" s="4">
-        <v>144</v>
+        <v>142</v>
       </c>
       <c r="D52" t="s">
         <v>61</v>
       </c>
       <c r="E52" t="s">
         <v>46</v>
       </c>
       <c r="F52" t="s">
-        <v>92</v>
+        <v>91</v>
       </c>
       <c r="G52" t="s">
         <v>48</v>
       </c>
       <c r="H52" t="s">
         <v>49</v>
       </c>
       <c r="I52" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J52" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K52" t="s" s="5">
         <v>50</v>
       </c>
       <c r="L52" t="s" s="5">
         <v>52</v>
       </c>
       <c r="M52" t="s" s="5">
         <v>50</v>
       </c>
       <c r="N52" t="s" s="5">
         <v>50</v>
       </c>
@@ -8389,55 +8372,55 @@
       </c>
       <c r="AP52" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ52" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR52" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS52" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT52" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU52" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="53">
       <c r="A53">
         <v>52</v>
       </c>
       <c r="B53" t="s">
-        <v>145</v>
+        <v>143</v>
       </c>
       <c r="C53" t="inlineStr" s="4">
         <is>
-          <t>5371Про включення до переліку земельних ділянок, право оренди на які виставляється на земельні торги окремими лотами, та продаж права оренди земельної ділянки на конкурентних засадах (на земельних торгах у формі електронного аукціону) в селі Сілець, присілок Заболотня, кадастровий номер земельної ділянки 4624886600:08:000:0256</t>
+          <t>ID - 5371,  Про включення до переліку земельних ділянок, право оренди на які виставляється на земельні торги окремими лотами, та продаж права оренди земельної ділянки на конкурентних засадах (на земельних торгах у формі електронного аукціону) в селі Сілець, присілок Заболотня, кадастровий номер земельної ділянки 4624886600:08:000:0256</t>
         </is>
       </c>
       <c r="D53" t="s">
         <v>61</v>
       </c>
       <c r="E53" t="s">
         <v>46</v>
       </c>
       <c r="F53" t="s">
         <v>56</v>
       </c>
       <c r="G53" t="s">
         <v>48</v>
       </c>
       <c r="H53" t="s">
         <v>49</v>
       </c>
       <c r="I53" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J53" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K53" t="s" s="5">
         <v>50</v>
@@ -8534,55 +8517,55 @@
       </c>
       <c r="AP53" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ53" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR53" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS53" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT53" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU53" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="54">
       <c r="A54">
         <v>53</v>
       </c>
       <c r="B54" t="s">
-        <v>146</v>
+        <v>144</v>
       </c>
       <c r="C54" t="inlineStr" s="4">
         <is>
-          <t>5372Про включення до переліку земельних ділянок, право оренди на які виставляється на земельні торги окремими лотами, та продаж права оренди земельної ділянки на конкурентних засадах (на земельних торгах у форм електронного аукціону) в селі Сілець, присілок Заболотня, кадастровий номер земельної ділянки 4624886600:08:000:0252</t>
+          <t>ID - 5372,  Про включення до переліку земельних ділянок, право оренди на які виставляється на земельні торги окремими лотами, та продаж права оренди земельної ділянки на конкурентних засадах (на земельних торгах у форм електронного аукціону) в селі Сілець, присілок Заболотня, кадастровий номер земельної ділянки 4624886600:08:000:0252</t>
         </is>
       </c>
       <c r="D54" t="s">
         <v>61</v>
       </c>
       <c r="E54" t="s">
         <v>46</v>
       </c>
       <c r="F54" t="s">
         <v>56</v>
       </c>
       <c r="G54" t="s">
         <v>48</v>
       </c>
       <c r="H54" t="s">
         <v>49</v>
       </c>
       <c r="I54" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J54" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K54" t="s" s="5">
         <v>52</v>
@@ -8679,55 +8662,55 @@
       </c>
       <c r="AP54" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ54" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR54" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS54" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT54" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU54" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="55">
       <c r="A55">
         <v>54</v>
       </c>
       <c r="B55" t="s">
-        <v>147</v>
+        <v>145</v>
       </c>
       <c r="C55" t="inlineStr" s="4">
         <is>
-          <t>5373Про включення до переліку земельних ділянок, право оренди на які виставляється на земельні торги окремими лотами, та продаж права оренди земельної ділянки на конкурентних засадах (на земельних торгах у формі електронного аукціону) в селі Сілець, присілок Заболотня, кадастровий номер земельної ділянки 4624886600:19:008:0112</t>
+          <t>ID - 5373,  Про включення до переліку земельних ділянок, право оренди на які виставляється на земельні торги окремими лотами, та продаж права оренди земельної ділянки на конкурентних засадах (на земельних торгах у формі електронного аукціону) в селі Сілець, присілок Заболотня, кадастровий номер земельної ділянки 4624886600:19:008:0112</t>
         </is>
       </c>
       <c r="D55" t="s">
         <v>61</v>
       </c>
       <c r="E55" t="s">
         <v>46</v>
       </c>
       <c r="F55" t="s">
         <v>72</v>
       </c>
       <c r="G55" t="s">
         <v>48</v>
       </c>
       <c r="H55" t="s">
         <v>49</v>
       </c>
       <c r="I55" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J55" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K55" t="s" s="5">
         <v>50</v>
@@ -8824,55 +8807,55 @@
       </c>
       <c r="AP55" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ55" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR55" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS55" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT55" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU55" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="56">
       <c r="A56">
         <v>55</v>
       </c>
       <c r="B56" t="s">
-        <v>148</v>
+        <v>146</v>
       </c>
       <c r="C56" t="inlineStr" s="4">
         <is>
-          <t>5374Про включення до переліку земельних ділянок, право оренди на які виставляється на земельні торги окремими лотами, та продаж права оренди земельної ділянки на конкурентних засадах (на земельних торгах у формі електронного аукціону) в селі Сілець, присілок Заболотня, кадастровий номер земельної ділянки 4624886600:08:000:0253</t>
+          <t>ID - 5374,  Про включення до переліку земельних ділянок, право оренди на які виставляється на земельні торги окремими лотами, та продаж права оренди земельної ділянки на конкурентних засадах (на земельних торгах у формі електронного аукціону) в селі Сілець, присілок Заболотня, кадастровий номер земельної ділянки 4624886600:08:000:0253</t>
         </is>
       </c>
       <c r="D56" t="s">
         <v>61</v>
       </c>
       <c r="E56" t="s">
         <v>46</v>
       </c>
       <c r="F56" t="s">
         <v>72</v>
       </c>
       <c r="G56" t="s">
         <v>48</v>
       </c>
       <c r="H56" t="s">
         <v>49</v>
       </c>
       <c r="I56" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J56" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K56" t="s" s="5">
         <v>50</v>
@@ -8969,55 +8952,55 @@
       </c>
       <c r="AP56" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ56" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR56" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS56" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT56" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU56" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="57">
       <c r="A57">
         <v>56</v>
       </c>
       <c r="B57" t="s">
-        <v>149</v>
+        <v>147</v>
       </c>
       <c r="C57" t="inlineStr" s="4">
         <is>
-          <t>5375Про включення до переліку земельних ділянок, право оренди на які виставляється на земельні торги окремими лотами, та продаж права оренди земельної ділянки на конкурентних засадах (на земельних торгах у формі електронного аукціону) в селі Сілець, присілок Заболотня, кадастровий номер земельної ділянки 4624886600:08:000:0255</t>
+          <t>ID - 5375,  Про включення до переліку земельних ділянок, право оренди на які виставляється на земельні торги окремими лотами, та продаж права оренди земельної ділянки на конкурентних засадах (на земельних торгах у формі електронного аукціону) в селі Сілець, присілок Заболотня, кадастровий номер земельної ділянки 4624886600:08:000:0255</t>
         </is>
       </c>
       <c r="D57" t="s">
         <v>61</v>
       </c>
       <c r="E57" t="s">
         <v>46</v>
       </c>
       <c r="F57" t="s">
         <v>47</v>
       </c>
       <c r="G57" t="s">
         <v>48</v>
       </c>
       <c r="H57" t="s">
         <v>49</v>
       </c>
       <c r="I57" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J57" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K57" t="s" s="5">
         <v>52</v>
@@ -9114,55 +9097,55 @@
       </c>
       <c r="AP57" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ57" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR57" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS57" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT57" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU57" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="58">
       <c r="A58">
         <v>57</v>
       </c>
       <c r="B58" t="s">
-        <v>150</v>
+        <v>148</v>
       </c>
       <c r="C58" t="inlineStr" s="4">
         <is>
-          <t>5376Про включення до переліку земельних ділянок, право оренди на які виставляється на земельні торги окремими лотами, та продаж права оренди земельної ділянки на конкурентних засадах (на земельних торгах у формі електронного аукціону) в селі Сілець, присілок Заболотня, кадастровий номер земельної ділянки 4624886600:08:000:0254</t>
+          <t>ID - 5376,  Про включення до переліку земельних ділянок, право оренди на які виставляється на земельні торги окремими лотами, та продаж права оренди земельної ділянки на конкурентних засадах (на земельних торгах у формі електронного аукціону) в селі Сілець, присілок Заболотня, кадастровий номер земельної ділянки 4624886600:08:000:0254</t>
         </is>
       </c>
       <c r="D58" t="s">
         <v>61</v>
       </c>
       <c r="E58" t="s">
         <v>46</v>
       </c>
       <c r="F58" t="s">
         <v>47</v>
       </c>
       <c r="G58" t="s">
         <v>48</v>
       </c>
       <c r="H58" t="s">
         <v>49</v>
       </c>
       <c r="I58" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J58" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K58" t="s" s="5">
         <v>50</v>
@@ -9259,55 +9242,55 @@
       </c>
       <c r="AP58" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ58" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR58" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS58" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT58" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU58" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="59">
       <c r="A59">
         <v>58</v>
       </c>
       <c r="B59" t="s">
-        <v>151</v>
+        <v>149</v>
       </c>
       <c r="C59" t="inlineStr" s="4">
         <is>
-          <t>5377Про включення до переліку земельних ділянок, право оренди на які виставляється на земельні торги окремими лотами, та продаж права оренди земельної ділянки на конкурентних засадах (на земельних торгах у формі електронного аукціону) в м. Червонограді, вул. Захисників України, кадастровий номер земельної ділянки 4611800000:03:005:0108</t>
+          <t>ID - 5377,  Про включення до переліку земельних ділянок, право оренди на які виставляється на земельні торги окремими лотами, та продаж права оренди земельної ділянки на конкурентних засадах (на земельних торгах у формі електронного аукціону) в м. Червонограді, вул. Захисників України, кадастровий номер земельної ділянки 4611800000:03:005:0108</t>
         </is>
       </c>
       <c r="D59" t="s">
         <v>61</v>
       </c>
       <c r="E59" t="s">
         <v>46</v>
       </c>
       <c r="F59" t="s">
         <v>56</v>
       </c>
       <c r="G59" t="s">
         <v>48</v>
       </c>
       <c r="H59" t="s">
         <v>49</v>
       </c>
       <c r="I59" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J59" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K59" t="s" s="5">
         <v>52</v>
@@ -9404,55 +9387,55 @@
       </c>
       <c r="AP59" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ59" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR59" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS59" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT59" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU59" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="60">
       <c r="A60">
         <v>59</v>
       </c>
       <c r="B60" t="s">
-        <v>152</v>
+        <v>150</v>
       </c>
       <c r="C60" t="inlineStr" s="4">
         <is>
-          <t>5378Про включення до переліку земельних ділянок, право оренди на які виставляється на земельні торги окремими лотами, та продаж права оренди земельної ділянки на конкурентних засадах (на земельних торгах у формі електронного аукціону) в м. Червонограді, вул. Захисників України, кадастровий номер земельної ділянки 4611800000:03:005:0107</t>
+          <t>ID - 5378,  Про включення до переліку земельних ділянок, право оренди на які виставляється на земельні торги окремими лотами, та продаж права оренди земельної ділянки на конкурентних засадах (на земельних торгах у формі електронного аукціону) в м. Червонограді, вул. Захисників України, кадастровий номер земельної ділянки 4611800000:03:005:0107</t>
         </is>
       </c>
       <c r="D60" t="s">
         <v>61</v>
       </c>
       <c r="E60" t="s">
         <v>46</v>
       </c>
       <c r="F60" t="s">
         <v>72</v>
       </c>
       <c r="G60" t="s">
         <v>48</v>
       </c>
       <c r="H60" t="s">
         <v>49</v>
       </c>
       <c r="I60" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J60" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K60" t="s" s="5">
         <v>50</v>
@@ -9549,55 +9532,55 @@
       </c>
       <c r="AP60" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ60" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR60" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS60" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT60" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU60" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="61">
       <c r="A61">
         <v>60</v>
       </c>
       <c r="B61" t="s">
-        <v>153</v>
+        <v>151</v>
       </c>
       <c r="C61" t="inlineStr" s="4">
         <is>
-          <t>5379Про включення до переліку земельних ділянок, право оренди на які виставляється на земельні торги окремими лотами, та продаж права оренди земельної ділянки на конкурентних засадах (на земельних торгах у формі електронного аукціону) в м. Червонограді на вул. Радехівській, кадастровий номер земельної ділянки 4611800000:04:016:0060</t>
+          <t>ID - 5379,  Про включення до переліку земельних ділянок, право оренди на які виставляється на земельні торги окремими лотами, та продаж права оренди земельної ділянки на конкурентних засадах (на земельних торгах у формі електронного аукціону) в м. Червонограді на вул. Радехівській, кадастровий номер земельної ділянки 4611800000:04:016:0060</t>
         </is>
       </c>
       <c r="D61" t="s">
         <v>61</v>
       </c>
       <c r="E61" t="s">
         <v>46</v>
       </c>
       <c r="F61" t="s">
         <v>47</v>
       </c>
       <c r="G61" t="s">
         <v>48</v>
       </c>
       <c r="H61" t="s">
         <v>49</v>
       </c>
       <c r="I61" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J61" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K61" t="s" s="5">
         <v>50</v>
@@ -9694,55 +9677,55 @@
       </c>
       <c r="AP61" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ61" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR61" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS61" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT61" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU61" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="62">
       <c r="A62">
         <v>61</v>
       </c>
       <c r="B62" t="s">
-        <v>154</v>
+        <v>152</v>
       </c>
       <c r="C62" t="inlineStr" s="4">
         <is>
-          <t>5380Про включення до переліку земельних ділянок, право оренди на які виставляється на земельні торги окремими лотами, та продаж права оренди земельної ділянки на конкурентних засадах (на земельних торгах у формі електронного аукціону) в м. Червонограді, вул. Шахтарська, кадастровий номер земельної ділянки 4611800000:01:011:0306</t>
+          <t>ID - 5380,  Про включення до переліку земельних ділянок, право оренди на які виставляється на земельні торги окремими лотами, та продаж права оренди земельної ділянки на конкурентних засадах (на земельних торгах у формі електронного аукціону) в м. Червонограді, вул. Шахтарська, кадастровий номер земельної ділянки 4611800000:01:011:0306</t>
         </is>
       </c>
       <c r="D62" t="s">
         <v>61</v>
       </c>
       <c r="E62" t="s">
         <v>46</v>
       </c>
       <c r="F62" t="s">
         <v>56</v>
       </c>
       <c r="G62" t="s">
         <v>48</v>
       </c>
       <c r="H62" t="s">
         <v>49</v>
       </c>
       <c r="I62" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J62" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K62" t="s" s="5">
         <v>50</v>
@@ -9839,65 +9822,65 @@
       </c>
       <c r="AP62" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ62" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR62" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS62" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT62" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU62" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="63">
       <c r="A63">
         <v>62</v>
       </c>
       <c r="B63" t="s">
-        <v>155</v>
+        <v>153</v>
       </c>
       <c r="C63" t="inlineStr" s="4">
         <is>
-          <t>5381Про включення до переліку земельних ділянок, право оренди на які виставляється на земельні торги окремими лотами, та продаж права оренди земельної ділянки на конкурентних засадах (на земельних торгах у формі електронного аукціону) в селі Сілець, присілок Солтиси, кадастровий номер земельної ділянки 4624886600:02:000:0058</t>
+          <t>ID - 5381,  Про включення до переліку земельних ділянок, право оренди на які виставляється на земельні торги окремими лотами, та продаж права оренди земельної ділянки на конкурентних засадах (на земельних торгах у формі електронного аукціону) в селі Сілець, присілок Солтиси, кадастровий номер земельної ділянки 4624886600:02:000:0058</t>
         </is>
       </c>
       <c r="D63" t="s">
         <v>61</v>
       </c>
       <c r="E63" t="s">
         <v>46</v>
       </c>
       <c r="F63" t="s">
-        <v>89</v>
+        <v>88</v>
       </c>
       <c r="G63" t="s">
         <v>48</v>
       </c>
       <c r="H63" t="s">
         <v>49</v>
       </c>
       <c r="I63" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J63" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K63" t="s" s="5">
         <v>50</v>
       </c>
       <c r="L63" t="s" s="5">
         <v>50</v>
       </c>
       <c r="M63" t="s" s="5">
         <v>50</v>
       </c>
       <c r="N63" t="s" s="5">
         <v>50</v>
       </c>
@@ -9984,55 +9967,55 @@
       </c>
       <c r="AP63" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ63" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR63" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS63" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT63" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU63" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="64">
       <c r="A64">
         <v>63</v>
       </c>
       <c r="B64" t="s">
-        <v>156</v>
+        <v>154</v>
       </c>
       <c r="C64" t="inlineStr" s="4">
         <is>
-          <t>5382Про затвердження проекту землеустрою щодо відведення земельної ділянки в селі Сілець, присілок Дженджерівка</t>
+          <t>ID - 5382,  Про затвердження проекту землеустрою щодо відведення земельної ділянки в селі Сілець, присілок Дженджерівка</t>
         </is>
       </c>
       <c r="D64" t="s">
         <v>61</v>
       </c>
       <c r="E64" t="s">
         <v>46</v>
       </c>
       <c r="F64" t="s">
         <v>56</v>
       </c>
       <c r="G64" t="s">
         <v>48</v>
       </c>
       <c r="H64" t="s">
         <v>49</v>
       </c>
       <c r="I64" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J64" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K64" t="s" s="5">
         <v>50</v>
@@ -10129,54 +10112,54 @@
       </c>
       <c r="AP64" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ64" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR64" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS64" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT64" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU64" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="65">
       <c r="A65">
         <v>64</v>
       </c>
       <c r="B65" t="s">
-        <v>157</v>
+        <v>155</v>
       </c>
       <c r="C65" t="s" s="4">
-        <v>158</v>
+        <v>156</v>
       </c>
       <c r="D65" t="s">
         <v>61</v>
       </c>
       <c r="E65" t="s">
         <v>46</v>
       </c>
       <c r="F65" t="s">
         <v>47</v>
       </c>
       <c r="G65" t="s">
         <v>48</v>
       </c>
       <c r="H65" t="s">
         <v>49</v>
       </c>
       <c r="I65" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J65" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K65" t="s" s="5">
         <v>50</v>
       </c>
@@ -10272,55 +10255,55 @@
       </c>
       <c r="AP65" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ65" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR65" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS65" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT65" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU65" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="66">
       <c r="A66">
         <v>65</v>
       </c>
       <c r="B66" t="s">
-        <v>159</v>
+        <v>157</v>
       </c>
       <c r="C66" t="inlineStr" s="4">
         <is>
-          <t>5384Про включення до переліку земельних ділянок, право оренди на які виставляється на земельні торги окремими лотами, та продаж права оренди земельної ділянки на конкурентних засадах (на земельних торгах у формі електронного аукціону) в селі Волсвин, Червоноградського району, Львівської області, кадастровий номер земельної ділянки 4624881300:02:000:0019</t>
+          <t>ID - 5384,  Про включення до переліку земельних ділянок, право оренди на які виставляється на земельні торги окремими лотами, та продаж права оренди земельної ділянки на конкурентних засадах (на земельних торгах у формі електронного аукціону) в селі Волсвин, Червоноградського району, Львівської області, кадастровий номер земельної ділянки 4624881300:02:000:0019</t>
         </is>
       </c>
       <c r="D66" t="s">
         <v>61</v>
       </c>
       <c r="E66" t="s">
         <v>46</v>
       </c>
       <c r="F66" t="s">
         <v>47</v>
       </c>
       <c r="G66" t="s">
         <v>48</v>
       </c>
       <c r="H66" t="s">
         <v>49</v>
       </c>
       <c r="I66" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J66" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K66" t="s" s="5">
         <v>50</v>
@@ -10417,65 +10400,65 @@
       </c>
       <c r="AP66" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ66" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR66" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS66" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT66" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU66" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="67">
       <c r="A67">
         <v>66</v>
       </c>
       <c r="B67" t="s">
-        <v>160</v>
+        <v>158</v>
       </c>
       <c r="C67" t="inlineStr" s="4">
         <is>
-          <t>5385Про включення до переліку земельних ділянок, право оренди на які виставляється на земельні торги окремими лотами, та продаж права оренди земельної ділянки на конкурентних засадах (на земельних торгах у формі електронного аукціону) в селі Волсвин, Червоноградського району, Львівської області, кадастровий номер земельної ділянки 4624881300:02:000:0023</t>
+          <t>ID - 5385,  Про включення до переліку земельних ділянок, право оренди на які виставляється на земельні торги окремими лотами, та продаж права оренди земельної ділянки на конкурентних засадах (на земельних торгах у формі електронного аукціону) в селі Волсвин, Червоноградського району, Львівської області, кадастровий номер земельної ділянки 4624881300:02:000:0023</t>
         </is>
       </c>
       <c r="D67" t="s">
         <v>61</v>
       </c>
       <c r="E67" t="s">
         <v>46</v>
       </c>
       <c r="F67" t="s">
-        <v>89</v>
+        <v>88</v>
       </c>
       <c r="G67" t="s">
         <v>48</v>
       </c>
       <c r="H67" t="s">
         <v>49</v>
       </c>
       <c r="I67" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J67" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K67" t="s" s="5">
         <v>50</v>
       </c>
       <c r="L67" t="s" s="5">
         <v>50</v>
       </c>
       <c r="M67" t="s" s="5">
         <v>50</v>
       </c>
       <c r="N67" t="s" s="5">
         <v>50</v>
       </c>
@@ -10562,65 +10545,65 @@
       </c>
       <c r="AP67" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ67" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR67" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS67" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT67" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU67" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="68">
       <c r="A68">
         <v>67</v>
       </c>
       <c r="B68" t="s">
-        <v>161</v>
+        <v>159</v>
       </c>
       <c r="C68" t="inlineStr" s="4">
         <is>
-          <t>5386Про включення до переліку земельних ділянок, право оренди на які виставляється на земельні торги окремими лотами, та продаж права оренди земельної ділянки на конкурентних засадах (на земельних торгах у формі електронного аукціону) в селі Волсвин, Червоноградського району, Львівської області, кадастровий номер земельної ділянки 4624881300:02:000:0022</t>
+          <t>ID - 5386,  Про включення до переліку земельних ділянок, право оренди на які виставляється на земельні торги окремими лотами, та продаж права оренди земельної ділянки на конкурентних засадах (на земельних торгах у формі електронного аукціону) в селі Волсвин, Червоноградського району, Львівської області, кадастровий номер земельної ділянки 4624881300:02:000:0022</t>
         </is>
       </c>
       <c r="D68" t="s">
         <v>61</v>
       </c>
       <c r="E68" t="s">
         <v>46</v>
       </c>
       <c r="F68" t="s">
-        <v>89</v>
+        <v>88</v>
       </c>
       <c r="G68" t="s">
         <v>48</v>
       </c>
       <c r="H68" t="s">
         <v>49</v>
       </c>
       <c r="I68" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J68" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K68" t="s" s="5">
         <v>50</v>
       </c>
       <c r="L68" t="s" s="5">
         <v>52</v>
       </c>
       <c r="M68" t="s" s="5">
         <v>50</v>
       </c>
       <c r="N68" t="s" s="5">
         <v>50</v>
       </c>
@@ -10707,55 +10690,55 @@
       </c>
       <c r="AP68" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ68" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR68" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS68" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT68" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU68" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="69">
       <c r="A69">
         <v>68</v>
       </c>
       <c r="B69" t="s">
-        <v>162</v>
+        <v>160</v>
       </c>
       <c r="C69" t="inlineStr" s="4">
         <is>
-          <t>5387Про включення до переліку земельних ділянок, право оренди на які виставляється на земельні торги окремими лотами, та продаж права оренди земельної ділянки на конкурентних засадах (на земельних торгах у формі електронного аукціону) в селі Волсвин, Червоноградського району, Львівської області, кадастровий номер земельної ділянки 4624881300:07:000:0043</t>
+          <t>ID - 5387,  Про включення до переліку земельних ділянок, право оренди на які виставляється на земельні торги окремими лотами, та продаж права оренди земельної ділянки на конкурентних засадах (на земельних торгах у формі електронного аукціону) в селі Волсвин, Червоноградського району, Львівської області, кадастровий номер земельної ділянки 4624881300:07:000:0043</t>
         </is>
       </c>
       <c r="D69" t="s">
         <v>61</v>
       </c>
       <c r="E69" t="s">
         <v>46</v>
       </c>
       <c r="F69" t="s">
         <v>56</v>
       </c>
       <c r="G69" t="s">
         <v>48</v>
       </c>
       <c r="H69" t="s">
         <v>49</v>
       </c>
       <c r="I69" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J69" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K69" t="s" s="5">
         <v>50</v>
@@ -10852,65 +10835,65 @@
       </c>
       <c r="AP69" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ69" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR69" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS69" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT69" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU69" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="70">
       <c r="A70">
         <v>69</v>
       </c>
       <c r="B70" t="s">
-        <v>163</v>
+        <v>161</v>
       </c>
       <c r="C70" t="inlineStr" s="4">
         <is>
-          <t>5388Про включення до переліку земельних ділянок, право оренди на які виставляється на земельні торги окремими лотами, та продаж права оренди земельної ділянки на конкурентних засадах (на земельних торгах у формі електронного аукціону) в селі Волсвин, Червоноградського району, Львівської області, кадастровий номер земельної ділянки 4624881300:07:000:0042</t>
+          <t>ID - 5388,  Про включення до переліку земельних ділянок, право оренди на які виставляється на земельні торги окремими лотами, та продаж права оренди земельної ділянки на конкурентних засадах (на земельних торгах у формі електронного аукціону) в селі Волсвин, Червоноградського району, Львівської області, кадастровий номер земельної ділянки 4624881300:07:000:0042</t>
         </is>
       </c>
       <c r="D70" t="s">
         <v>61</v>
       </c>
       <c r="E70" t="s">
         <v>46</v>
       </c>
       <c r="F70" t="s">
-        <v>89</v>
+        <v>88</v>
       </c>
       <c r="G70" t="s">
         <v>48</v>
       </c>
       <c r="H70" t="s">
         <v>49</v>
       </c>
       <c r="I70" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J70" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K70" t="s" s="5">
         <v>50</v>
       </c>
       <c r="L70" t="s" s="5">
         <v>52</v>
       </c>
       <c r="M70" t="s" s="5">
         <v>50</v>
       </c>
       <c r="N70" t="s" s="5">
         <v>50</v>
       </c>
@@ -10997,55 +10980,55 @@
       </c>
       <c r="AP70" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ70" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR70" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS70" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT70" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU70" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="71">
       <c r="A71">
         <v>70</v>
       </c>
       <c r="B71" t="s">
-        <v>164</v>
+        <v>162</v>
       </c>
       <c r="C71" t="inlineStr" s="4">
         <is>
-          <t>5389Про включення до переліку земельних ділянок, право оренди на які виставляється на земельні торги окремими лотами, та продаж права оренди земельної ділянки на конкурентних засадах (на земельних торгах у формі електронного аукціону) в селі Волсвин, Червоноградського району, Львівської області, кадастровий номер земельної ділянки 4624881300:07:000:0044</t>
+          <t>ID - 5389,  Про включення до переліку земельних ділянок, право оренди на які виставляється на земельні торги окремими лотами, та продаж права оренди земельної ділянки на конкурентних засадах (на земельних торгах у формі електронного аукціону) в селі Волсвин, Червоноградського району, Львівської області, кадастровий номер земельної ділянки 4624881300:07:000:0044</t>
         </is>
       </c>
       <c r="D71" t="s">
         <v>61</v>
       </c>
       <c r="E71" t="s">
         <v>46</v>
       </c>
       <c r="F71" t="s">
         <v>56</v>
       </c>
       <c r="G71" t="s">
         <v>48</v>
       </c>
       <c r="H71" t="s">
         <v>49</v>
       </c>
       <c r="I71" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J71" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K71" t="s" s="5">
         <v>50</v>
@@ -11142,55 +11125,55 @@
       </c>
       <c r="AP71" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ71" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR71" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS71" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT71" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU71" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="72">
       <c r="A72">
         <v>71</v>
       </c>
       <c r="B72" t="s">
-        <v>165</v>
+        <v>163</v>
       </c>
       <c r="C72" t="inlineStr" s="4">
         <is>
-          <t>5390Про включення до переліку земельних ділянок, право оренди на які виставляється на земельні торги окремими лотами, та продаж права оренди земельної ділянки на конкурентних засадах (на земельних торгах у формі електронного аукціону) в селі Волсвин, Червоноградського району, Львівської області, кадастровий номер земельної ділянки 4624881300:02:000:0018</t>
+          <t>ID - 5390,  Про включення до переліку земельних ділянок, право оренди на які виставляється на земельні торги окремими лотами, та продаж права оренди земельної ділянки на конкурентних засадах (на земельних торгах у формі електронного аукціону) в селі Волсвин, Червоноградського району, Львівської області, кадастровий номер земельної ділянки 4624881300:02:000:0018</t>
         </is>
       </c>
       <c r="D72" t="s">
         <v>61</v>
       </c>
       <c r="E72" t="s">
         <v>46</v>
       </c>
       <c r="F72" t="s">
         <v>56</v>
       </c>
       <c r="G72" t="s">
         <v>48</v>
       </c>
       <c r="H72" t="s">
         <v>49</v>
       </c>
       <c r="I72" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J72" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K72" t="s" s="5">
         <v>50</v>
@@ -11287,65 +11270,65 @@
       </c>
       <c r="AP72" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ72" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR72" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS72" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT72" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU72" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="73">
       <c r="A73">
         <v>72</v>
       </c>
       <c r="B73" t="s">
-        <v>166</v>
+        <v>164</v>
       </c>
       <c r="C73" t="inlineStr" s="4">
         <is>
-          <t>5391Про включення до переліку земельних ділянок, право оренди на які виставляється на земельні торги окремими лотами, та продаж права оренди земельної ділянки на конкурентних засадах (на земельних торгах у формі електронного аукціону) в селі Сілець, присілок Підберезина, кадастровий номер земельної ділянки 4624886600:19:006:0109</t>
+          <t>ID - 5391,  Про включення до переліку земельних ділянок, право оренди на які виставляється на земельні торги окремими лотами, та продаж права оренди земельної ділянки на конкурентних засадах (на земельних торгах у формі електронного аукціону) в селі Сілець, присілок Підберезина, кадастровий номер земельної ділянки 4624886600:19:006:0109</t>
         </is>
       </c>
       <c r="D73" t="s">
         <v>61</v>
       </c>
       <c r="E73" t="s">
         <v>46</v>
       </c>
       <c r="F73" t="s">
-        <v>92</v>
+        <v>91</v>
       </c>
       <c r="G73" t="s">
         <v>48</v>
       </c>
       <c r="H73" t="s">
         <v>49</v>
       </c>
       <c r="I73" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J73" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K73" t="s" s="5">
         <v>50</v>
       </c>
       <c r="L73" t="s" s="5">
         <v>50</v>
       </c>
       <c r="M73" t="s" s="5">
         <v>50</v>
       </c>
       <c r="N73" t="s" s="5">
         <v>52</v>
       </c>
@@ -11432,65 +11415,65 @@
       </c>
       <c r="AP73" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ73" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR73" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS73" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT73" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU73" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="74">
       <c r="A74">
         <v>73</v>
       </c>
       <c r="B74" t="s">
-        <v>167</v>
+        <v>165</v>
       </c>
       <c r="C74" t="inlineStr" s="4">
         <is>
-          <t>5392Про затвердження положення про відрядження депутатів Червоноградської міської ради Львівської області за кордон</t>
+          <t>ID - 5392,  Про затвердження положення про відрядження депутатів Червоноградської міської ради Львівської області за кордон</t>
         </is>
       </c>
       <c r="D74" t="s">
         <v>45</v>
       </c>
       <c r="E74" t="s">
         <v>46</v>
       </c>
       <c r="F74" t="s">
-        <v>89</v>
+        <v>88</v>
       </c>
       <c r="G74" t="s">
         <v>48</v>
       </c>
       <c r="H74" t="s">
         <v>49</v>
       </c>
       <c r="I74" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J74" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K74" t="s" s="5">
         <v>50</v>
       </c>
       <c r="L74" t="s" s="5">
         <v>52</v>
       </c>
       <c r="M74" t="s" s="5">
         <v>50</v>
       </c>
       <c r="N74" t="s" s="5">
         <v>50</v>
       </c>
@@ -11577,54 +11560,54 @@
       </c>
       <c r="AP74" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ74" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR74" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS74" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT74" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU74" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="75">
       <c r="A75">
         <v>74</v>
       </c>
       <c r="B75" t="s">
-        <v>168</v>
+        <v>166</v>
       </c>
       <c r="C75" t="s" s="4">
-        <v>169</v>
+        <v>167</v>
       </c>
       <c r="D75" t="s">
         <v>55</v>
       </c>
       <c r="E75" t="s">
         <v>46</v>
       </c>
       <c r="F75" t="s">
         <v>47</v>
       </c>
       <c r="G75" t="s">
         <v>48</v>
       </c>
       <c r="H75" t="s">
         <v>49</v>
       </c>
       <c r="I75" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J75" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K75" t="s" s="5">
         <v>50</v>
       </c>
@@ -11720,54 +11703,54 @@
       </c>
       <c r="AP75" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ75" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR75" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS75" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT75" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU75" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="76">
       <c r="A76">
         <v>75</v>
       </c>
       <c r="B76" t="s">
-        <v>170</v>
+        <v>168</v>
       </c>
       <c r="C76" t="s" s="4">
-        <v>171</v>
+        <v>169</v>
       </c>
       <c r="D76" t="s">
         <v>55</v>
       </c>
       <c r="E76" t="s">
         <v>46</v>
       </c>
       <c r="F76" t="s">
         <v>47</v>
       </c>
       <c r="G76" t="s">
         <v>48</v>
       </c>
       <c r="H76" t="s">
         <v>49</v>
       </c>
       <c r="I76" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J76" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K76" t="s" s="5">
         <v>50</v>
       </c>
@@ -11863,55 +11846,55 @@
       </c>
       <c r="AP76" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ76" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR76" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS76" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT76" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU76" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="77">
       <c r="A77">
         <v>76</v>
       </c>
       <c r="B77" t="s">
-        <v>172</v>
+        <v>170</v>
       </c>
       <c r="C77" t="inlineStr" s="4">
         <is>
-          <t>5395Про затвердження положення про відрядження депутатів Червоноградської міської ради Львівської області за кордон</t>
+          <t>ID - 5395,  Про затвердження положення про відрядження депутатів Червоноградської міської ради Львівської області за кордон</t>
         </is>
       </c>
       <c r="D77" t="s">
         <v>58</v>
       </c>
       <c r="E77" t="s">
         <v>46</v>
       </c>
       <c r="F77" t="s">
         <v>47</v>
       </c>
       <c r="G77" t="s">
         <v>48</v>
       </c>
       <c r="H77" t="s">
         <v>49</v>
       </c>
       <c r="I77" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J77" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K77" t="s" s="5">
         <v>50</v>
@@ -12008,54 +11991,54 @@
       </c>
       <c r="AP77" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ77" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR77" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS77" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT77" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU77" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="78">
       <c r="A78">
         <v>77</v>
       </c>
       <c r="B78" t="s">
-        <v>173</v>
+        <v>171</v>
       </c>
       <c r="C78" t="s" s="4">
-        <v>174</v>
+        <v>172</v>
       </c>
       <c r="D78" t="s">
         <v>61</v>
       </c>
       <c r="E78" t="s">
         <v>46</v>
       </c>
       <c r="F78" t="s">
         <v>47</v>
       </c>
       <c r="G78" t="s">
         <v>48</v>
       </c>
       <c r="H78" t="s">
         <v>49</v>
       </c>
       <c r="I78" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J78" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K78" t="s" s="5">
         <v>50</v>
       </c>
@@ -12151,55 +12134,55 @@
       </c>
       <c r="AP78" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ78" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR78" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS78" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT78" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU78" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="79">
       <c r="A79">
         <v>78</v>
       </c>
       <c r="B79" t="s">
-        <v>175</v>
+        <v>173</v>
       </c>
       <c r="C79" t="inlineStr" s="4">
         <is>
-          <t>5397Про затвердження Міської програми соціальної підтримки учасників АТО/ООС, бійців-добровольців АТО, Захисників та Захисниць України та членів їх сімей на 2024 рік</t>
+          <t>ID - 5397,  Про затвердження Міської програми соціальної підтримки учасників АТО/ООС, бійців-добровольців АТО, Захисників та Захисниць України та членів їх сімей на 2024 рік</t>
         </is>
       </c>
       <c r="D79" t="s">
         <v>61</v>
       </c>
       <c r="E79" t="s">
         <v>46</v>
       </c>
       <c r="F79" t="s">
         <v>72</v>
       </c>
       <c r="G79" t="s">
         <v>48</v>
       </c>
       <c r="H79" t="s">
         <v>49</v>
       </c>
       <c r="I79" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J79" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K79" t="s" s="5">
         <v>50</v>
@@ -12296,55 +12279,55 @@
       </c>
       <c r="AP79" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ79" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR79" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS79" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT79" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU79" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="80">
       <c r="A80">
         <v>79</v>
       </c>
       <c r="B80" t="s">
-        <v>176</v>
+        <v>174</v>
       </c>
       <c r="C80" t="inlineStr" s="4">
         <is>
-          <t>5398Про затвердження Міської програми соціальної підтримки учасників АТО/ООС, бійців-добровольців АТО, Захисників та Захисниць України та членів їх сімей на 2024 рік</t>
+          <t>ID - 5398,  Про затвердження Міської програми соціальної підтримки учасників АТО/ООС, бійців-добровольців АТО, Захисників та Захисниць України та членів їх сімей на 2024 рік</t>
         </is>
       </c>
       <c r="D80" t="s">
         <v>61</v>
       </c>
       <c r="E80" t="s">
         <v>46</v>
       </c>
       <c r="F80" t="s">
         <v>56</v>
       </c>
       <c r="G80" t="s">
         <v>48</v>
       </c>
       <c r="H80" t="s">
         <v>49</v>
       </c>
       <c r="I80" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J80" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K80" t="s" s="5">
         <v>50</v>
@@ -12441,55 +12424,55 @@
       </c>
       <c r="AP80" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ80" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR80" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS80" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT80" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU80" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="81">
       <c r="A81">
         <v>80</v>
       </c>
       <c r="B81" t="s">
-        <v>177</v>
+        <v>175</v>
       </c>
       <c r="C81" t="inlineStr" s="4">
         <is>
-          <t>5399Про присвоєння звання «Почесний громадянин Червоноградської міської територіальної громади»</t>
+          <t>ID - 5399,  Про присвоєння звання «Почесний громадянин Червоноградської міської територіальної громади»</t>
         </is>
       </c>
       <c r="D81" t="s">
         <v>45</v>
       </c>
       <c r="E81" t="s">
         <v>46</v>
       </c>
       <c r="F81" t="s">
         <v>56</v>
       </c>
       <c r="G81" t="s">
         <v>48</v>
       </c>
       <c r="H81" t="s">
         <v>49</v>
       </c>
       <c r="I81" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J81" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K81" t="s" s="5">
         <v>50</v>
@@ -12586,54 +12569,54 @@
       </c>
       <c r="AP81" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ81" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR81" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS81" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT81" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU81" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="82">
       <c r="A82">
         <v>81</v>
       </c>
       <c r="B82" t="s">
-        <v>178</v>
+        <v>176</v>
       </c>
       <c r="C82" t="s" s="4">
-        <v>179</v>
+        <v>177</v>
       </c>
       <c r="D82" t="s">
         <v>55</v>
       </c>
       <c r="E82" t="s">
         <v>46</v>
       </c>
       <c r="F82" t="s">
         <v>56</v>
       </c>
       <c r="G82" t="s">
         <v>48</v>
       </c>
       <c r="H82" t="s">
         <v>49</v>
       </c>
       <c r="I82" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J82" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K82" t="s" s="5">
         <v>50</v>
       </c>
@@ -12729,55 +12712,55 @@
       </c>
       <c r="AP82" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ82" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR82" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS82" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT82" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU82" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="83">
       <c r="A83">
         <v>82</v>
       </c>
       <c r="B83" t="s">
-        <v>180</v>
+        <v>178</v>
       </c>
       <c r="C83" t="inlineStr" s="4">
         <is>
-          <t>5401Про присвоєння звання «Почесний громадянин Червоноградської міської територіальної громади»</t>
+          <t>ID - 5401,  Про присвоєння звання «Почесний громадянин Червоноградської міської територіальної громади»</t>
         </is>
       </c>
       <c r="D83" t="s">
         <v>58</v>
       </c>
       <c r="E83" t="s">
         <v>46</v>
       </c>
       <c r="F83" t="s">
         <v>72</v>
       </c>
       <c r="G83" t="s">
         <v>48</v>
       </c>
       <c r="H83" t="s">
         <v>49</v>
       </c>
       <c r="I83" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J83" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K83" t="s" s="5">
         <v>50</v>
@@ -12874,63 +12857,63 @@
       </c>
       <c r="AP83" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ83" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR83" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS83" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT83" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU83" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="84">
       <c r="A84">
         <v>83</v>
       </c>
       <c r="B84" t="s">
-        <v>181</v>
+        <v>179</v>
       </c>
       <c r="C84" t="s" s="4">
-        <v>182</v>
+        <v>180</v>
       </c>
       <c r="D84" t="s">
         <v>45</v>
       </c>
       <c r="E84" t="s">
         <v>46</v>
       </c>
       <c r="F84" t="s">
-        <v>89</v>
+        <v>88</v>
       </c>
       <c r="G84" t="s">
         <v>48</v>
       </c>
       <c r="H84" t="s">
         <v>49</v>
       </c>
       <c r="I84" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J84" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K84" t="s" s="5">
         <v>50</v>
       </c>
       <c r="L84" t="s" s="5">
         <v>50</v>
       </c>
       <c r="M84" t="s" s="5">
         <v>50</v>
       </c>
       <c r="N84" t="s" s="5">
         <v>50</v>
       </c>
@@ -13017,55 +13000,55 @@
       </c>
       <c r="AP84" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ84" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR84" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS84" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT84" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU84" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="85">
       <c r="A85">
         <v>84</v>
       </c>
       <c r="B85" t="s">
-        <v>183</v>
+        <v>181</v>
       </c>
       <c r="C85" t="inlineStr" s="4">
         <is>
-          <t>5403В п.2 долучити список осіб, п.7 змінено граничний розмір суми грошової допомоги, п9 додати категорію осіб, п4, п9 доповнити індивідуальний розгляд</t>
+          <t>ID - 5403,  В п.2 долучити список осіб, п.7 змінено граничний розмір суми грошової допомоги, п9 додати категорію осіб, п4, п9 доповнити індивідуальний розгляд</t>
         </is>
       </c>
       <c r="D85" t="s">
         <v>55</v>
       </c>
       <c r="E85" t="s">
         <v>46</v>
       </c>
       <c r="F85" t="s">
         <v>47</v>
       </c>
       <c r="G85" t="s">
         <v>48</v>
       </c>
       <c r="H85" t="s">
         <v>49</v>
       </c>
       <c r="I85" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J85" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K85" t="s" s="5">
         <v>50</v>
@@ -13162,54 +13145,54 @@
       </c>
       <c r="AP85" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ85" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR85" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS85" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT85" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU85" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="86">
       <c r="A86">
         <v>85</v>
       </c>
       <c r="B86" t="s">
-        <v>184</v>
+        <v>182</v>
       </c>
       <c r="C86" t="s" s="4">
-        <v>185</v>
+        <v>183</v>
       </c>
       <c r="D86" t="s">
         <v>58</v>
       </c>
       <c r="E86" t="s">
         <v>46</v>
       </c>
       <c r="F86" t="s">
         <v>47</v>
       </c>
       <c r="G86" t="s">
         <v>48</v>
       </c>
       <c r="H86" t="s">
         <v>49</v>
       </c>
       <c r="I86" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J86" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K86" t="s" s="5">
         <v>50</v>
       </c>
@@ -13305,63 +13288,63 @@
       </c>
       <c r="AP86" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ86" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR86" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS86" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT86" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU86" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="87">
       <c r="A87">
         <v>86</v>
       </c>
       <c r="B87" t="s">
-        <v>186</v>
+        <v>184</v>
       </c>
       <c r="C87" t="s" s="4">
-        <v>187</v>
+        <v>185</v>
       </c>
       <c r="D87" t="s">
         <v>61</v>
       </c>
       <c r="E87" t="s">
         <v>46</v>
       </c>
       <c r="F87" t="s">
-        <v>92</v>
+        <v>91</v>
       </c>
       <c r="G87" t="s">
         <v>48</v>
       </c>
       <c r="H87" t="s">
         <v>49</v>
       </c>
       <c r="I87" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J87" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K87" t="s" s="5">
         <v>50</v>
       </c>
       <c r="L87" t="s" s="5">
         <v>50</v>
       </c>
       <c r="M87" t="s" s="5">
         <v>50</v>
       </c>
       <c r="N87" t="s" s="5">
         <v>50</v>
       </c>
@@ -13448,54 +13431,54 @@
       </c>
       <c r="AP87" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ87" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR87" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS87" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT87" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU87" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="88">
       <c r="A88">
         <v>87</v>
       </c>
       <c r="B88" t="s">
-        <v>188</v>
+        <v>186</v>
       </c>
       <c r="C88" t="s" s="4">
-        <v>189</v>
+        <v>187</v>
       </c>
       <c r="D88" t="s">
         <v>61</v>
       </c>
       <c r="E88" t="s">
         <v>46</v>
       </c>
       <c r="F88" t="s">
         <v>47</v>
       </c>
       <c r="G88" t="s">
         <v>48</v>
       </c>
       <c r="H88" t="s">
         <v>49</v>
       </c>
       <c r="I88" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J88" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K88" t="s" s="5">
         <v>50</v>
       </c>
@@ -13591,54 +13574,56 @@
       </c>
       <c r="AP88" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ88" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR88" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS88" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT88" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU88" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="89">
       <c r="A89">
         <v>88</v>
       </c>
       <c r="B89" t="s">
-        <v>190</v>
-[...2 lines deleted...]
-        <v>191</v>
+        <v>188</v>
+      </c>
+      <c r="C89" t="inlineStr" s="4">
+        <is>
+          <t>ID - 5407,  Про затвердження місцевих програм в галузі соціального захисту населення на 2024 рік</t>
+        </is>
       </c>
       <c r="D89" t="s">
         <v>61</v>
       </c>
       <c r="E89" t="s">
         <v>46</v>
       </c>
       <c r="F89" t="s">
         <v>47</v>
       </c>
       <c r="G89" t="s">
         <v>48</v>
       </c>
       <c r="H89" t="s">
         <v>49</v>
       </c>
       <c r="I89" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J89" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K89" t="s" s="5">
         <v>50</v>
       </c>
@@ -13734,55 +13719,55 @@
       </c>
       <c r="AP89" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ89" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR89" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS89" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT89" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU89" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="90">
       <c r="A90">
         <v>89</v>
       </c>
       <c r="B90" t="s">
-        <v>192</v>
+        <v>189</v>
       </c>
       <c r="C90" t="inlineStr" s="4">
         <is>
-          <t>5408Про порядок надання послуг з безкоштовного стоматологічного обслуговування та зубопротезування населення на території Червоноградської територіальної громади</t>
+          <t>ID - 5408,  Про порядок надання послуг з безкоштовного стоматологічного обслуговування та зубопротезування населення на території Червоноградської територіальної громади</t>
         </is>
       </c>
       <c r="D90" t="s">
         <v>61</v>
       </c>
       <c r="E90" t="s">
         <v>46</v>
       </c>
       <c r="F90" t="s">
         <v>72</v>
       </c>
       <c r="G90" t="s">
         <v>48</v>
       </c>
       <c r="H90" t="s">
         <v>49</v>
       </c>
       <c r="I90" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J90" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K90" t="s" s="5">
         <v>50</v>
@@ -13879,54 +13864,54 @@
       </c>
       <c r="AP90" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ90" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR90" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS90" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT90" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU90" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="91">
       <c r="A91">
         <v>90</v>
       </c>
       <c r="B91" t="s">
-        <v>193</v>
+        <v>190</v>
       </c>
       <c r="C91" t="s" s="4">
-        <v>194</v>
+        <v>191</v>
       </c>
       <c r="D91" t="s">
         <v>61</v>
       </c>
       <c r="E91" t="s">
         <v>46</v>
       </c>
       <c r="F91" t="s">
         <v>56</v>
       </c>
       <c r="G91" t="s">
         <v>48</v>
       </c>
       <c r="H91" t="s">
         <v>49</v>
       </c>
       <c r="I91" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J91" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K91" t="s" s="5">
         <v>50</v>
       </c>
@@ -14022,54 +14007,56 @@
       </c>
       <c r="AP91" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ91" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR91" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS91" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT91" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU91" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="92">
       <c r="A92">
         <v>91</v>
       </c>
       <c r="B92" t="s">
-        <v>195</v>
-[...2 lines deleted...]
-        <v>196</v>
+        <v>192</v>
+      </c>
+      <c r="C92" t="inlineStr" s="4">
+        <is>
+          <t>ID - 5410,  Про надання пiльг з безкоштовного відвідування плавального басейну КП СК «Шахтар»</t>
+        </is>
       </c>
       <c r="D92" t="s">
         <v>45</v>
       </c>
       <c r="E92" t="s">
         <v>46</v>
       </c>
       <c r="F92" t="s">
         <v>56</v>
       </c>
       <c r="G92" t="s">
         <v>48</v>
       </c>
       <c r="H92" t="s">
         <v>49</v>
       </c>
       <c r="I92" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J92" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K92" t="s" s="5">
         <v>50</v>
       </c>
@@ -14165,54 +14152,54 @@
       </c>
       <c r="AP92" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ92" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR92" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS92" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT92" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU92" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="93">
       <c r="A93">
         <v>92</v>
       </c>
       <c r="B93" t="s">
-        <v>197</v>
+        <v>193</v>
       </c>
       <c r="C93" t="s" s="4">
-        <v>198</v>
+        <v>194</v>
       </c>
       <c r="D93" t="s">
         <v>55</v>
       </c>
       <c r="E93" t="s">
         <v>46</v>
       </c>
       <c r="F93" t="s">
         <v>56</v>
       </c>
       <c r="G93" t="s">
         <v>48</v>
       </c>
       <c r="H93" t="s">
         <v>49</v>
       </c>
       <c r="I93" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J93" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K93" t="s" s="5">
         <v>50</v>
       </c>
@@ -14308,54 +14295,56 @@
       </c>
       <c r="AP93" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ93" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR93" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS93" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT93" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU93" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="94">
       <c r="A94">
         <v>93</v>
       </c>
       <c r="B94" t="s">
-        <v>199</v>
-[...2 lines deleted...]
-        <v>200</v>
+        <v>195</v>
+      </c>
+      <c r="C94" t="inlineStr" s="4">
+        <is>
+          <t>ID - 5412,  Про надання пiльг з безкоштовного відвідування плавального басейну КП СК «Шахтар»</t>
+        </is>
       </c>
       <c r="D94" t="s">
         <v>58</v>
       </c>
       <c r="E94" t="s">
         <v>46</v>
       </c>
       <c r="F94" t="s">
         <v>47</v>
       </c>
       <c r="G94" t="s">
         <v>48</v>
       </c>
       <c r="H94" t="s">
         <v>49</v>
       </c>
       <c r="I94" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J94" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K94" t="s" s="5">
         <v>52</v>
       </c>
@@ -14451,54 +14440,56 @@
       </c>
       <c r="AP94" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ94" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR94" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS94" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT94" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU94" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="95">
       <c r="A95">
         <v>94</v>
       </c>
       <c r="B95" t="s">
-        <v>201</v>
-[...2 lines deleted...]
-        <v>202</v>
+        <v>196</v>
+      </c>
+      <c r="C95" t="inlineStr" s="4">
+        <is>
+          <t>ID - 5413,  Про затвердження місцевих програм в галузі молодіжної політики та промоцій на 2024 рік</t>
+        </is>
       </c>
       <c r="D95" t="s">
         <v>61</v>
       </c>
       <c r="E95" t="s">
         <v>46</v>
       </c>
       <c r="F95" t="s">
         <v>56</v>
       </c>
       <c r="G95" t="s">
         <v>48</v>
       </c>
       <c r="H95" t="s">
         <v>49</v>
       </c>
       <c r="I95" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J95" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K95" t="s" s="5">
         <v>50</v>
       </c>
@@ -14594,54 +14585,54 @@
       </c>
       <c r="AP95" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ95" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR95" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS95" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT95" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU95" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="96">
       <c r="A96">
         <v>95</v>
       </c>
       <c r="B96" t="s">
-        <v>203</v>
+        <v>197</v>
       </c>
       <c r="C96" t="s" s="4">
-        <v>204</v>
+        <v>198</v>
       </c>
       <c r="D96" t="s">
         <v>61</v>
       </c>
       <c r="E96" t="s">
         <v>46</v>
       </c>
       <c r="F96" t="s">
         <v>72</v>
       </c>
       <c r="G96" t="s">
         <v>48</v>
       </c>
       <c r="H96" t="s">
         <v>49</v>
       </c>
       <c r="I96" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J96" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K96" t="s" s="5">
         <v>50</v>
       </c>
@@ -14737,55 +14728,55 @@
       </c>
       <c r="AP96" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ96" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR96" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS96" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT96" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU96" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="97">
       <c r="A97">
         <v>96</v>
       </c>
       <c r="B97" t="s">
-        <v>205</v>
+        <v>199</v>
       </c>
       <c r="C97" t="inlineStr" s="4">
         <is>
-          <t>5415Про затвердження місцевої програми з висвітлення діяльності Червоноградської міської ради на 2024 рік</t>
+          <t>ID - 5415,  Про затвердження місцевої програми з висвітлення діяльності Червоноградської міської ради на 2024 рік</t>
         </is>
       </c>
       <c r="D97" t="s">
         <v>61</v>
       </c>
       <c r="E97" t="s">
         <v>46</v>
       </c>
       <c r="F97" t="s">
         <v>56</v>
       </c>
       <c r="G97" t="s">
         <v>48</v>
       </c>
       <c r="H97" t="s">
         <v>49</v>
       </c>
       <c r="I97" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J97" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K97" t="s" s="5">
         <v>50</v>
@@ -14882,55 +14873,55 @@
       </c>
       <c r="AP97" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ97" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR97" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS97" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT97" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU97" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="98">
       <c r="A98">
         <v>97</v>
       </c>
       <c r="B98" t="s">
-        <v>206</v>
+        <v>200</v>
       </c>
       <c r="C98" t="inlineStr" s="4">
         <is>
-          <t>5416Про затвердження Програми підтримки внутрішньо переміщеним та/або евакуйованим особам у зв’язку із введенням воєнного стану на 2024 рiк</t>
+          <t>ID - 5416,  Про затвердження Програми підтримки внутрішньо переміщеним та/або евакуйованим особам у зв’язку із введенням воєнного стану на 2024 рiк</t>
         </is>
       </c>
       <c r="D98" t="s">
         <v>61</v>
       </c>
       <c r="E98" t="s">
         <v>46</v>
       </c>
       <c r="F98" t="s">
         <v>56</v>
       </c>
       <c r="G98" t="s">
         <v>48</v>
       </c>
       <c r="H98" t="s">
         <v>49</v>
       </c>
       <c r="I98" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J98" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K98" t="s" s="5">
         <v>50</v>
@@ -15027,54 +15018,56 @@
       </c>
       <c r="AP98" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ98" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR98" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS98" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT98" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU98" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="99">
       <c r="A99">
         <v>98</v>
       </c>
       <c r="B99" t="s">
-        <v>207</v>
-[...2 lines deleted...]
-        <v>208</v>
+        <v>201</v>
+      </c>
+      <c r="C99" t="inlineStr" s="4">
+        <is>
+          <t>ID - 5417,  Про затвердження місцевих програм пов’язаних з економічною діяльністю на 2024 рік</t>
+        </is>
       </c>
       <c r="D99" t="s">
         <v>61</v>
       </c>
       <c r="E99" t="s">
         <v>46</v>
       </c>
       <c r="F99" t="s">
         <v>56</v>
       </c>
       <c r="G99" t="s">
         <v>48</v>
       </c>
       <c r="H99" t="s">
         <v>49</v>
       </c>
       <c r="I99" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J99" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K99" t="s" s="5">
         <v>50</v>
       </c>
@@ -15170,65 +15163,65 @@
       </c>
       <c r="AP99" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ99" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR99" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS99" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT99" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU99" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="100">
       <c r="A100">
         <v>99</v>
       </c>
       <c r="B100" t="s">
-        <v>209</v>
+        <v>202</v>
       </c>
       <c r="C100" t="inlineStr" s="4">
         <is>
-          <t>5418Про затвердження змін до плану дiяльностi Червоноградської мiської ради з пiдготовки проєктiв регуляторних актiв на 2024 рiк</t>
+          <t>ID - 5418,  Про затвердження змін до плану дiяльностi Червоноградської мiської ради з пiдготовки проєктiв регуляторних актiв на 2024 рiк</t>
         </is>
       </c>
       <c r="D100" t="s">
         <v>61</v>
       </c>
       <c r="E100" t="s">
         <v>46</v>
       </c>
       <c r="F100" t="s">
-        <v>89</v>
+        <v>88</v>
       </c>
       <c r="G100" t="s">
         <v>48</v>
       </c>
       <c r="H100" t="s">
         <v>49</v>
       </c>
       <c r="I100" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J100" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K100" t="s" s="5">
         <v>50</v>
       </c>
       <c r="L100" t="s" s="5">
         <v>50</v>
       </c>
       <c r="M100" t="s" s="5">
         <v>50</v>
       </c>
       <c r="N100" t="s" s="5">
         <v>50</v>
       </c>
@@ -15315,55 +15308,55 @@
       </c>
       <c r="AP100" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ100" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR100" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS100" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT100" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU100" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="101">
       <c r="A101">
         <v>100</v>
       </c>
       <c r="B101" t="s">
-        <v>210</v>
+        <v>203</v>
       </c>
       <c r="C101" t="inlineStr" s="4">
         <is>
-          <t>5419Про внесення змiн до рiшення Червоноградської мiської ради вiд 23.06.2022 №1317 «Про особливості оренди комунального майна у період воєнного стану»</t>
+          <t>ID - 5419,  Про внесення змiн до рiшення Червоноградської мiської ради вiд 23.06.2022 №1317 «Про особливості оренди комунального майна у період воєнного стану»</t>
         </is>
       </c>
       <c r="D101" t="s">
         <v>61</v>
       </c>
       <c r="E101" t="s">
         <v>46</v>
       </c>
       <c r="F101" t="s">
         <v>47</v>
       </c>
       <c r="G101" t="s">
         <v>48</v>
       </c>
       <c r="H101" t="s">
         <v>49</v>
       </c>
       <c r="I101" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J101" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K101" t="s" s="5">
         <v>50</v>
@@ -15460,65 +15453,65 @@
       </c>
       <c r="AP101" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ101" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR101" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS101" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT101" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU101" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="102">
       <c r="A102">
         <v>101</v>
       </c>
       <c r="B102" t="s">
-        <v>211</v>
+        <v>204</v>
       </c>
       <c r="C102" t="inlineStr" s="4">
         <is>
-          <t>5420Про створення тимчасової контрольної комісії з питань раціонального та економного використання бюджетних коштів на період дії воєнного стану Червоноградської міської територіальної громади</t>
+          <t>ID - 5420,  Про створення тимчасової контрольної комісії з питань раціонального та економного використання бюджетних коштів на період дії воєнного стану Червоноградської міської територіальної громади</t>
         </is>
       </c>
       <c r="D102" t="s">
         <v>61</v>
       </c>
       <c r="E102" t="s">
         <v>46</v>
       </c>
       <c r="F102" t="s">
-        <v>95</v>
+        <v>94</v>
       </c>
       <c r="G102" t="s">
         <v>48</v>
       </c>
       <c r="H102" t="s">
         <v>49</v>
       </c>
       <c r="I102" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J102" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K102" t="s" s="5">
         <v>50</v>
       </c>
       <c r="L102" t="s" s="5">
         <v>50</v>
       </c>
       <c r="M102" t="s" s="5">
         <v>50</v>
       </c>
       <c r="N102" t="s" s="5">
         <v>52</v>
       </c>
@@ -15605,65 +15598,65 @@
       </c>
       <c r="AP102" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ102" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR102" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS102" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT102" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU102" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="103">
       <c r="A103">
         <v>102</v>
       </c>
       <c r="B103" t="s">
-        <v>212</v>
+        <v>205</v>
       </c>
       <c r="C103" t="inlineStr" s="4">
         <is>
-          <t>5421Про затвердження загальної чисельності виконавчих органів Червоноградської міської ради в новій редакції</t>
+          <t>ID - 5421,  Про затвердження загальної чисельності виконавчих органів Червоноградської міської ради в новій редакції</t>
         </is>
       </c>
       <c r="D103" t="s">
         <v>61</v>
       </c>
       <c r="E103" t="s">
-        <v>213</v>
+        <v>206</v>
       </c>
       <c r="F103" t="s">
-        <v>214</v>
+        <v>207</v>
       </c>
       <c r="G103" t="s">
         <v>48</v>
       </c>
       <c r="H103" t="s">
         <v>49</v>
       </c>
       <c r="I103" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J103" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K103" t="s" s="5">
         <v>50</v>
       </c>
       <c r="L103" t="s" s="5">
         <v>52</v>
       </c>
       <c r="M103" t="s" s="5">
         <v>50</v>
       </c>
       <c r="N103" t="s" s="5">
         <v>50</v>
       </c>
@@ -15750,63 +15743,63 @@
       </c>
       <c r="AP103" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ103" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR103" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS103" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT103" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU103" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="104">
       <c r="A104">
         <v>103</v>
       </c>
       <c r="B104" t="s">
-        <v>215</v>
+        <v>208</v>
       </c>
       <c r="C104" t="s" s="4">
-        <v>216</v>
+        <v>209</v>
       </c>
       <c r="D104" t="s">
         <v>45</v>
       </c>
       <c r="E104" t="s">
         <v>46</v>
       </c>
       <c r="F104" t="s">
-        <v>95</v>
+        <v>94</v>
       </c>
       <c r="G104" t="s">
         <v>48</v>
       </c>
       <c r="H104" t="s">
         <v>49</v>
       </c>
       <c r="I104" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J104" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K104" t="s" s="5">
         <v>52</v>
       </c>
       <c r="L104" t="s" s="5">
         <v>52</v>
       </c>
       <c r="M104" t="s" s="5">
         <v>50</v>
       </c>
       <c r="N104" t="s" s="5">
         <v>50</v>
       </c>
@@ -15893,54 +15886,54 @@
       </c>
       <c r="AP104" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ104" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR104" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS104" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT104" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU104" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="105">
       <c r="A105">
         <v>104</v>
       </c>
       <c r="B105" t="s">
-        <v>217</v>
+        <v>210</v>
       </c>
       <c r="C105" t="s" s="4">
-        <v>218</v>
+        <v>211</v>
       </c>
       <c r="D105" t="s">
         <v>55</v>
       </c>
       <c r="E105" t="s">
         <v>46</v>
       </c>
       <c r="F105" t="s">
         <v>47</v>
       </c>
       <c r="G105" t="s">
         <v>48</v>
       </c>
       <c r="H105" t="s">
         <v>49</v>
       </c>
       <c r="I105" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J105" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K105" t="s" s="5">
         <v>50</v>
       </c>
@@ -16036,63 +16029,63 @@
       </c>
       <c r="AP105" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ105" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR105" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS105" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT105" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU105" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="106">
       <c r="A106">
         <v>105</v>
       </c>
       <c r="B106" t="s">
-        <v>219</v>
+        <v>212</v>
       </c>
       <c r="C106" t="s" s="4">
-        <v>220</v>
+        <v>213</v>
       </c>
       <c r="D106" t="s">
         <v>58</v>
       </c>
       <c r="E106" t="s">
         <v>46</v>
       </c>
       <c r="F106" t="s">
-        <v>92</v>
+        <v>91</v>
       </c>
       <c r="G106" t="s">
         <v>48</v>
       </c>
       <c r="H106" t="s">
         <v>49</v>
       </c>
       <c r="I106" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J106" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K106" t="s" s="5">
         <v>50</v>
       </c>
       <c r="L106" t="s" s="5">
         <v>50</v>
       </c>
       <c r="M106" t="s" s="5">
         <v>50</v>
       </c>
       <c r="N106" t="s" s="5">
         <v>50</v>
       </c>
@@ -16184,165 +16177,165 @@
         <v>51</v>
       </c>
       <c r="AR106" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS106" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT106" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU106" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="107">
       <c r="A107"/>
       <c r="B107"/>
       <c r="C107"/>
       <c r="D107"/>
       <c r="E107"/>
       <c r="F107"/>
       <c r="G107"/>
       <c r="H107"/>
       <c r="I107" t="s">
+        <v>214</v>
+      </c>
+      <c r="J107" t="s">
+        <v>215</v>
+      </c>
+      <c r="K107" t="s">
+        <v>216</v>
+      </c>
+      <c r="L107" t="s">
+        <v>217</v>
+      </c>
+      <c r="M107" t="s">
+        <v>218</v>
+      </c>
+      <c r="N107" t="s">
+        <v>219</v>
+      </c>
+      <c r="O107" t="s">
+        <v>220</v>
+      </c>
+      <c r="P107" t="s">
         <v>221</v>
       </c>
-      <c r="J107" t="s">
+      <c r="Q107" t="s">
         <v>222</v>
       </c>
-      <c r="K107" t="s">
+      <c r="R107" t="s">
+        <v>215</v>
+      </c>
+      <c r="S107" t="s">
+        <v>220</v>
+      </c>
+      <c r="T107" t="s">
         <v>223</v>
       </c>
-      <c r="L107" t="s">
+      <c r="U107" t="s">
         <v>224</v>
       </c>
-      <c r="M107" t="s">
+      <c r="V107" t="s">
         <v>225</v>
       </c>
-      <c r="N107" t="s">
+      <c r="W107" t="s">
         <v>226</v>
       </c>
-      <c r="O107" t="s">
+      <c r="X107" t="s">
+        <v>220</v>
+      </c>
+      <c r="Y107" t="s">
         <v>227</v>
       </c>
-      <c r="P107" t="s">
+      <c r="Z107" t="s">
+        <v>224</v>
+      </c>
+      <c r="AA107" t="s">
+        <v>219</v>
+      </c>
+      <c r="AB107" t="s">
+        <v>215</v>
+      </c>
+      <c r="AC107" t="s">
+        <v>226</v>
+      </c>
+      <c r="AD107" t="s">
         <v>228</v>
       </c>
-      <c r="Q107" t="s">
+      <c r="AE107" t="s">
+        <v>225</v>
+      </c>
+      <c r="AF107" t="s">
+        <v>220</v>
+      </c>
+      <c r="AG107" t="s">
+        <v>225</v>
+      </c>
+      <c r="AH107" t="s">
+        <v>215</v>
+      </c>
+      <c r="AI107" t="s">
+        <v>220</v>
+      </c>
+      <c r="AJ107" t="s">
+        <v>220</v>
+      </c>
+      <c r="AK107" t="s">
+        <v>214</v>
+      </c>
+      <c r="AL107" t="s">
         <v>229</v>
       </c>
-      <c r="R107" t="s">
+      <c r="AM107" t="s">
+        <v>230</v>
+      </c>
+      <c r="AN107" t="s">
+        <v>220</v>
+      </c>
+      <c r="AO107" t="s">
+        <v>220</v>
+      </c>
+      <c r="AP107" t="s">
+        <v>223</v>
+      </c>
+      <c r="AQ107" t="s">
+        <v>220</v>
+      </c>
+      <c r="AR107" t="s">
+        <v>220</v>
+      </c>
+      <c r="AS107" t="s">
+        <v>220</v>
+      </c>
+      <c r="AT107" t="s">
         <v>222</v>
       </c>
-      <c r="S107" t="s">
-[...82 lines deleted...]
-      </c>
       <c r="AU107" t="s">
-        <v>223</v>
+        <v>216</v>
       </c>
     </row>
     <row r="108">
       <c r="A108"/>
       <c r="B108"/>
       <c r="C108"/>
       <c r="D108"/>
       <c r="E108"/>
       <c r="F108"/>
       <c r="G108"/>
       <c r="H108"/>
       <c r="I108" t="s">
         <v>48</v>
       </c>
       <c r="J108" t="s">
         <v>48</v>
       </c>
       <c r="K108" t="s">
         <v>48</v>
       </c>
       <c r="L108" t="s">
         <v>48</v>
       </c>
       <c r="M108" t="s">
         <v>48</v>
@@ -16438,419 +16431,419 @@
         <v>48</v>
       </c>
       <c r="AR108" t="s">
         <v>48</v>
       </c>
       <c r="AS108" t="s">
         <v>48</v>
       </c>
       <c r="AT108" t="s">
         <v>48</v>
       </c>
       <c r="AU108" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="109">
       <c r="A109"/>
       <c r="B109"/>
       <c r="C109"/>
       <c r="D109"/>
       <c r="E109"/>
       <c r="F109"/>
       <c r="G109"/>
       <c r="H109"/>
       <c r="I109" t="s">
-        <v>238</v>
+        <v>231</v>
       </c>
       <c r="J109" t="s">
-        <v>238</v>
+        <v>231</v>
       </c>
       <c r="K109" t="s">
-        <v>238</v>
+        <v>231</v>
       </c>
       <c r="L109" t="s">
-        <v>238</v>
+        <v>231</v>
       </c>
       <c r="M109" t="s">
-        <v>238</v>
+        <v>231</v>
       </c>
       <c r="N109" t="s">
-        <v>238</v>
+        <v>231</v>
       </c>
       <c r="O109" t="s">
-        <v>238</v>
+        <v>231</v>
       </c>
       <c r="P109" t="s">
-        <v>238</v>
+        <v>231</v>
       </c>
       <c r="Q109" t="s">
-        <v>238</v>
+        <v>231</v>
       </c>
       <c r="R109" t="s">
-        <v>238</v>
+        <v>231</v>
       </c>
       <c r="S109" t="s">
-        <v>238</v>
+        <v>231</v>
       </c>
       <c r="T109" t="s">
-        <v>238</v>
+        <v>231</v>
       </c>
       <c r="U109" t="s">
-        <v>238</v>
+        <v>231</v>
       </c>
       <c r="V109" t="s">
-        <v>238</v>
+        <v>231</v>
       </c>
       <c r="W109" t="s">
-        <v>238</v>
+        <v>231</v>
       </c>
       <c r="X109" t="s">
-        <v>238</v>
+        <v>231</v>
       </c>
       <c r="Y109" t="s">
-        <v>238</v>
+        <v>231</v>
       </c>
       <c r="Z109" t="s">
-        <v>238</v>
+        <v>231</v>
       </c>
       <c r="AA109" t="s">
-        <v>238</v>
+        <v>231</v>
       </c>
       <c r="AB109" t="s">
-        <v>238</v>
+        <v>231</v>
       </c>
       <c r="AC109" t="s">
-        <v>238</v>
+        <v>231</v>
       </c>
       <c r="AD109" t="s">
-        <v>238</v>
+        <v>231</v>
       </c>
       <c r="AE109" t="s">
-        <v>238</v>
+        <v>231</v>
       </c>
       <c r="AF109" t="s">
-        <v>238</v>
+        <v>231</v>
       </c>
       <c r="AG109" t="s">
-        <v>238</v>
+        <v>231</v>
       </c>
       <c r="AH109" t="s">
-        <v>238</v>
+        <v>231</v>
       </c>
       <c r="AI109" t="s">
-        <v>238</v>
+        <v>231</v>
       </c>
       <c r="AJ109" t="s">
-        <v>238</v>
+        <v>231</v>
       </c>
       <c r="AK109" t="s">
-        <v>238</v>
+        <v>231</v>
       </c>
       <c r="AL109" t="s">
-        <v>238</v>
+        <v>231</v>
       </c>
       <c r="AM109" t="s">
-        <v>238</v>
+        <v>231</v>
       </c>
       <c r="AN109" t="s">
-        <v>238</v>
+        <v>231</v>
       </c>
       <c r="AO109" t="s">
-        <v>238</v>
+        <v>231</v>
       </c>
       <c r="AP109" t="s">
-        <v>238</v>
+        <v>231</v>
       </c>
       <c r="AQ109" t="s">
-        <v>238</v>
+        <v>231</v>
       </c>
       <c r="AR109" t="s">
-        <v>238</v>
+        <v>231</v>
       </c>
       <c r="AS109" t="s">
-        <v>238</v>
+        <v>231</v>
       </c>
       <c r="AT109" t="s">
-        <v>238</v>
+        <v>231</v>
       </c>
       <c r="AU109" t="s">
-        <v>238</v>
+        <v>231</v>
       </c>
     </row>
     <row r="110">
       <c r="A110"/>
       <c r="B110"/>
       <c r="C110"/>
       <c r="D110"/>
       <c r="E110"/>
       <c r="F110"/>
       <c r="G110"/>
       <c r="H110"/>
       <c r="I110" t="s">
+        <v>232</v>
+      </c>
+      <c r="J110" t="s">
+        <v>233</v>
+      </c>
+      <c r="K110" t="s">
+        <v>234</v>
+      </c>
+      <c r="L110" t="s">
+        <v>235</v>
+      </c>
+      <c r="M110" t="s">
+        <v>236</v>
+      </c>
+      <c r="N110" t="s">
+        <v>237</v>
+      </c>
+      <c r="O110" t="s">
+        <v>236</v>
+      </c>
+      <c r="P110" t="s">
+        <v>238</v>
+      </c>
+      <c r="Q110" t="s">
         <v>239</v>
       </c>
-      <c r="J110" t="s">
+      <c r="R110" t="s">
         <v>240</v>
       </c>
-      <c r="K110" t="s">
+      <c r="S110" t="s">
+        <v>236</v>
+      </c>
+      <c r="T110" t="s">
         <v>241</v>
       </c>
-      <c r="L110" t="s">
+      <c r="U110" t="s">
         <v>242</v>
       </c>
-      <c r="M110" t="s">
+      <c r="V110" t="s">
         <v>243</v>
       </c>
-      <c r="N110" t="s">
+      <c r="W110" t="s">
         <v>244</v>
       </c>
-      <c r="O110" t="s">
+      <c r="X110" t="s">
+        <v>236</v>
+      </c>
+      <c r="Y110" t="s">
+        <v>245</v>
+      </c>
+      <c r="Z110" t="s">
+        <v>242</v>
+      </c>
+      <c r="AA110" t="s">
+        <v>237</v>
+      </c>
+      <c r="AB110" t="s">
+        <v>240</v>
+      </c>
+      <c r="AC110" t="s">
+        <v>244</v>
+      </c>
+      <c r="AD110" t="s">
+        <v>246</v>
+      </c>
+      <c r="AE110" t="s">
         <v>243</v>
       </c>
-      <c r="P110" t="s">
-[...5 lines deleted...]
-      <c r="R110" t="s">
+      <c r="AF110" t="s">
+        <v>236</v>
+      </c>
+      <c r="AG110" t="s">
+        <v>235</v>
+      </c>
+      <c r="AH110" t="s">
         <v>247</v>
       </c>
-      <c r="S110" t="s">
-[...2 lines deleted...]
-      <c r="T110" t="s">
+      <c r="AI110" t="s">
+        <v>236</v>
+      </c>
+      <c r="AJ110" t="s">
+        <v>236</v>
+      </c>
+      <c r="AK110" t="s">
+        <v>232</v>
+      </c>
+      <c r="AL110" t="s">
         <v>248</v>
       </c>
-      <c r="U110" t="s">
+      <c r="AM110" t="s">
         <v>249</v>
       </c>
-      <c r="V110" t="s">
-[...44 lines deleted...]
-      <c r="AK110" t="s">
+      <c r="AN110" t="s">
+        <v>236</v>
+      </c>
+      <c r="AO110" t="s">
+        <v>236</v>
+      </c>
+      <c r="AP110" t="s">
+        <v>241</v>
+      </c>
+      <c r="AQ110" t="s">
+        <v>236</v>
+      </c>
+      <c r="AR110" t="s">
+        <v>236</v>
+      </c>
+      <c r="AS110" t="s">
+        <v>236</v>
+      </c>
+      <c r="AT110" t="s">
         <v>239</v>
       </c>
-      <c r="AL110" t="s">
-[...25 lines deleted...]
-      </c>
       <c r="AU110" t="s">
-        <v>241</v>
+        <v>234</v>
       </c>
     </row>
     <row r="111">
       <c r="A111"/>
       <c r="B111"/>
       <c r="C111"/>
       <c r="D111"/>
       <c r="E111"/>
       <c r="F111"/>
       <c r="G111"/>
       <c r="H111"/>
       <c r="I111" t="s">
-        <v>257</v>
+        <v>250</v>
       </c>
       <c r="J111" t="s">
-        <v>258</v>
+        <v>251</v>
       </c>
       <c r="K111" t="s">
-        <v>257</v>
+        <v>250</v>
       </c>
       <c r="L111" t="s">
-        <v>257</v>
+        <v>250</v>
       </c>
       <c r="M111" t="s">
-        <v>257</v>
+        <v>250</v>
       </c>
       <c r="N111" t="s">
-        <v>257</v>
+        <v>250</v>
       </c>
       <c r="O111" t="s">
-        <v>259</v>
+        <v>252</v>
       </c>
       <c r="P111" t="s">
-        <v>257</v>
+        <v>250</v>
       </c>
       <c r="Q111" t="s">
-        <v>257</v>
+        <v>250</v>
       </c>
       <c r="R111" t="s">
-        <v>257</v>
+        <v>250</v>
       </c>
       <c r="S111" t="s">
-        <v>259</v>
+        <v>252</v>
       </c>
       <c r="T111" t="s">
-        <v>257</v>
+        <v>250</v>
       </c>
       <c r="U111" t="s">
-        <v>257</v>
+        <v>250</v>
       </c>
       <c r="V111" t="s">
-        <v>257</v>
+        <v>250</v>
       </c>
       <c r="W111" t="s">
-        <v>257</v>
+        <v>250</v>
       </c>
       <c r="X111" t="s">
-        <v>259</v>
+        <v>252</v>
       </c>
       <c r="Y111" t="s">
-        <v>257</v>
+        <v>250</v>
       </c>
       <c r="Z111" t="s">
-        <v>257</v>
+        <v>250</v>
       </c>
       <c r="AA111" t="s">
-        <v>257</v>
+        <v>250</v>
       </c>
       <c r="AB111" t="s">
-        <v>257</v>
+        <v>250</v>
       </c>
       <c r="AC111" t="s">
-        <v>257</v>
+        <v>250</v>
       </c>
       <c r="AD111" t="s">
-        <v>260</v>
+        <v>253</v>
       </c>
       <c r="AE111" t="s">
-        <v>257</v>
+        <v>250</v>
       </c>
       <c r="AF111" t="s">
-        <v>259</v>
+        <v>252</v>
       </c>
       <c r="AG111" t="s">
-        <v>261</v>
+        <v>254</v>
       </c>
       <c r="AH111" t="s">
-        <v>261</v>
+        <v>254</v>
       </c>
       <c r="AI111" t="s">
-        <v>259</v>
+        <v>252</v>
       </c>
       <c r="AJ111" t="s">
-        <v>259</v>
+        <v>252</v>
       </c>
       <c r="AK111" t="s">
-        <v>257</v>
+        <v>250</v>
       </c>
       <c r="AL111" t="s">
-        <v>257</v>
+        <v>250</v>
       </c>
       <c r="AM111" t="s">
-        <v>257</v>
+        <v>250</v>
       </c>
       <c r="AN111" t="s">
-        <v>259</v>
+        <v>252</v>
       </c>
       <c r="AO111" t="s">
-        <v>259</v>
+        <v>252</v>
       </c>
       <c r="AP111" t="s">
-        <v>257</v>
+        <v>250</v>
       </c>
       <c r="AQ111" t="s">
-        <v>259</v>
+        <v>252</v>
       </c>
       <c r="AR111" t="s">
-        <v>259</v>
+        <v>252</v>
       </c>
       <c r="AS111" t="s">
-        <v>259</v>
+        <v>252</v>
       </c>
       <c r="AT111" t="s">
-        <v>257</v>
+        <v>250</v>
       </c>
       <c r="AU111" t="s">
-        <v>257</v>
+        <v>250</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="2">
     <mergeCell ref="D1:E1"/>
     <mergeCell ref="F1:H1"/>
   </mergeCells>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <TotalTime></TotalTime>
   <Application>SimpleXLSXGen</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:language>en-US</dc:language>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>