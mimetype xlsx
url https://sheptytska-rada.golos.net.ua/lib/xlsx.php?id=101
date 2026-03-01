--- v0 (2025-10-15)
+++ v1 (2026-03-01)
@@ -9,51 +9,51 @@
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/_rels/.rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
 <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/>
 <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/>
 <Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="SimpleXLSXGen"/>
   <sheets>
     <sheet name="Sheet1" sheetId="1" state="visible" r:id="rId2"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="211" uniqueCount="211">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="208" uniqueCount="208">
   <si>
     <t>№</t>
   </si>
   <si>
     <t>XVIII сесія VIII скликання</t>
   </si>
   <si>
     <t>Шептицька міська рада</t>
   </si>
   <si>
     <t>Результат</t>
   </si>
   <si>
     <t>Голоси</t>
   </si>
   <si>
     <t>Залівський Андрій Іванович</t>
   </si>
   <si>
     <t>Ляховський Богдан Васильович</t>
   </si>
   <si>
     <t>Гаманюк Віталій Володимирович</t>
   </si>
   <si>
@@ -173,372 +173,363 @@
   <si>
     <t>ПРИЙНЯТО</t>
   </si>
   <si>
     <t>За: 23</t>
   </si>
   <si>
     <t>Проти: 0</t>
   </si>
   <si>
     <t>Утримались: 0</t>
   </si>
   <si>
     <t>За</t>
   </si>
   <si>
     <t>Відсут.</t>
   </si>
   <si>
     <t>Не голос.</t>
   </si>
   <si>
     <t>27.07.22  12:06:54</t>
   </si>
   <si>
-    <t>3787Про депутатські запити</t>
+    <t>ID - 3787,  Про депутатські запити</t>
   </si>
   <si>
     <t>За основу</t>
   </si>
   <si>
     <t>За: 22</t>
   </si>
   <si>
     <t>27.07.22  12:11:23</t>
   </si>
   <si>
     <t>За поправку / пропозицію</t>
   </si>
   <si>
     <t>НЕ ПРИЙНЯТО</t>
   </si>
   <si>
     <t>За: 9</t>
   </si>
   <si>
     <t>27.07.22  12:14:50</t>
   </si>
   <si>
-    <t>3789щодо скасування виплати  надбавки до з/п посадовцям  і службовцям міської ради   </t>
-[...1 lines deleted...]
-  <si>
     <t>За: 13</t>
   </si>
   <si>
     <t>27.07.22  12:17:54</t>
   </si>
   <si>
-    <t>3790щодо зменшення з/п керівникам комунальним підприємств </t>
+    <t>ID - 3790,  щодо зменшення з/п керівникам комунальним підприємств </t>
   </si>
   <si>
     <t>За: 15</t>
   </si>
   <si>
     <t>27.07.22  12:20:10</t>
   </si>
   <si>
-    <t>3791Запит по КП ` Червоноградтеплокомуненерго`</t>
+    <t>ID - 3791,  Запит по КП ` Червоноградтеплокомуненерго`</t>
   </si>
   <si>
     <t>За: 17</t>
   </si>
   <si>
     <t>27.07.22  12:29:38</t>
   </si>
   <si>
     <t>За: 21</t>
   </si>
   <si>
     <t>27.07.22  12:30:04</t>
   </si>
   <si>
-    <t>3793Про депутатські запити</t>
+    <t>ID - 3793,  Про депутатські запити</t>
   </si>
   <si>
     <t>В цілому</t>
   </si>
   <si>
     <t>За: 24</t>
   </si>
   <si>
     <t>27.07.22  12:31:13</t>
   </si>
   <si>
     <t>За: 26</t>
   </si>
   <si>
     <t>27.07.22  12:32:43</t>
   </si>
   <si>
-    <t>3795Про надання одноразової грошової допомоги</t>
+    <t>ID - 3795,  Про надання одноразової грошової допомоги</t>
   </si>
   <si>
     <t>27.07.22  12:33:27</t>
   </si>
   <si>
-    <t>3796Колективне  подання для пораненого Кравченку Олександру ( дружині)</t>
+    <t>ID - 3796,  Колективне  подання для пораненого Кравченку Олександру ( дружині)</t>
   </si>
   <si>
     <t>27.07.22  12:33:55</t>
   </si>
   <si>
-    <t>3797Про надання одноразової грошової допомоги</t>
+    <t>ID - 3797,  Про надання одноразової грошової допомоги</t>
   </si>
   <si>
     <t>27.07.22  12:48:35</t>
   </si>
   <si>
     <t>27.07.22  12:59:42</t>
   </si>
   <si>
     <t>За: 25</t>
   </si>
   <si>
     <t>27.07.22  13:07:26</t>
   </si>
   <si>
     <t>27.07.22  14:22:07</t>
   </si>
   <si>
     <t>За: 20</t>
   </si>
   <si>
     <t>27.07.22  14:23:47</t>
   </si>
   <si>
-    <t>3804Про затвердження Положення про архiвний вiддiл Червоноградської мiської ради</t>
+    <t>ID - 3804,  Про затвердження Положення про архiвний вiддiл Червоноградської мiської ради</t>
   </si>
   <si>
     <t>27.07.22  14:26:15</t>
   </si>
   <si>
-    <t>3805Про внесення змін в рішення Червоноградської міської ради №1298 від 02.06.2022</t>
+    <t>ID - 3805,  Про внесення змін в рішення Червоноградської міської ради №1298 від 02.06.2022</t>
   </si>
   <si>
     <t>27.07.22  14:26:54</t>
   </si>
   <si>
     <t>27.07.22  14:27:21</t>
   </si>
   <si>
-    <t>3807Про внесення змін в рішення Червоноградської міської ради №1298 від 02.06.2022</t>
+    <t>ID - 3807,  Про внесення змін в рішення Червоноградської міської ради №1298 від 02.06.2022</t>
   </si>
   <si>
     <t>За: 19</t>
   </si>
   <si>
     <t>27.07.22  14:38:55</t>
   </si>
   <si>
     <t>27.07.22  14:45:27</t>
   </si>
   <si>
     <t>27.07.22  14:46:09</t>
   </si>
   <si>
     <t>27.07.22  14:48:16</t>
   </si>
   <si>
     <t>27.07.22  14:50:31</t>
   </si>
   <si>
     <t>27.07.22  14:51:31</t>
   </si>
   <si>
     <t>27.07.22  14:51:59</t>
   </si>
   <si>
     <t>27.07.22  14:56:49</t>
   </si>
   <si>
     <t>27.07.22  14:58:02</t>
   </si>
   <si>
-    <t>3816Про внесення змін в рішення Червоноградської міської ради №149 від 26.01.2021</t>
+    <t>ID - 3816,  Про внесення змін в рішення Червоноградської міської ради №149 від 26.01.2021</t>
   </si>
   <si>
     <t>27.07.22  14:58:39</t>
   </si>
   <si>
     <t>27.07.22  15:10:55</t>
   </si>
   <si>
-    <t>3818Про створення комунального закладу Червоноградської міської ради «Будинок воїна»</t>
-[...1 lines deleted...]
-  <si>
     <t>27.07.22  15:12:31</t>
   </si>
   <si>
-    <t>3819Про безоплатну передачу малоцінних необоротних матеріальних активів</t>
+    <t>ID - 3819,  Про безоплатну передачу малоцінних необоротних матеріальних активів</t>
   </si>
   <si>
     <t>27.07.22  15:13:29</t>
   </si>
   <si>
-    <t>3820Про безоплатну передачу матеріальних активів</t>
+    <t>ID - 3820,  Про безоплатну передачу матеріальних активів</t>
   </si>
   <si>
     <t>27.07.22  15:14:21</t>
   </si>
   <si>
-    <t>3821Про безоплатну передачу матеріальних цінностей  </t>
+    <t>ID - 3821,  Про безоплатну передачу матеріальних цінностей  </t>
   </si>
   <si>
     <t>27.07.22  15:17:30</t>
   </si>
   <si>
     <t>27.07.22  15:18:57</t>
   </si>
   <si>
-    <t>382380 % від оренди приміщень залишати комунальному підприємству </t>
+    <t>ID - 3823,  80 % від оренди приміщень залишати комунальному підприємству </t>
   </si>
   <si>
     <t>27.07.22  15:19:29</t>
   </si>
   <si>
     <t>27.07.22  15:21:11</t>
   </si>
   <si>
-    <t>3825Про внесення змiн до рiшення Червоноградської мiської ради №1337 від 30.06.2022 року</t>
+    <t>ID - 3825,  Про внесення змiн до рiшення Червоноградської мiської ради №1337 від 30.06.2022 року</t>
   </si>
   <si>
     <t>27.07.22  15:23:24</t>
   </si>
   <si>
     <t>27.07.22  15:24:55</t>
   </si>
   <si>
     <t>27.07.22  15:26:06</t>
   </si>
   <si>
-    <t>3828Про безоплатну  передачу приладів обліку електричної енергії        </t>
+    <t>ID - 3828,  Про безоплатну  передачу приладів обліку електричної енергії        </t>
   </si>
   <si>
     <t>27.07.22  15:28:32</t>
   </si>
   <si>
     <t>27.07.22  15:30:38</t>
   </si>
   <si>
     <t>27.07.22  15:32:45</t>
   </si>
   <si>
     <t>27.07.22  15:33:55</t>
   </si>
   <si>
     <t>27.07.22  15:36:04</t>
   </si>
   <si>
     <t>27.07.22  15:36:56</t>
   </si>
   <si>
     <t>27.07.22  15:38:44</t>
   </si>
   <si>
     <t>27.07.22  15:40:02</t>
   </si>
   <si>
     <t>27.07.22  15:42:19</t>
   </si>
   <si>
     <t>27.07.22  15:42:48</t>
   </si>
   <si>
     <t>27.07.22  15:44:03</t>
   </si>
   <si>
     <t>27.07.22  15:47:49</t>
   </si>
   <si>
     <t>27.07.22  15:49:27</t>
   </si>
   <si>
-    <t>3841Про резервування земельних ділянок для створення індустріального парку в с. Сілець</t>
-[...1 lines deleted...]
-  <si>
     <t>27.07.22  15:53:57</t>
   </si>
   <si>
-    <t>3842Про продовження термiну оренди земельних ділянок</t>
+    <t>ID - 3842,  Про продовження термiну оренди земельних ділянок</t>
   </si>
   <si>
     <t>27.07.22  15:55:22</t>
   </si>
   <si>
-    <t>3843Про розгляд клопотання товариства з обмеженою відповідальністю «ЕКО-ТЕХРЕСУРС»</t>
+    <t>ID - 3843,  Про розгляд клопотання товариства з обмеженою відповідальністю «ЕКО-ТЕХРЕСУРС»</t>
   </si>
   <si>
     <t>27.07.22  15:56:30</t>
   </si>
   <si>
     <t>27.07.22  15:57:29</t>
   </si>
   <si>
-    <t>3845Про розгляд клопотання фізичної особи підприємця Голи Валентини Іванівни</t>
+    <t>ID - 3845,  Про розгляд клопотання фізичної особи підприємця Голи Валентини Іванівни</t>
   </si>
   <si>
     <t>27.07.22  16:00:03</t>
   </si>
   <si>
     <t>27.07.22  16:01:09</t>
   </si>
   <si>
-    <t>3847По тексту `на 1 рік  в оренду земельну дiлянку `</t>
+    <t>ID - 3847,  По тексту `на 1 рік  в оренду земельну дiлянку `</t>
   </si>
   <si>
     <t>27.07.22  16:01:40</t>
   </si>
   <si>
     <t>27.07.22  16:03:18</t>
   </si>
   <si>
-    <t>3849Про розгляд клопотання приватного підприємства «Козацький курінь»</t>
+    <t>ID - 3849,  Про розгляд клопотання приватного підприємства «Козацький курінь»</t>
   </si>
   <si>
     <t>27.07.22  16:04:48</t>
   </si>
   <si>
-    <t>3850Про розгляд клопотання Кутернога Бориса Ярославовича</t>
+    <t>ID - 3850,  Про розгляд клопотання Кутернога Бориса Ярославовича</t>
   </si>
   <si>
     <t>27.07.22  16:05:51</t>
   </si>
   <si>
-    <t>3851Про розгляд клопотання Дзвінчука Ярослава Дмитровича</t>
+    <t>ID - 3851,  Про розгляд клопотання Дзвінчука Ярослава Дмитровича</t>
   </si>
   <si>
     <t>27.07.22  16:06:31</t>
   </si>
   <si>
     <t>27.07.22  16:07:53</t>
   </si>
   <si>
     <t>27.07.22  16:09:47</t>
   </si>
   <si>
-    <t>3854Про розгляд клопотання Максимової Антоніни Павлівни</t>
+    <t>ID - 3854,  Про розгляд клопотання Максимової Антоніни Павлівни</t>
   </si>
   <si>
     <t>27.07.22  16:11:46</t>
   </si>
   <si>
     <t>За: 62</t>
   </si>
   <si>
     <t>За: 56</t>
   </si>
   <si>
     <t>За: 57</t>
   </si>
   <si>
     <t>За: 41</t>
   </si>
   <si>
     <t>За: 0</t>
   </si>
   <si>
     <t>За: 68</t>
   </si>
   <si>
     <t>За: 58</t>
   </si>
@@ -907,51 +898,51 @@
       <c r="AQ1" t="s" s="3">
         <v>39</v>
       </c>
       <c r="AR1" t="s" s="3">
         <v>40</v>
       </c>
       <c r="AS1" t="s" s="3">
         <v>41</v>
       </c>
       <c r="AT1" t="s" s="3">
         <v>42</v>
       </c>
       <c r="AU1" t="s" s="3">
         <v>43</v>
       </c>
     </row>
     <row r="2">
       <c r="A2">
         <v>1</v>
       </c>
       <c r="B2" t="s">
         <v>44</v>
       </c>
       <c r="C2" t="inlineStr" s="4">
         <is>
-          <t>3786Про звіт  поліцейських офіцерів громади  Червоноградської міської територіальної громади</t>
+          <t>ID - 3786,  Про звіт  поліцейських офіцерів громади  Червоноградської міської територіальної громади</t>
         </is>
       </c>
       <c r="D2" t="s">
         <v>45</v>
       </c>
       <c r="E2" t="s">
         <v>46</v>
       </c>
       <c r="F2" t="s">
         <v>47</v>
       </c>
       <c r="G2" t="s">
         <v>48</v>
       </c>
       <c r="H2" t="s">
         <v>49</v>
       </c>
       <c r="I2" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J2" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K2" t="s" s="5">
         <v>50</v>
@@ -1195,51 +1186,51 @@
       <c r="AQ3" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR3" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS3" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT3" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU3" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="4">
       <c r="A4">
         <v>3</v>
       </c>
       <c r="B4" t="s">
         <v>57</v>
       </c>
       <c r="C4" t="inlineStr" s="4">
         <is>
-          <t>3788Запит Даренського Д.Б. щодо скасування виплати  надбавки до з/п міського голови  у розмірі 50 % яке проголосовано до рішення Червоноградської міської ради №2   </t>
+          <t>ID - 3788,  Запит Даренського Д.Б. щодо скасування виплати  надбавки до з/п міського голови  у розмірі 50 % яке проголосовано до рішення Червоноградської міської ради №2   </t>
         </is>
       </c>
       <c r="D4" t="s">
         <v>58</v>
       </c>
       <c r="E4" t="s">
         <v>59</v>
       </c>
       <c r="F4" t="s">
         <v>60</v>
       </c>
       <c r="G4" t="s">
         <v>48</v>
       </c>
       <c r="H4" t="s">
         <v>49</v>
       </c>
       <c r="I4" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J4" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K4" t="s" s="5">
         <v>50</v>
@@ -1338,61 +1329,63 @@
         <v>51</v>
       </c>
       <c r="AQ4" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR4" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS4" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT4" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU4" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="5">
       <c r="A5">
         <v>4</v>
       </c>
       <c r="B5" t="s">
         <v>61</v>
       </c>
-      <c r="C5" t="s" s="4">
-        <v>62</v>
+      <c r="C5" t="inlineStr" s="4">
+        <is>
+          <t>ID - 3789,  щодо скасування виплати  надбавки до з/п посадовцям  і службовцям міської ради   </t>
+        </is>
       </c>
       <c r="D5" t="s">
         <v>58</v>
       </c>
       <c r="E5" t="s">
         <v>59</v>
       </c>
       <c r="F5" t="s">
-        <v>63</v>
+        <v>62</v>
       </c>
       <c r="G5" t="s">
         <v>48</v>
       </c>
       <c r="H5" t="s">
         <v>49</v>
       </c>
       <c r="I5" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J5" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K5" t="s" s="5">
         <v>50</v>
       </c>
       <c r="L5" t="s" s="5">
         <v>52</v>
       </c>
       <c r="M5" t="s" s="5">
         <v>51</v>
       </c>
       <c r="N5" t="s" s="5">
         <v>51</v>
       </c>
@@ -1479,63 +1472,63 @@
       </c>
       <c r="AP5" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ5" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR5" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS5" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT5" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU5" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="6">
       <c r="A6">
         <v>5</v>
       </c>
       <c r="B6" t="s">
+        <v>63</v>
+      </c>
+      <c r="C6" t="s" s="4">
         <v>64</v>
-      </c>
-[...1 lines deleted...]
-        <v>65</v>
       </c>
       <c r="D6" t="s">
         <v>58</v>
       </c>
       <c r="E6" t="s">
         <v>59</v>
       </c>
       <c r="F6" t="s">
-        <v>66</v>
+        <v>65</v>
       </c>
       <c r="G6" t="s">
         <v>48</v>
       </c>
       <c r="H6" t="s">
         <v>49</v>
       </c>
       <c r="I6" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J6" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K6" t="s" s="5">
         <v>52</v>
       </c>
       <c r="L6" t="s" s="5">
         <v>52</v>
       </c>
       <c r="M6" t="s" s="5">
         <v>51</v>
       </c>
       <c r="N6" t="s" s="5">
         <v>51</v>
       </c>
@@ -1622,63 +1615,63 @@
       </c>
       <c r="AP6" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ6" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR6" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS6" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT6" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU6" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="7">
       <c r="A7">
         <v>6</v>
       </c>
       <c r="B7" t="s">
+        <v>66</v>
+      </c>
+      <c r="C7" t="s" s="4">
         <v>67</v>
-      </c>
-[...1 lines deleted...]
-        <v>68</v>
       </c>
       <c r="D7" t="s">
         <v>58</v>
       </c>
       <c r="E7" t="s">
         <v>59</v>
       </c>
       <c r="F7" t="s">
-        <v>69</v>
+        <v>68</v>
       </c>
       <c r="G7" t="s">
         <v>48</v>
       </c>
       <c r="H7" t="s">
         <v>49</v>
       </c>
       <c r="I7" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J7" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K7" t="s" s="5">
         <v>52</v>
       </c>
       <c r="L7" t="s" s="5">
         <v>52</v>
       </c>
       <c r="M7" t="s" s="5">
         <v>51</v>
       </c>
       <c r="N7" t="s" s="5">
         <v>51</v>
       </c>
@@ -1765,65 +1758,65 @@
       </c>
       <c r="AP7" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ7" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR7" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS7" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT7" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU7" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="8">
       <c r="A8">
         <v>7</v>
       </c>
       <c r="B8" t="s">
-        <v>70</v>
+        <v>69</v>
       </c>
       <c r="C8" t="inlineStr" s="4">
         <is>
-          <t>3792За Запит Гоца П.В. щодо  приватизації квартир гуртожику Стуса 53, вставновлення дорожнього кільця та інших комунальних питань </t>
+          <t>ID - 3792,  За Запит Гоца П.В. щодо  приватизації квартир гуртожику Стуса 53, вставновлення дорожнього кільця та інших комунальних питань </t>
         </is>
       </c>
       <c r="D8" t="s">
         <v>58</v>
       </c>
       <c r="E8" t="s">
         <v>46</v>
       </c>
       <c r="F8" t="s">
-        <v>71</v>
+        <v>70</v>
       </c>
       <c r="G8" t="s">
         <v>48</v>
       </c>
       <c r="H8" t="s">
         <v>49</v>
       </c>
       <c r="I8" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J8" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K8" t="s" s="5">
         <v>50</v>
       </c>
       <c r="L8" t="s" s="5">
         <v>52</v>
       </c>
       <c r="M8" t="s" s="5">
         <v>51</v>
       </c>
       <c r="N8" t="s" s="5">
         <v>51</v>
       </c>
@@ -1910,63 +1903,63 @@
       </c>
       <c r="AP8" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ8" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR8" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS8" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT8" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU8" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="9">
       <c r="A9">
         <v>8</v>
       </c>
       <c r="B9" t="s">
+        <v>71</v>
+      </c>
+      <c r="C9" t="s" s="4">
         <v>72</v>
       </c>
-      <c r="C9" t="s" s="4">
+      <c r="D9" t="s">
         <v>73</v>
-      </c>
-[...1 lines deleted...]
-        <v>74</v>
       </c>
       <c r="E9" t="s">
         <v>46</v>
       </c>
       <c r="F9" t="s">
-        <v>75</v>
+        <v>74</v>
       </c>
       <c r="G9" t="s">
         <v>48</v>
       </c>
       <c r="H9" t="s">
         <v>49</v>
       </c>
       <c r="I9" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J9" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K9" t="s" s="5">
         <v>50</v>
       </c>
       <c r="L9" t="s" s="5">
         <v>52</v>
       </c>
       <c r="M9" t="s" s="5">
         <v>51</v>
       </c>
       <c r="N9" t="s" s="5">
         <v>51</v>
       </c>
@@ -2053,65 +2046,65 @@
       </c>
       <c r="AP9" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ9" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR9" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS9" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT9" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU9" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="10">
       <c r="A10">
         <v>9</v>
       </c>
       <c r="B10" t="s">
-        <v>76</v>
+        <v>75</v>
       </c>
       <c r="C10" t="inlineStr" s="4">
         <is>
-          <t>3794Про дострокове припинення повноважень депутата Червоноградської  міської ради VIIІ скликання Стельмаха Олега Ігорович</t>
+          <t>ID - 3794,  Про дострокове припинення повноважень депутата Червоноградської  міської ради VIIІ скликання Стельмаха Олега Ігорович</t>
         </is>
       </c>
       <c r="D10" t="s">
         <v>45</v>
       </c>
       <c r="E10" t="s">
         <v>46</v>
       </c>
       <c r="F10" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="G10" t="s">
         <v>48</v>
       </c>
       <c r="H10" t="s">
         <v>49</v>
       </c>
       <c r="I10" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J10" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K10" t="s" s="5">
         <v>50</v>
       </c>
       <c r="L10" t="s" s="5">
         <v>52</v>
       </c>
       <c r="M10" t="s" s="5">
         <v>51</v>
       </c>
       <c r="N10" t="s" s="5">
         <v>51</v>
       </c>
@@ -2198,63 +2191,63 @@
       </c>
       <c r="AP10" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ10" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR10" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS10" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT10" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU10" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="11">
       <c r="A11">
         <v>10</v>
       </c>
       <c r="B11" t="s">
+        <v>77</v>
+      </c>
+      <c r="C11" t="s" s="4">
         <v>78</v>
-      </c>
-[...1 lines deleted...]
-        <v>79</v>
       </c>
       <c r="D11" t="s">
         <v>55</v>
       </c>
       <c r="E11" t="s">
         <v>46</v>
       </c>
       <c r="F11" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="G11" t="s">
         <v>48</v>
       </c>
       <c r="H11" t="s">
         <v>49</v>
       </c>
       <c r="I11" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J11" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K11" t="s" s="5">
         <v>50</v>
       </c>
       <c r="L11" t="s" s="5">
         <v>52</v>
       </c>
       <c r="M11" t="s" s="5">
         <v>51</v>
       </c>
       <c r="N11" t="s" s="5">
         <v>51</v>
       </c>
@@ -2341,63 +2334,63 @@
       </c>
       <c r="AP11" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ11" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR11" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS11" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT11" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU11" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="12">
       <c r="A12">
         <v>11</v>
       </c>
       <c r="B12" t="s">
+        <v>79</v>
+      </c>
+      <c r="C12" t="s" s="4">
         <v>80</v>
-      </c>
-[...1 lines deleted...]
-        <v>81</v>
       </c>
       <c r="D12" t="s">
         <v>58</v>
       </c>
       <c r="E12" t="s">
         <v>46</v>
       </c>
       <c r="F12" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="G12" t="s">
         <v>48</v>
       </c>
       <c r="H12" t="s">
         <v>49</v>
       </c>
       <c r="I12" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J12" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K12" t="s" s="5">
         <v>50</v>
       </c>
       <c r="L12" t="s" s="5">
         <v>52</v>
       </c>
       <c r="M12" t="s" s="5">
         <v>51</v>
       </c>
       <c r="N12" t="s" s="5">
         <v>51</v>
       </c>
@@ -2484,63 +2477,63 @@
       </c>
       <c r="AP12" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ12" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR12" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS12" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT12" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU12" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="13">
       <c r="A13">
         <v>12</v>
       </c>
       <c r="B13" t="s">
+        <v>81</v>
+      </c>
+      <c r="C13" t="s" s="4">
         <v>82</v>
       </c>
-      <c r="C13" t="s" s="4">
-[...1 lines deleted...]
-      </c>
       <c r="D13" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="E13" t="s">
         <v>46</v>
       </c>
       <c r="F13" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="G13" t="s">
         <v>48</v>
       </c>
       <c r="H13" t="s">
         <v>49</v>
       </c>
       <c r="I13" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J13" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K13" t="s" s="5">
         <v>50</v>
       </c>
       <c r="L13" t="s" s="5">
         <v>52</v>
       </c>
       <c r="M13" t="s" s="5">
         <v>51</v>
       </c>
       <c r="N13" t="s" s="5">
         <v>51</v>
       </c>
@@ -2627,55 +2620,55 @@
       </c>
       <c r="AP13" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ13" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR13" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS13" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT13" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU13" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="14">
       <c r="A14">
         <v>13</v>
       </c>
       <c r="B14" t="s">
-        <v>84</v>
+        <v>83</v>
       </c>
       <c r="C14" t="inlineStr" s="4">
         <is>
-          <t>3798Про виконання бюджету Червоноградської міської територіальної громади  за січень-червень 2022 року та внесення змін до бюджету Червоноградської міської територіальної громади на 2022 рік</t>
+          <t>ID - 3798,  Про виконання бюджету Червоноградської міської територіальної громади  за січень-червень 2022 року та внесення змін до бюджету Червоноградської міської територіальної громади на 2022 рік</t>
         </is>
       </c>
       <c r="D14" t="s">
         <v>55</v>
       </c>
       <c r="E14" t="s">
         <v>46</v>
       </c>
       <c r="F14" t="s">
         <v>47</v>
       </c>
       <c r="G14" t="s">
         <v>48</v>
       </c>
       <c r="H14" t="s">
         <v>49</v>
       </c>
       <c r="I14" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J14" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K14" t="s" s="5">
         <v>50</v>
@@ -2772,65 +2765,65 @@
       </c>
       <c r="AP14" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ14" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR14" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS14" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT14" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU14" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="15">
       <c r="A15">
         <v>14</v>
       </c>
       <c r="B15" t="s">
-        <v>85</v>
+        <v>84</v>
       </c>
       <c r="C15" t="inlineStr" s="4">
         <is>
-          <t>3799ПРАВКИ З ГОЛОСУ ДІА.47 На заміну вікон та дверей адмінбудівлі виконавчого комітету за адресою вул. Грушевсього,17а смт. Гірник виділити 49,9 тис.грн. ( КПКВ 0210160, КЕКВ 2210);   На обрізку гілок дерев та демонтаж піддашка  Волсвинської школи передбачити 4,5 тис.грн. ( КПКВ 0611021, КЕКВ 2240);   На сплату членських внесків обласній  асоціації  місцевих рад «Ради Львівщини»-120,0 тис.грн. (КПКВ 0217680, КЕКВ 2800);   На виконання аварійних, відновлювальних робіт та експлуатаційного утримання вулиць і доріг комунальної власності передбачити 196,0 тис.грн, з них: - КП СЖКС – 147 тис.грн. ( на дорогивул.22 Січням.Соснівка, вул.Львівська м.Соснівка,  вул.Грушевського м.Соснівка по 49,0 тис.грн.) ( КПКВ 0217461, КЕКВ2610); - КП «Комунальник»-49,0 тис.грн. ( на дорогу вул.Довбуша м.Червоноград) ( КПКВ 0217461, КЕКВ2610); На утримання  території  загального користування мікрорайону «Монастирський»  виділити КП «Червонограджитлокомунсервіс»-115,6 тис.грн. (КПКВ 0216030,КЕКВ 2610);   Для ГО «Штабу національного спротиву Червоноградського району» на  виготовлення посвідчень добровольцям  1275грн. ( КПКВ 0218240, КЕКВ 2610);   На</t>
+          <t>ID - 3799,  ПРАВКИ З ГОЛОСУ ДІА.47 На заміну вікон та дверей адмінбудівлі виконавчого комітету за адресою вул. Грушевсього,17а смт. Гірник виділити 49,9 тис.грн. ( КПКВ 0210160, КЕКВ 2210);   На обрізку гілок дерев та демонтаж піддашка  Волсвинської школи передбачити 4,5 тис.грн. ( КПКВ 0611021, КЕКВ 2240);   На сплату членських внесків обласній  асоціації  місцевих рад «Ради Львівщини»-120,0 тис.грн. (КПКВ 0217680, КЕКВ 2800);   На виконання аварійних, відновлювальних робіт та експлуатаційного утримання вулиць і доріг комунальної власності передбачити 196,0 тис.грн, з них: - КП СЖКС – 147 тис.грн. ( на дорогивул.22 Січням.Соснівка, вул.Львівська м.Соснівка,  вул.Грушевського м.Соснівка по 49,0 тис.грн.) ( КПКВ 0217461, КЕКВ2610); - КП «Комунальник»-49,0 тис.грн. ( на дорогу вул.Довбуша м.Червоноград) ( КПКВ 0217461, КЕКВ2610); На утримання  території  загального користування мікрорайону «Монастирський»  виділити КП «Червонограджитлокомунсервіс»-115,6 тис.грн. (КПКВ 0216030,КЕКВ 2610);   Для ГО «Штабу національного спротиву Червоноградського району» на  виготовлення посвідчень добровольцям  1275грн. ( КПКВ 0218240, КЕКВ 2610);   На</t>
         </is>
       </c>
       <c r="D15" t="s">
         <v>58</v>
       </c>
       <c r="E15" t="s">
         <v>46</v>
       </c>
       <c r="F15" t="s">
-        <v>86</v>
+        <v>85</v>
       </c>
       <c r="G15" t="s">
         <v>48</v>
       </c>
       <c r="H15" t="s">
         <v>49</v>
       </c>
       <c r="I15" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J15" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K15" t="s" s="5">
         <v>50</v>
       </c>
       <c r="L15" t="s" s="5">
         <v>50</v>
       </c>
       <c r="M15" t="s" s="5">
         <v>51</v>
       </c>
       <c r="N15" t="s" s="5">
         <v>51</v>
       </c>
@@ -2915,65 +2908,65 @@
       </c>
       <c r="AP15" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ15" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR15" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS15" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT15" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU15" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="16">
       <c r="A16">
         <v>15</v>
       </c>
       <c r="B16" t="s">
-        <v>87</v>
+        <v>86</v>
       </c>
       <c r="C16" t="inlineStr" s="4">
         <is>
-          <t>3800Про виконання бюджету Червоноградської міської територіальної громади  за січень-червень 2022 року та внесення змін до бюджету Червоноградської міської територіальної громади на 2022 рік</t>
+          <t>ID - 3800,  Про виконання бюджету Червоноградської міської територіальної громади  за січень-червень 2022 року та внесення змін до бюджету Червоноградської міської територіальної громади на 2022 рік</t>
         </is>
       </c>
       <c r="D16" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="E16" t="s">
         <v>46</v>
       </c>
       <c r="F16" t="s">
-        <v>86</v>
+        <v>85</v>
       </c>
       <c r="G16" t="s">
         <v>48</v>
       </c>
       <c r="H16" t="s">
         <v>49</v>
       </c>
       <c r="I16" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J16" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K16" t="s" s="5">
         <v>50</v>
       </c>
       <c r="L16" t="s" s="5">
         <v>50</v>
       </c>
       <c r="M16" t="s" s="5">
         <v>51</v>
       </c>
       <c r="N16" t="s" s="5">
         <v>51</v>
       </c>
@@ -3058,65 +3051,65 @@
       </c>
       <c r="AP16" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ16" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR16" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS16" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT16" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU16" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="17">
       <c r="A17">
         <v>16</v>
       </c>
       <c r="B17" t="s">
-        <v>88</v>
+        <v>87</v>
       </c>
       <c r="C17" t="inlineStr" s="4">
         <is>
-          <t>3803Про затвердження Положення про  вiддiл ведення Державного реєстру виборців Червоноградської мiської ради в новій редакції</t>
+          <t>ID - 3803,  Про затвердження Положення про  вiддiл ведення Державного реєстру виборців Червоноградської мiської ради в новій редакції</t>
         </is>
       </c>
       <c r="D17" t="s">
         <v>45</v>
       </c>
       <c r="E17" t="s">
         <v>46</v>
       </c>
       <c r="F17" t="s">
-        <v>89</v>
+        <v>88</v>
       </c>
       <c r="G17" t="s">
         <v>48</v>
       </c>
       <c r="H17" t="s">
         <v>49</v>
       </c>
       <c r="I17" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J17" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K17" t="s" s="5">
         <v>50</v>
       </c>
       <c r="L17" t="s" s="5">
         <v>50</v>
       </c>
       <c r="M17" t="s" s="5">
         <v>51</v>
       </c>
       <c r="N17" t="s" s="5">
         <v>51</v>
       </c>
@@ -3201,63 +3194,63 @@
       </c>
       <c r="AP17" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ17" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR17" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS17" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT17" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU17" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="18">
       <c r="A18">
         <v>17</v>
       </c>
       <c r="B18" t="s">
+        <v>89</v>
+      </c>
+      <c r="C18" t="s" s="4">
         <v>90</v>
-      </c>
-[...1 lines deleted...]
-        <v>91</v>
       </c>
       <c r="D18" t="s">
         <v>45</v>
       </c>
       <c r="E18" t="s">
         <v>46</v>
       </c>
       <c r="F18" t="s">
-        <v>89</v>
+        <v>88</v>
       </c>
       <c r="G18" t="s">
         <v>48</v>
       </c>
       <c r="H18" t="s">
         <v>49</v>
       </c>
       <c r="I18" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J18" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K18" t="s" s="5">
         <v>50</v>
       </c>
       <c r="L18" t="s" s="5">
         <v>50</v>
       </c>
       <c r="M18" t="s" s="5">
         <v>51</v>
       </c>
       <c r="N18" t="s" s="5">
         <v>51</v>
       </c>
@@ -3342,63 +3335,63 @@
       </c>
       <c r="AP18" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ18" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR18" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS18" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT18" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU18" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="19">
       <c r="A19">
         <v>18</v>
       </c>
       <c r="B19" t="s">
+        <v>91</v>
+      </c>
+      <c r="C19" t="s" s="4">
         <v>92</v>
-      </c>
-[...1 lines deleted...]
-        <v>93</v>
       </c>
       <c r="D19" t="s">
         <v>55</v>
       </c>
       <c r="E19" t="s">
         <v>46</v>
       </c>
       <c r="F19" t="s">
-        <v>89</v>
+        <v>88</v>
       </c>
       <c r="G19" t="s">
         <v>48</v>
       </c>
       <c r="H19" t="s">
         <v>49</v>
       </c>
       <c r="I19" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J19" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K19" t="s" s="5">
         <v>50</v>
       </c>
       <c r="L19" t="s" s="5">
         <v>50</v>
       </c>
       <c r="M19" t="s" s="5">
         <v>51</v>
       </c>
       <c r="N19" t="s" s="5">
         <v>51</v>
       </c>
@@ -3483,65 +3476,65 @@
       </c>
       <c r="AP19" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ19" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR19" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS19" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT19" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU19" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="20">
       <c r="A20">
         <v>19</v>
       </c>
       <c r="B20" t="s">
-        <v>94</v>
+        <v>93</v>
       </c>
       <c r="C20" t="inlineStr" s="4">
         <is>
-          <t>38061. Вивести з відділу архіву одну  посаду спеціаліста І категорії  3. Рішення вступає в дію з 02.08.2022  </t>
+          <t>ID - 3806,  1. Вивести з відділу архіву одну  посаду спеціаліста І категорії  3. Рішення вступає в дію з 02.08.2022  </t>
         </is>
       </c>
       <c r="D20" t="s">
         <v>58</v>
       </c>
       <c r="E20" t="s">
         <v>46</v>
       </c>
       <c r="F20" t="s">
-        <v>89</v>
+        <v>88</v>
       </c>
       <c r="G20" t="s">
         <v>48</v>
       </c>
       <c r="H20" t="s">
         <v>49</v>
       </c>
       <c r="I20" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J20" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K20" t="s" s="5">
         <v>50</v>
       </c>
       <c r="L20" t="s" s="5">
         <v>50</v>
       </c>
       <c r="M20" t="s" s="5">
         <v>51</v>
       </c>
       <c r="N20" t="s" s="5">
         <v>51</v>
       </c>
@@ -3626,63 +3619,63 @@
       </c>
       <c r="AP20" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ20" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR20" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS20" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT20" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU20" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="21">
       <c r="A21">
         <v>20</v>
       </c>
       <c r="B21" t="s">
+        <v>94</v>
+      </c>
+      <c r="C21" t="s" s="4">
         <v>95</v>
       </c>
-      <c r="C21" t="s" s="4">
-[...1 lines deleted...]
-      </c>
       <c r="D21" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="E21" t="s">
         <v>59</v>
       </c>
       <c r="F21" t="s">
-        <v>97</v>
+        <v>96</v>
       </c>
       <c r="G21" t="s">
         <v>48</v>
       </c>
       <c r="H21" t="s">
         <v>49</v>
       </c>
       <c r="I21" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J21" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K21" t="s" s="5">
         <v>50</v>
       </c>
       <c r="L21" t="s" s="5">
         <v>50</v>
       </c>
       <c r="M21" t="s" s="5">
         <v>51</v>
       </c>
       <c r="N21" t="s" s="5">
         <v>51</v>
       </c>
@@ -3767,65 +3760,65 @@
       </c>
       <c r="AP21" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ21" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR21" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS21" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT21" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU21" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="22">
       <c r="A22">
         <v>21</v>
       </c>
       <c r="B22" t="s">
-        <v>98</v>
+        <v>97</v>
       </c>
       <c r="C22" t="inlineStr" s="4">
         <is>
-          <t>3808Про  розроблення детального плану території з метою розташування індустріального парку в присілку Дженджерівка у с. Сілець   Червоноградської міської територіальної громади Червоноградського району Львівської області</t>
+          <t>ID - 3808,  Про  розроблення детального плану території з метою розташування індустріального парку в присілку Дженджерівка у с. Сілець   Червоноградської міської територіальної громади Червоноградського району Львівської області</t>
         </is>
       </c>
       <c r="D22" t="s">
         <v>45</v>
       </c>
       <c r="E22" t="s">
         <v>46</v>
       </c>
       <c r="F22" t="s">
-        <v>75</v>
+        <v>74</v>
       </c>
       <c r="G22" t="s">
         <v>48</v>
       </c>
       <c r="H22" t="s">
         <v>49</v>
       </c>
       <c r="I22" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J22" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K22" t="s" s="5">
         <v>50</v>
       </c>
       <c r="L22" t="s" s="5">
         <v>50</v>
       </c>
       <c r="M22" t="s" s="5">
         <v>50</v>
       </c>
       <c r="N22" t="s" s="5">
         <v>51</v>
       </c>
@@ -3910,55 +3903,55 @@
       </c>
       <c r="AP22" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ22" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR22" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS22" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT22" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU22" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="23">
       <c r="A23">
         <v>22</v>
       </c>
       <c r="B23" t="s">
-        <v>99</v>
+        <v>98</v>
       </c>
       <c r="C23" t="inlineStr" s="4">
         <is>
-          <t>3809Про  розроблення детального плану території з метою розташування індустріального парку в присілку Дженджерівка у с. Сілець   Червоноградської міської територіальної громади Червоноградського району Львівської області</t>
+          <t>ID - 3809,  Про  розроблення детального плану території з метою розташування індустріального парку в присілку Дженджерівка у с. Сілець   Червоноградської міської територіальної громади Червоноградського району Львівської області</t>
         </is>
       </c>
       <c r="D23" t="s">
         <v>45</v>
       </c>
       <c r="E23" t="s">
         <v>46</v>
       </c>
       <c r="F23" t="s">
         <v>56</v>
       </c>
       <c r="G23" t="s">
         <v>48</v>
       </c>
       <c r="H23" t="s">
         <v>49</v>
       </c>
       <c r="I23" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J23" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K23" t="s" s="5">
         <v>52</v>
@@ -4053,55 +4046,55 @@
       </c>
       <c r="AP23" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ23" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR23" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS23" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT23" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU23" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="24">
       <c r="A24">
         <v>23</v>
       </c>
       <c r="B24" t="s">
-        <v>100</v>
+        <v>99</v>
       </c>
       <c r="C24" t="inlineStr" s="4">
         <is>
-          <t>3810Про  розроблення детального плану території з метою розташування індустріального парку в присілку Дженджерівка у с. Сілець   Червоноградської міської територіальної громади Червоноградського району Львівської області</t>
+          <t>ID - 3810,  Про  розроблення детального плану території з метою розташування індустріального парку в присілку Дженджерівка у с. Сілець   Червоноградської міської територіальної громади Червоноградського району Львівської області</t>
         </is>
       </c>
       <c r="D24" t="s">
         <v>45</v>
       </c>
       <c r="E24" t="s">
         <v>46</v>
       </c>
       <c r="F24" t="s">
         <v>56</v>
       </c>
       <c r="G24" t="s">
         <v>48</v>
       </c>
       <c r="H24" t="s">
         <v>49</v>
       </c>
       <c r="I24" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J24" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K24" t="s" s="5">
         <v>50</v>
@@ -4196,55 +4189,55 @@
       </c>
       <c r="AP24" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ24" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR24" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS24" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT24" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU24" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="25">
       <c r="A25">
         <v>24</v>
       </c>
       <c r="B25" t="s">
-        <v>101</v>
+        <v>100</v>
       </c>
       <c r="C25" t="inlineStr" s="4">
         <is>
-          <t>3811Про внесення змін до рішення Червоноградської міської ради від 23.06.2022 № 1313 «Про присвоєння Червоноградській загальноосвітній школі І-ІІІ ступенів № 9 Червоноградської міської ради Львівської області ім’я</t>
+          <t>ID - 3811,  Про внесення змін до рішення Червоноградської міської ради від 23.06.2022 № 1313 «Про присвоєння Червоноградській загальноосвітній школі І-ІІІ ступенів № 9 Червоноградської міської ради Львівської області ім’я</t>
         </is>
       </c>
       <c r="D25" t="s">
         <v>45</v>
       </c>
       <c r="E25" t="s">
         <v>46</v>
       </c>
       <c r="F25" t="s">
         <v>47</v>
       </c>
       <c r="G25" t="s">
         <v>48</v>
       </c>
       <c r="H25" t="s">
         <v>49</v>
       </c>
       <c r="I25" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J25" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K25" t="s" s="5">
         <v>50</v>
@@ -4339,55 +4332,55 @@
       </c>
       <c r="AP25" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ25" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR25" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS25" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT25" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU25" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="26">
       <c r="A26">
         <v>25</v>
       </c>
       <c r="B26" t="s">
-        <v>102</v>
+        <v>101</v>
       </c>
       <c r="C26" t="inlineStr" s="4">
         <is>
-          <t>3812Про внесення змін до рішення Червоноградської міської ради від 11.06.2020 № 1655 «Про зміну типів та найменувань закладів загальної середньої освіти»</t>
+          <t>ID - 3812,  Про внесення змін до рішення Червоноградської міської ради від 11.06.2020 № 1655 «Про зміну типів та найменувань закладів загальної середньої освіти»</t>
         </is>
       </c>
       <c r="D26" t="s">
         <v>55</v>
       </c>
       <c r="E26" t="s">
         <v>46</v>
       </c>
       <c r="F26" t="s">
         <v>47</v>
       </c>
       <c r="G26" t="s">
         <v>48</v>
       </c>
       <c r="H26" t="s">
         <v>49</v>
       </c>
       <c r="I26" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J26" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K26" t="s" s="5">
         <v>50</v>
@@ -4482,55 +4475,55 @@
       </c>
       <c r="AP26" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ26" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR26" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS26" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT26" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU26" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="27">
       <c r="A27">
         <v>26</v>
       </c>
       <c r="B27" t="s">
-        <v>103</v>
+        <v>102</v>
       </c>
       <c r="C27" t="inlineStr" s="4">
         <is>
-          <t>3813.«Червоноградська загальноосвітня школа І-ІІІ ступенів мені родини Луговських Червоноградської міської ради Львівської області (код ЄДРПОУ 22339420) на Гімназія мені родини Луговських Червоноградської міської ради Львівської області.</t>
+          <t>ID - 3813,  .«Червоноградська загальноосвітня школа І-ІІІ ступенів мені родини Луговських Червоноградської міської ради Львівської області (код ЄДРПОУ 22339420) на Гімназія мені родини Луговських Червоноградської міської ради Львівської області.</t>
         </is>
       </c>
       <c r="D27" t="s">
         <v>58</v>
       </c>
       <c r="E27" t="s">
         <v>46</v>
       </c>
       <c r="F27" t="s">
         <v>47</v>
       </c>
       <c r="G27" t="s">
         <v>48</v>
       </c>
       <c r="H27" t="s">
         <v>49</v>
       </c>
       <c r="I27" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J27" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K27" t="s" s="5">
         <v>50</v>
@@ -4625,59 +4618,59 @@
       </c>
       <c r="AP27" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ27" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR27" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS27" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT27" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU27" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="28">
       <c r="A28">
         <v>27</v>
       </c>
       <c r="B28" t="s">
-        <v>104</v>
+        <v>103</v>
       </c>
       <c r="C28" t="inlineStr" s="4">
         <is>
-          <t>3814Про внесення змін до рішення Червоноградської міської ради від 11.06.2020 № 1655 «Про зміну типів та найменувань закладів загальної середньої освіти»</t>
+          <t>ID - 3814,  Про внесення змін до рішення Червоноградської міської ради від 11.06.2020 № 1655 «Про зміну типів та найменувань закладів загальної середньої освіти»</t>
         </is>
       </c>
       <c r="D28" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="E28" t="s">
         <v>46</v>
       </c>
       <c r="F28" t="s">
         <v>56</v>
       </c>
       <c r="G28" t="s">
         <v>48</v>
       </c>
       <c r="H28" t="s">
         <v>49</v>
       </c>
       <c r="I28" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J28" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K28" t="s" s="5">
         <v>50</v>
       </c>
       <c r="L28" t="s" s="5">
         <v>50</v>
       </c>
@@ -4768,65 +4761,65 @@
       </c>
       <c r="AP28" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ28" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR28" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS28" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT28" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU28" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="29">
       <c r="A29">
         <v>28</v>
       </c>
       <c r="B29" t="s">
-        <v>105</v>
+        <v>104</v>
       </c>
       <c r="C29" t="inlineStr" s="4">
         <is>
-          <t>3815Про затвердження Статутів закладів загальної середньої освіти Червоноградської міської ради Львівської області</t>
+          <t>ID - 3815,  Про затвердження Статутів закладів загальної середньої освіти Червоноградської міської ради Львівської області</t>
         </is>
       </c>
       <c r="D29" t="s">
         <v>45</v>
       </c>
       <c r="E29" t="s">
         <v>46</v>
       </c>
       <c r="F29" t="s">
-        <v>75</v>
+        <v>74</v>
       </c>
       <c r="G29" t="s">
         <v>48</v>
       </c>
       <c r="H29" t="s">
         <v>49</v>
       </c>
       <c r="I29" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J29" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K29" t="s" s="5">
         <v>50</v>
       </c>
       <c r="L29" t="s" s="5">
         <v>50</v>
       </c>
       <c r="M29" t="s" s="5">
         <v>50</v>
       </c>
       <c r="N29" t="s" s="5">
         <v>51</v>
       </c>
@@ -4911,63 +4904,63 @@
       </c>
       <c r="AP29" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ29" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR29" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS29" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT29" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU29" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="30">
       <c r="A30">
         <v>29</v>
       </c>
       <c r="B30" t="s">
+        <v>105</v>
+      </c>
+      <c r="C30" t="s" s="4">
         <v>106</v>
-      </c>
-[...1 lines deleted...]
-        <v>107</v>
       </c>
       <c r="D30" t="s">
         <v>45</v>
       </c>
       <c r="E30" t="s">
         <v>46</v>
       </c>
       <c r="F30" t="s">
-        <v>75</v>
+        <v>74</v>
       </c>
       <c r="G30" t="s">
         <v>48</v>
       </c>
       <c r="H30" t="s">
         <v>49</v>
       </c>
       <c r="I30" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J30" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K30" t="s" s="5">
         <v>50</v>
       </c>
       <c r="L30" t="s" s="5">
         <v>50</v>
       </c>
       <c r="M30" t="s" s="5">
         <v>50</v>
       </c>
       <c r="N30" t="s" s="5">
         <v>51</v>
       </c>
@@ -5052,55 +5045,55 @@
       </c>
       <c r="AP30" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ30" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR30" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS30" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT30" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU30" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="31">
       <c r="A31">
         <v>30</v>
       </c>
       <c r="B31" t="s">
-        <v>108</v>
+        <v>107</v>
       </c>
       <c r="C31" t="inlineStr" s="4">
         <is>
-          <t>3817Про  затвердження містобудівної документації  «Детальний план території з метою визначення параметрів земельної ділянки для обслуговування виробничих та складських будівель за адресою:Львівська область Червоноградський район Червоноградська міська територіальна громада с.Сілець присілок Солтиси»</t>
+          <t>ID - 3817,  Про  затвердження містобудівної документації  «Детальний план території з метою визначення параметрів земельної ділянки для обслуговування виробничих та складських будівель за адресою:Львівська область Червоноградський район Червоноградська міська територіальна громада с.Сілець присілок Солтиси»</t>
         </is>
       </c>
       <c r="D31" t="s">
         <v>45</v>
       </c>
       <c r="E31" t="s">
         <v>46</v>
       </c>
       <c r="F31" t="s">
         <v>47</v>
       </c>
       <c r="G31" t="s">
         <v>48</v>
       </c>
       <c r="H31" t="s">
         <v>49</v>
       </c>
       <c r="I31" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J31" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K31" t="s" s="5">
         <v>52</v>
@@ -5195,63 +5188,65 @@
       </c>
       <c r="AP31" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ31" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR31" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS31" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT31" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU31" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="32">
       <c r="A32">
         <v>31</v>
       </c>
       <c r="B32" t="s">
-        <v>109</v>
-[...2 lines deleted...]
-        <v>110</v>
+        <v>108</v>
+      </c>
+      <c r="C32" t="inlineStr" s="4">
+        <is>
+          <t>ID - 3818,  Про створення комунального закладу Червоноградської міської ради «Будинок воїна»</t>
+        </is>
       </c>
       <c r="D32" t="s">
         <v>45</v>
       </c>
       <c r="E32" t="s">
         <v>46</v>
       </c>
       <c r="F32" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="G32" t="s">
         <v>48</v>
       </c>
       <c r="H32" t="s">
         <v>49</v>
       </c>
       <c r="I32" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J32" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K32" t="s" s="5">
         <v>50</v>
       </c>
       <c r="L32" t="s" s="5">
         <v>50</v>
       </c>
       <c r="M32" t="s" s="5">
         <v>50</v>
       </c>
       <c r="N32" t="s" s="5">
         <v>51</v>
       </c>
@@ -5336,63 +5331,63 @@
       </c>
       <c r="AP32" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ32" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR32" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS32" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT32" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU32" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="33">
       <c r="A33">
         <v>32</v>
       </c>
       <c r="B33" t="s">
-        <v>111</v>
+        <v>109</v>
       </c>
       <c r="C33" t="s" s="4">
-        <v>112</v>
+        <v>110</v>
       </c>
       <c r="D33" t="s">
         <v>45</v>
       </c>
       <c r="E33" t="s">
         <v>46</v>
       </c>
       <c r="F33" t="s">
-        <v>75</v>
+        <v>74</v>
       </c>
       <c r="G33" t="s">
         <v>48</v>
       </c>
       <c r="H33" t="s">
         <v>49</v>
       </c>
       <c r="I33" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J33" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K33" t="s" s="5">
         <v>50</v>
       </c>
       <c r="L33" t="s" s="5">
         <v>50</v>
       </c>
       <c r="M33" t="s" s="5">
         <v>50</v>
       </c>
       <c r="N33" t="s" s="5">
         <v>51</v>
       </c>
@@ -5477,54 +5472,54 @@
       </c>
       <c r="AP33" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ33" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR33" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS33" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT33" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU33" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="34">
       <c r="A34">
         <v>33</v>
       </c>
       <c r="B34" t="s">
-        <v>113</v>
+        <v>111</v>
       </c>
       <c r="C34" t="s" s="4">
-        <v>114</v>
+        <v>112</v>
       </c>
       <c r="D34" t="s">
         <v>45</v>
       </c>
       <c r="E34" t="s">
         <v>46</v>
       </c>
       <c r="F34" t="s">
         <v>56</v>
       </c>
       <c r="G34" t="s">
         <v>48</v>
       </c>
       <c r="H34" t="s">
         <v>49</v>
       </c>
       <c r="I34" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J34" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K34" t="s" s="5">
         <v>50</v>
       </c>
@@ -5618,63 +5613,63 @@
       </c>
       <c r="AP34" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ34" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR34" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS34" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT34" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU34" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="35">
       <c r="A35">
         <v>34</v>
       </c>
       <c r="B35" t="s">
-        <v>115</v>
+        <v>113</v>
       </c>
       <c r="C35" t="s" s="4">
-        <v>116</v>
+        <v>114</v>
       </c>
       <c r="D35" t="s">
         <v>45</v>
       </c>
       <c r="E35" t="s">
         <v>46</v>
       </c>
       <c r="F35" t="s">
-        <v>75</v>
+        <v>74</v>
       </c>
       <c r="G35" t="s">
         <v>48</v>
       </c>
       <c r="H35" t="s">
         <v>49</v>
       </c>
       <c r="I35" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J35" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K35" t="s" s="5">
         <v>50</v>
       </c>
       <c r="L35" t="s" s="5">
         <v>50</v>
       </c>
       <c r="M35" t="s" s="5">
         <v>50</v>
       </c>
       <c r="N35" t="s" s="5">
         <v>51</v>
       </c>
@@ -5759,55 +5754,55 @@
       </c>
       <c r="AP35" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ35" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR35" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS35" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT35" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU35" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="36">
       <c r="A36">
         <v>35</v>
       </c>
       <c r="B36" t="s">
-        <v>117</v>
+        <v>115</v>
       </c>
       <c r="C36" t="inlineStr" s="4">
         <is>
-          <t>3822Про внесення змiн до рiшення від 24.06.2021року №572 Червоноградської мiської ради     «Про затвердження Положення про порядок передачі в оренду майна, яке належить до комунальної власності територіальної громади Червоноградської міської ради»</t>
+          <t>ID - 3822,  Про внесення змiн до рiшення від 24.06.2021року №572 Червоноградської мiської ради     «Про затвердження Положення про порядок передачі в оренду майна, яке належить до комунальної власності територіальної громади Червоноградської міської ради»</t>
         </is>
       </c>
       <c r="D36" t="s">
         <v>55</v>
       </c>
       <c r="E36" t="s">
         <v>46</v>
       </c>
       <c r="F36" t="s">
         <v>47</v>
       </c>
       <c r="G36" t="s">
         <v>48</v>
       </c>
       <c r="H36" t="s">
         <v>49</v>
       </c>
       <c r="I36" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J36" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K36" t="s" s="5">
         <v>50</v>
@@ -5902,63 +5897,63 @@
       </c>
       <c r="AP36" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ36" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR36" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS36" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT36" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU36" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="37">
       <c r="A37">
         <v>36</v>
       </c>
       <c r="B37" t="s">
-        <v>118</v>
+        <v>116</v>
       </c>
       <c r="C37" t="s" s="4">
-        <v>119</v>
+        <v>117</v>
       </c>
       <c r="D37" t="s">
         <v>58</v>
       </c>
       <c r="E37" t="s">
         <v>46</v>
       </c>
       <c r="F37" t="s">
-        <v>71</v>
+        <v>70</v>
       </c>
       <c r="G37" t="s">
         <v>48</v>
       </c>
       <c r="H37" t="s">
         <v>49</v>
       </c>
       <c r="I37" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J37" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K37" t="s" s="5">
         <v>50</v>
       </c>
       <c r="L37" t="s" s="5">
         <v>50</v>
       </c>
       <c r="M37" t="s" s="5">
         <v>52</v>
       </c>
       <c r="N37" t="s" s="5">
         <v>51</v>
       </c>
@@ -6043,59 +6038,59 @@
       </c>
       <c r="AP37" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ37" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR37" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS37" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT37" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU37" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="38">
       <c r="A38">
         <v>37</v>
       </c>
       <c r="B38" t="s">
-        <v>120</v>
+        <v>118</v>
       </c>
       <c r="C38" t="inlineStr" s="4">
         <is>
-          <t>3824Про внесення змiн до рiшення від 24.06.2021року №572 Червоноградської мiської ради     «Про затвердження Положення про порядок передачі в оренду майна, яке належить до комунальної власності територіальної громади Червоноградської міської ради»</t>
+          <t>ID - 3824,  Про внесення змiн до рiшення від 24.06.2021року №572 Червоноградської мiської ради     «Про затвердження Положення про порядок передачі в оренду майна, яке належить до комунальної власності територіальної громади Червоноградської міської ради»</t>
         </is>
       </c>
       <c r="D38" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="E38" t="s">
         <v>46</v>
       </c>
       <c r="F38" t="s">
         <v>47</v>
       </c>
       <c r="G38" t="s">
         <v>48</v>
       </c>
       <c r="H38" t="s">
         <v>49</v>
       </c>
       <c r="I38" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J38" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K38" t="s" s="5">
         <v>50</v>
       </c>
       <c r="L38" t="s" s="5">
         <v>50</v>
       </c>
@@ -6186,54 +6181,54 @@
       </c>
       <c r="AP38" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ38" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR38" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS38" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT38" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU38" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="39">
       <c r="A39">
         <v>38</v>
       </c>
       <c r="B39" t="s">
-        <v>121</v>
+        <v>119</v>
       </c>
       <c r="C39" t="s" s="4">
-        <v>122</v>
+        <v>120</v>
       </c>
       <c r="D39" t="s">
         <v>45</v>
       </c>
       <c r="E39" t="s">
         <v>46</v>
       </c>
       <c r="F39" t="s">
         <v>47</v>
       </c>
       <c r="G39" t="s">
         <v>48</v>
       </c>
       <c r="H39" t="s">
         <v>49</v>
       </c>
       <c r="I39" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J39" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K39" t="s" s="5">
         <v>50</v>
       </c>
@@ -6327,65 +6322,65 @@
       </c>
       <c r="AP39" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ39" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR39" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS39" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT39" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU39" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="40">
       <c r="A40">
         <v>39</v>
       </c>
       <c r="B40" t="s">
-        <v>123</v>
+        <v>121</v>
       </c>
       <c r="C40" t="inlineStr" s="4">
         <is>
-          <t>3826Про внесення змін до рішення Червоноградської міської ради від 05.08.2021року №670 «Про затвердження Переліку другого типу об’єктів  комунальної  власності Червоноградської територіальної громади , щодо яких прийнято рішення про передачу в оренду без проведення аукціону»</t>
+          <t>ID - 3826,  Про внесення змін до рішення Червоноградської міської ради від 05.08.2021року №670 «Про затвердження Переліку другого типу об’єктів  комунальної  власності Червоноградської територіальної громади , щодо яких прийнято рішення про передачу в оренду без проведення аукціону»</t>
         </is>
       </c>
       <c r="D40" t="s">
         <v>45</v>
       </c>
       <c r="E40" t="s">
         <v>46</v>
       </c>
       <c r="F40" t="s">
-        <v>71</v>
+        <v>70</v>
       </c>
       <c r="G40" t="s">
         <v>48</v>
       </c>
       <c r="H40" t="s">
         <v>49</v>
       </c>
       <c r="I40" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J40" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K40" t="s" s="5">
         <v>50</v>
       </c>
       <c r="L40" t="s" s="5">
         <v>50</v>
       </c>
       <c r="M40" t="s" s="5">
         <v>52</v>
       </c>
       <c r="N40" t="s" s="5">
         <v>51</v>
       </c>
@@ -6470,65 +6465,65 @@
       </c>
       <c r="AP40" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ40" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR40" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS40" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT40" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU40" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="41">
       <c r="A41">
         <v>40</v>
       </c>
       <c r="B41" t="s">
-        <v>124</v>
+        <v>122</v>
       </c>
       <c r="C41" t="inlineStr" s="4">
         <is>
-          <t>3827Про безоплатну  передачу основних засобів з балансу КП «Школяр» на баланс відділу освіти Червоноградської міської ради</t>
+          <t>ID - 3827,  Про безоплатну  передачу основних засобів з балансу КП «Школяр» на баланс відділу освіти Червоноградської міської ради</t>
         </is>
       </c>
       <c r="D41" t="s">
         <v>45</v>
       </c>
       <c r="E41" t="s">
         <v>46</v>
       </c>
       <c r="F41" t="s">
-        <v>71</v>
+        <v>70</v>
       </c>
       <c r="G41" t="s">
         <v>48</v>
       </c>
       <c r="H41" t="s">
         <v>49</v>
       </c>
       <c r="I41" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J41" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K41" t="s" s="5">
         <v>50</v>
       </c>
       <c r="L41" t="s" s="5">
         <v>50</v>
       </c>
       <c r="M41" t="s" s="5">
         <v>50</v>
       </c>
       <c r="N41" t="s" s="5">
         <v>51</v>
       </c>
@@ -6613,63 +6608,63 @@
       </c>
       <c r="AP41" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ41" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR41" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS41" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT41" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU41" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="42">
       <c r="A42">
         <v>41</v>
       </c>
       <c r="B42" t="s">
-        <v>125</v>
+        <v>123</v>
       </c>
       <c r="C42" t="s" s="4">
-        <v>126</v>
+        <v>124</v>
       </c>
       <c r="D42" t="s">
         <v>45</v>
       </c>
       <c r="E42" t="s">
         <v>46</v>
       </c>
       <c r="F42" t="s">
-        <v>71</v>
+        <v>70</v>
       </c>
       <c r="G42" t="s">
         <v>48</v>
       </c>
       <c r="H42" t="s">
         <v>49</v>
       </c>
       <c r="I42" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J42" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K42" t="s" s="5">
         <v>50</v>
       </c>
       <c r="L42" t="s" s="5">
         <v>50</v>
       </c>
       <c r="M42" t="s" s="5">
         <v>50</v>
       </c>
       <c r="N42" t="s" s="5">
         <v>51</v>
       </c>
@@ -6754,55 +6749,55 @@
       </c>
       <c r="AP42" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ42" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR42" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS42" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT42" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU42" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="43">
       <c r="A43">
         <v>42</v>
       </c>
       <c r="B43" t="s">
-        <v>127</v>
+        <v>125</v>
       </c>
       <c r="C43" t="inlineStr" s="4">
         <is>
-          <t>3829Про затвердження Правил благоустрою територій населених пунктів Червоноградської міської територіальної  громади</t>
+          <t>ID - 3829,  Про затвердження Правил благоустрою територій населених пунктів Червоноградської міської територіальної  громади</t>
         </is>
       </c>
       <c r="D43" t="s">
         <v>45</v>
       </c>
       <c r="E43" t="s">
         <v>46</v>
       </c>
       <c r="F43" t="s">
         <v>56</v>
       </c>
       <c r="G43" t="s">
         <v>48</v>
       </c>
       <c r="H43" t="s">
         <v>49</v>
       </c>
       <c r="I43" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J43" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K43" t="s" s="5">
         <v>50</v>
@@ -6897,65 +6892,65 @@
       </c>
       <c r="AP43" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ43" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR43" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS43" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT43" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU43" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="44">
       <c r="A44">
         <v>43</v>
       </c>
       <c r="B44" t="s">
-        <v>128</v>
+        <v>126</v>
       </c>
       <c r="C44" t="inlineStr" s="4">
         <is>
-          <t>3830Про надання згоди на безкоштовну передачу від ТзОВ «СОКМЕ» у власність  Червоноградської територіальної громади  незавершеного будівництва каналізаційної-насосної станції з подальшою передачею комунальному підприємству «Червоноградводоканал»</t>
+          <t>ID - 3830,  Про надання згоди на безкоштовну передачу від ТзОВ «СОКМЕ» у власність  Червоноградської територіальної громади  незавершеного будівництва каналізаційної-насосної станції з подальшою передачею комунальному підприємству «Червоноградводоканал»</t>
         </is>
       </c>
       <c r="D44" t="s">
         <v>45</v>
       </c>
       <c r="E44" t="s">
         <v>46</v>
       </c>
       <c r="F44" t="s">
-        <v>89</v>
+        <v>88</v>
       </c>
       <c r="G44" t="s">
         <v>48</v>
       </c>
       <c r="H44" t="s">
         <v>49</v>
       </c>
       <c r="I44" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J44" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K44" t="s" s="5">
         <v>50</v>
       </c>
       <c r="L44" t="s" s="5">
         <v>50</v>
       </c>
       <c r="M44" t="s" s="5">
         <v>52</v>
       </c>
       <c r="N44" t="s" s="5">
         <v>51</v>
       </c>
@@ -7040,55 +7035,55 @@
       </c>
       <c r="AP44" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ44" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR44" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS44" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT44" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU44" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="45">
       <c r="A45">
         <v>44</v>
       </c>
       <c r="B45" t="s">
-        <v>129</v>
+        <v>127</v>
       </c>
       <c r="C45" t="inlineStr" s="4">
         <is>
-          <t>3831Про внесення змін до рішення Червоноградської міської ради Червоноградського району від 25.05.2021р. № 495 «Про надання згоди на безоплатну передачу  у  комунальну     власність  Червоноградської міської   територіальної  громади суміщеного   моста через річку Західний Буг від ВП ВТУ ДП «Львіввугілля»</t>
+          <t>ID - 3831,  Про внесення змін до рішення Червоноградської міської ради Червоноградського району від 25.05.2021р. № 495 «Про надання згоди на безоплатну передачу  у  комунальну     власність  Червоноградської міської   територіальної  громади суміщеного   моста через річку Західний Буг від ВП ВТУ ДП «Львіввугілля»</t>
         </is>
       </c>
       <c r="D45" t="s">
         <v>45</v>
       </c>
       <c r="E45" t="s">
         <v>46</v>
       </c>
       <c r="F45" t="s">
         <v>56</v>
       </c>
       <c r="G45" t="s">
         <v>48</v>
       </c>
       <c r="H45" t="s">
         <v>49</v>
       </c>
       <c r="I45" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J45" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K45" t="s" s="5">
         <v>50</v>
@@ -7183,65 +7178,65 @@
       </c>
       <c r="AP45" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ45" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR45" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS45" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT45" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU45" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="46">
       <c r="A46">
         <v>45</v>
       </c>
       <c r="B46" t="s">
-        <v>130</v>
+        <v>128</v>
       </c>
       <c r="C46" t="inlineStr" s="4">
         <is>
-          <t>3832Про внесення змiн в схему теплопостачання смт. Гiрник, затверджену рiшенням Червоноградської мiської ради вiд 23.05.2012 № 274 «Про затвердження оптимiзованої схеми перспективного розвитку теплопостачання смт. Гiрник»</t>
+          <t>ID - 3832,  Про внесення змiн в схему теплопостачання смт. Гiрник, затверджену рiшенням Червоноградської мiської ради вiд 23.05.2012 № 274 «Про затвердження оптимiзованої схеми перспективного розвитку теплопостачання смт. Гiрник»</t>
         </is>
       </c>
       <c r="D46" t="s">
         <v>45</v>
       </c>
       <c r="E46" t="s">
         <v>46</v>
       </c>
       <c r="F46" t="s">
-        <v>89</v>
+        <v>88</v>
       </c>
       <c r="G46" t="s">
         <v>48</v>
       </c>
       <c r="H46" t="s">
         <v>49</v>
       </c>
       <c r="I46" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J46" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K46" t="s" s="5">
         <v>50</v>
       </c>
       <c r="L46" t="s" s="5">
         <v>50</v>
       </c>
       <c r="M46" t="s" s="5">
         <v>52</v>
       </c>
       <c r="N46" t="s" s="5">
         <v>51</v>
       </c>
@@ -7326,65 +7321,65 @@
       </c>
       <c r="AP46" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ46" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR46" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS46" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT46" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU46" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="47">
       <c r="A47">
         <v>46</v>
       </c>
       <c r="B47" t="s">
-        <v>131</v>
+        <v>129</v>
       </c>
       <c r="C47" t="inlineStr" s="4">
         <is>
-          <t>3833Про внесення змiн в схему теплопостачання м. Соснівки, затверджену рiшенням Соснівської мiської ради вiд 26.07.2012 № 157 «Про затвердження оптимiзованої схеми теплопостачання м. Соснівки»</t>
+          <t>ID - 3833,  Про внесення змiн в схему теплопостачання м. Соснівки, затверджену рiшенням Соснівської мiської ради вiд 26.07.2012 № 157 «Про затвердження оптимiзованої схеми теплопостачання м. Соснівки»</t>
         </is>
       </c>
       <c r="D47" t="s">
         <v>45</v>
       </c>
       <c r="E47" t="s">
         <v>46</v>
       </c>
       <c r="F47" t="s">
-        <v>89</v>
+        <v>88</v>
       </c>
       <c r="G47" t="s">
         <v>48</v>
       </c>
       <c r="H47" t="s">
         <v>49</v>
       </c>
       <c r="I47" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J47" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K47" t="s" s="5">
         <v>50</v>
       </c>
       <c r="L47" t="s" s="5">
         <v>50</v>
       </c>
       <c r="M47" t="s" s="5">
         <v>52</v>
       </c>
       <c r="N47" t="s" s="5">
         <v>51</v>
       </c>
@@ -7469,65 +7464,65 @@
       </c>
       <c r="AP47" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ47" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR47" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS47" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT47" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU47" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="48">
       <c r="A48">
         <v>47</v>
       </c>
       <c r="B48" t="s">
-        <v>132</v>
+        <v>130</v>
       </c>
       <c r="C48" t="inlineStr" s="4">
         <is>
-          <t>3834Про внесення змiн в схему теплопостачання м. Червонограда, затверджену рiшенням Червоноградської мiської ради вiд 23.05.2012 № 273 «Про затвердження оптимi-зованої схеми перспективного розвитку теплопостачання мiста Червонограда»</t>
+          <t>ID - 3834,  Про внесення змiн в схему теплопостачання м. Червонограда, затверджену рiшенням Червоноградської мiської ради вiд 23.05.2012 № 273 «Про затвердження оптимi-зованої схеми перспективного розвитку теплопостачання мiста Червонограда»</t>
         </is>
       </c>
       <c r="D48" t="s">
         <v>45</v>
       </c>
       <c r="E48" t="s">
         <v>46</v>
       </c>
       <c r="F48" t="s">
-        <v>89</v>
+        <v>88</v>
       </c>
       <c r="G48" t="s">
         <v>48</v>
       </c>
       <c r="H48" t="s">
         <v>49</v>
       </c>
       <c r="I48" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J48" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K48" t="s" s="5">
         <v>52</v>
       </c>
       <c r="L48" t="s" s="5">
         <v>50</v>
       </c>
       <c r="M48" t="s" s="5">
         <v>52</v>
       </c>
       <c r="N48" t="s" s="5">
         <v>51</v>
       </c>
@@ -7612,65 +7607,65 @@
       </c>
       <c r="AP48" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ48" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR48" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS48" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT48" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU48" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="49">
       <c r="A49">
         <v>48</v>
       </c>
       <c r="B49" t="s">
-        <v>133</v>
+        <v>131</v>
       </c>
       <c r="C49" t="inlineStr" s="4">
         <is>
-          <t>3835Про безоплатну передачу із комунальної власності   територіальної громади   м. Червонограда футбольного поля  по вул. Героїв Майдану,12б у м. Червонограді у власність  Української Греко-Католицької  Церкви  Пресвятої Богородиці Владичиці України</t>
+          <t>ID - 3835,  Про безоплатну передачу із комунальної власності   територіальної громади   м. Червонограда футбольного поля  по вул. Героїв Майдану,12б у м. Червонограді у власність  Української Греко-Католицької  Церкви  Пресвятої Богородиці Владичиці України</t>
         </is>
       </c>
       <c r="D49" t="s">
         <v>45</v>
       </c>
       <c r="E49" t="s">
         <v>46</v>
       </c>
       <c r="F49" t="s">
-        <v>71</v>
+        <v>70</v>
       </c>
       <c r="G49" t="s">
         <v>48</v>
       </c>
       <c r="H49" t="s">
         <v>49</v>
       </c>
       <c r="I49" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J49" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K49" t="s" s="5">
         <v>50</v>
       </c>
       <c r="L49" t="s" s="5">
         <v>50</v>
       </c>
       <c r="M49" t="s" s="5">
         <v>50</v>
       </c>
       <c r="N49" t="s" s="5">
         <v>51</v>
       </c>
@@ -7755,65 +7750,65 @@
       </c>
       <c r="AP49" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ49" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR49" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS49" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT49" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU49" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="50">
       <c r="A50">
         <v>49</v>
       </c>
       <c r="B50" t="s">
-        <v>134</v>
+        <v>132</v>
       </c>
       <c r="C50" t="inlineStr" s="4">
         <is>
-          <t>3836Про безоплатну  передачу основних засобів з балансу КП «Соснівкажитлокомунсервіс» на баланс КП «Комунальник»</t>
+          <t>ID - 3836,  Про безоплатну  передачу основних засобів з балансу КП «Соснівкажитлокомунсервіс» на баланс КП «Комунальник»</t>
         </is>
       </c>
       <c r="D50" t="s">
         <v>55</v>
       </c>
       <c r="E50" t="s">
         <v>46</v>
       </c>
       <c r="F50" t="s">
-        <v>89</v>
+        <v>88</v>
       </c>
       <c r="G50" t="s">
         <v>48</v>
       </c>
       <c r="H50" t="s">
         <v>49</v>
       </c>
       <c r="I50" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J50" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K50" t="s" s="5">
         <v>50</v>
       </c>
       <c r="L50" t="s" s="5">
         <v>50</v>
       </c>
       <c r="M50" t="s" s="5">
         <v>50</v>
       </c>
       <c r="N50" t="s" s="5">
         <v>51</v>
       </c>
@@ -7898,65 +7893,65 @@
       </c>
       <c r="AP50" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ50" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR50" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS50" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT50" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU50" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="51">
       <c r="A51">
         <v>50</v>
       </c>
       <c r="B51" t="s">
-        <v>135</v>
+        <v>133</v>
       </c>
       <c r="C51" t="inlineStr" s="4">
         <is>
-          <t>3837Долучити Додаток №2 `сміттєвоз` Змінити назву ` Про безоплатну  передачу основних засобів з балансу КП «Соснівкажитлокомунсервіс»` </t>
+          <t>ID - 3837,  Долучити Додаток №2 `сміттєвоз` Змінити назву ` Про безоплатну  передачу основних засобів з балансу КП «Соснівкажитлокомунсервіс»` </t>
         </is>
       </c>
       <c r="D51" t="s">
         <v>58</v>
       </c>
       <c r="E51" t="s">
         <v>46</v>
       </c>
       <c r="F51" t="s">
-        <v>71</v>
+        <v>70</v>
       </c>
       <c r="G51" t="s">
         <v>48</v>
       </c>
       <c r="H51" t="s">
         <v>49</v>
       </c>
       <c r="I51" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J51" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K51" t="s" s="5">
         <v>50</v>
       </c>
       <c r="L51" t="s" s="5">
         <v>50</v>
       </c>
       <c r="M51" t="s" s="5">
         <v>50</v>
       </c>
       <c r="N51" t="s" s="5">
         <v>51</v>
       </c>
@@ -8041,65 +8036,65 @@
       </c>
       <c r="AP51" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ51" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR51" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS51" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT51" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU51" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="52">
       <c r="A52">
         <v>51</v>
       </c>
       <c r="B52" t="s">
-        <v>136</v>
+        <v>134</v>
       </c>
       <c r="C52" t="inlineStr" s="4">
         <is>
-          <t>3838Про безоплатну  передачу основних засобів з балансу КП «Соснівкажитлокомунсервіс» на баланс КП «Комунальник»</t>
+          <t>ID - 3838,  Про безоплатну  передачу основних засобів з балансу КП «Соснівкажитлокомунсервіс» на баланс КП «Комунальник»</t>
         </is>
       </c>
       <c r="D52" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="E52" t="s">
         <v>46</v>
       </c>
       <c r="F52" t="s">
-        <v>71</v>
+        <v>70</v>
       </c>
       <c r="G52" t="s">
         <v>48</v>
       </c>
       <c r="H52" t="s">
         <v>49</v>
       </c>
       <c r="I52" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J52" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K52" t="s" s="5">
         <v>50</v>
       </c>
       <c r="L52" t="s" s="5">
         <v>50</v>
       </c>
       <c r="M52" t="s" s="5">
         <v>50</v>
       </c>
       <c r="N52" t="s" s="5">
         <v>51</v>
       </c>
@@ -8184,55 +8179,55 @@
       </c>
       <c r="AP52" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ52" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR52" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS52" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT52" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU52" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="53">
       <c r="A53">
         <v>52</v>
       </c>
       <c r="B53" t="s">
-        <v>137</v>
+        <v>135</v>
       </c>
       <c r="C53" t="inlineStr" s="4">
         <is>
-          <t>3839Про надання дозволу   комунальному пiдприємству «Червонограджитлокомунсервіс» на отримання кредиту</t>
+          <t>ID - 3839,  Про надання дозволу   комунальному пiдприємству «Червонограджитлокомунсервіс» на отримання кредиту</t>
         </is>
       </c>
       <c r="D53" t="s">
         <v>45</v>
       </c>
       <c r="E53" t="s">
         <v>46</v>
       </c>
       <c r="F53" t="s">
         <v>47</v>
       </c>
       <c r="G53" t="s">
         <v>48</v>
       </c>
       <c r="H53" t="s">
         <v>49</v>
       </c>
       <c r="I53" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J53" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K53" t="s" s="5">
         <v>50</v>
@@ -8327,55 +8322,55 @@
       </c>
       <c r="AP53" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ53" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR53" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS53" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT53" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU53" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="54">
       <c r="A54">
         <v>53</v>
       </c>
       <c r="B54" t="s">
-        <v>138</v>
+        <v>136</v>
       </c>
       <c r="C54" t="inlineStr" s="4">
         <is>
-          <t>3840Про присвоєння звання «Почесний громадянин  Червоноградської міської територіальної громади»</t>
+          <t>ID - 3840,  Про присвоєння звання «Почесний громадянин  Червоноградської міської територіальної громади»</t>
         </is>
       </c>
       <c r="D54" t="s">
         <v>45</v>
       </c>
       <c r="E54" t="s">
         <v>46</v>
       </c>
       <c r="F54" t="s">
         <v>47</v>
       </c>
       <c r="G54" t="s">
         <v>48</v>
       </c>
       <c r="H54" t="s">
         <v>49</v>
       </c>
       <c r="I54" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J54" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K54" t="s" s="5">
         <v>50</v>
@@ -8470,54 +8465,56 @@
       </c>
       <c r="AP54" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ54" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR54" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS54" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT54" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU54" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="55">
       <c r="A55">
         <v>54</v>
       </c>
       <c r="B55" t="s">
-        <v>139</v>
-[...2 lines deleted...]
-        <v>140</v>
+        <v>137</v>
+      </c>
+      <c r="C55" t="inlineStr" s="4">
+        <is>
+          <t>ID - 3841,  Про резервування земельних ділянок для створення індустріального парку в с. Сілець</t>
+        </is>
       </c>
       <c r="D55" t="s">
         <v>45</v>
       </c>
       <c r="E55" t="s">
         <v>46</v>
       </c>
       <c r="F55" t="s">
         <v>47</v>
       </c>
       <c r="G55" t="s">
         <v>48</v>
       </c>
       <c r="H55" t="s">
         <v>49</v>
       </c>
       <c r="I55" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J55" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K55" t="s" s="5">
         <v>50</v>
       </c>
@@ -8611,54 +8608,54 @@
       </c>
       <c r="AP55" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ55" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR55" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS55" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT55" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU55" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="56">
       <c r="A56">
         <v>55</v>
       </c>
       <c r="B56" t="s">
-        <v>141</v>
+        <v>138</v>
       </c>
       <c r="C56" t="s" s="4">
-        <v>142</v>
+        <v>139</v>
       </c>
       <c r="D56" t="s">
         <v>45</v>
       </c>
       <c r="E56" t="s">
         <v>46</v>
       </c>
       <c r="F56" t="s">
         <v>47</v>
       </c>
       <c r="G56" t="s">
         <v>48</v>
       </c>
       <c r="H56" t="s">
         <v>49</v>
       </c>
       <c r="I56" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J56" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K56" t="s" s="5">
         <v>50</v>
       </c>
@@ -8752,54 +8749,54 @@
       </c>
       <c r="AP56" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ56" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR56" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS56" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT56" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU56" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="57">
       <c r="A57">
         <v>56</v>
       </c>
       <c r="B57" t="s">
-        <v>143</v>
+        <v>140</v>
       </c>
       <c r="C57" t="s" s="4">
-        <v>144</v>
+        <v>141</v>
       </c>
       <c r="D57" t="s">
         <v>45</v>
       </c>
       <c r="E57" t="s">
         <v>46</v>
       </c>
       <c r="F57" t="s">
         <v>56</v>
       </c>
       <c r="G57" t="s">
         <v>48</v>
       </c>
       <c r="H57" t="s">
         <v>49</v>
       </c>
       <c r="I57" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J57" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K57" t="s" s="5">
         <v>52</v>
       </c>
@@ -8893,55 +8890,55 @@
       </c>
       <c r="AP57" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ57" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR57" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS57" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT57" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU57" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="58">
       <c r="A58">
         <v>57</v>
       </c>
       <c r="B58" t="s">
-        <v>145</v>
+        <v>142</v>
       </c>
       <c r="C58" t="inlineStr" s="4">
         <is>
-          <t>3844Про розгляд клопотання релігійної організації  «Релігійна громада Української Греко – Католицької Церкви парафії святого Василія Великого в с. Межиріччя Сокальського району Львівської облас</t>
+          <t>ID - 3844,  Про розгляд клопотання релігійної організації  «Релігійна громада Української Греко – Католицької Церкви парафії святого Василія Великого в с. Межиріччя Сокальського району Львівської облас</t>
         </is>
       </c>
       <c r="D58" t="s">
         <v>45</v>
       </c>
       <c r="E58" t="s">
         <v>46</v>
       </c>
       <c r="F58" t="s">
         <v>47</v>
       </c>
       <c r="G58" t="s">
         <v>48</v>
       </c>
       <c r="H58" t="s">
         <v>49</v>
       </c>
       <c r="I58" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J58" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K58" t="s" s="5">
         <v>50</v>
@@ -9036,63 +9033,63 @@
       </c>
       <c r="AP58" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ58" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR58" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS58" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT58" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU58" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="59">
       <c r="A59">
         <v>58</v>
       </c>
       <c r="B59" t="s">
-        <v>146</v>
+        <v>143</v>
       </c>
       <c r="C59" t="s" s="4">
-        <v>147</v>
+        <v>144</v>
       </c>
       <c r="D59" t="s">
         <v>45</v>
       </c>
       <c r="E59" t="s">
         <v>46</v>
       </c>
       <c r="F59" t="s">
-        <v>89</v>
+        <v>88</v>
       </c>
       <c r="G59" t="s">
         <v>48</v>
       </c>
       <c r="H59" t="s">
         <v>49</v>
       </c>
       <c r="I59" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J59" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K59" t="s" s="5">
         <v>50</v>
       </c>
       <c r="L59" t="s" s="5">
         <v>52</v>
       </c>
       <c r="M59" t="s" s="5">
         <v>50</v>
       </c>
       <c r="N59" t="s" s="5">
         <v>51</v>
       </c>
@@ -9177,65 +9174,65 @@
       </c>
       <c r="AP59" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ59" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR59" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS59" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT59" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU59" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="60">
       <c r="A60">
         <v>59</v>
       </c>
       <c r="B60" t="s">
-        <v>148</v>
+        <v>145</v>
       </c>
       <c r="C60" t="inlineStr" s="4">
         <is>
-          <t>3846Про розгляд клопотання Оданчук Марії Степанівни, ФОП Золочівської Олесі Богданівни, приватного підприємства виробничої комерційної фірми «Скайінвест»</t>
+          <t>ID - 3846,  Про розгляд клопотання Оданчук Марії Степанівни, ФОП Золочівської Олесі Богданівни, приватного підприємства виробничої комерційної фірми «Скайінвест»</t>
         </is>
       </c>
       <c r="D60" t="s">
         <v>55</v>
       </c>
       <c r="E60" t="s">
         <v>46</v>
       </c>
       <c r="F60" t="s">
-        <v>75</v>
+        <v>74</v>
       </c>
       <c r="G60" t="s">
         <v>48</v>
       </c>
       <c r="H60" t="s">
         <v>49</v>
       </c>
       <c r="I60" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J60" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K60" t="s" s="5">
         <v>50</v>
       </c>
       <c r="L60" t="s" s="5">
         <v>50</v>
       </c>
       <c r="M60" t="s" s="5">
         <v>50</v>
       </c>
       <c r="N60" t="s" s="5">
         <v>51</v>
       </c>
@@ -9320,54 +9317,54 @@
       </c>
       <c r="AP60" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ60" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR60" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS60" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT60" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU60" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="61">
       <c r="A61">
         <v>60</v>
       </c>
       <c r="B61" t="s">
-        <v>149</v>
+        <v>146</v>
       </c>
       <c r="C61" t="s" s="4">
-        <v>150</v>
+        <v>147</v>
       </c>
       <c r="D61" t="s">
         <v>58</v>
       </c>
       <c r="E61" t="s">
         <v>46</v>
       </c>
       <c r="F61" t="s">
         <v>56</v>
       </c>
       <c r="G61" t="s">
         <v>48</v>
       </c>
       <c r="H61" t="s">
         <v>49</v>
       </c>
       <c r="I61" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J61" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K61" t="s" s="5">
         <v>50</v>
       </c>
@@ -9461,59 +9458,59 @@
       </c>
       <c r="AP61" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ61" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR61" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS61" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT61" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU61" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="62">
       <c r="A62">
         <v>61</v>
       </c>
       <c r="B62" t="s">
-        <v>151</v>
+        <v>148</v>
       </c>
       <c r="C62" t="inlineStr" s="4">
         <is>
-          <t>3848Про розгляд клопотання Оданчук Марії Степанівни, ФОП Золочівської Олесі Богданівни, приватного підприємства виробничої комерційної фірми «Скайінвест»</t>
+          <t>ID - 3848,  Про розгляд клопотання Оданчук Марії Степанівни, ФОП Золочівської Олесі Богданівни, приватного підприємства виробничої комерційної фірми «Скайінвест»</t>
         </is>
       </c>
       <c r="D62" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="E62" t="s">
         <v>46</v>
       </c>
       <c r="F62" t="s">
         <v>47</v>
       </c>
       <c r="G62" t="s">
         <v>48</v>
       </c>
       <c r="H62" t="s">
         <v>49</v>
       </c>
       <c r="I62" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J62" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K62" t="s" s="5">
         <v>50</v>
       </c>
       <c r="L62" t="s" s="5">
         <v>50</v>
       </c>
@@ -9604,54 +9601,54 @@
       </c>
       <c r="AP62" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ62" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR62" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS62" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT62" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU62" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="63">
       <c r="A63">
         <v>62</v>
       </c>
       <c r="B63" t="s">
-        <v>152</v>
+        <v>149</v>
       </c>
       <c r="C63" t="s" s="4">
-        <v>153</v>
+        <v>150</v>
       </c>
       <c r="D63" t="s">
         <v>45</v>
       </c>
       <c r="E63" t="s">
         <v>46</v>
       </c>
       <c r="F63" t="s">
         <v>47</v>
       </c>
       <c r="G63" t="s">
         <v>48</v>
       </c>
       <c r="H63" t="s">
         <v>49</v>
       </c>
       <c r="I63" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J63" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K63" t="s" s="5">
         <v>50</v>
       </c>
@@ -9745,54 +9742,54 @@
       </c>
       <c r="AP63" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ63" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR63" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS63" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT63" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU63" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="64">
       <c r="A64">
         <v>63</v>
       </c>
       <c r="B64" t="s">
-        <v>154</v>
+        <v>151</v>
       </c>
       <c r="C64" t="s" s="4">
-        <v>155</v>
+        <v>152</v>
       </c>
       <c r="D64" t="s">
         <v>45</v>
       </c>
       <c r="E64" t="s">
         <v>46</v>
       </c>
       <c r="F64" t="s">
         <v>56</v>
       </c>
       <c r="G64" t="s">
         <v>48</v>
       </c>
       <c r="H64" t="s">
         <v>49</v>
       </c>
       <c r="I64" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J64" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K64" t="s" s="5">
         <v>51</v>
       </c>
@@ -9886,54 +9883,54 @@
       </c>
       <c r="AP64" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ64" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR64" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS64" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT64" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU64" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="65">
       <c r="A65">
         <v>64</v>
       </c>
       <c r="B65" t="s">
-        <v>156</v>
+        <v>153</v>
       </c>
       <c r="C65" t="s" s="4">
-        <v>157</v>
+        <v>154</v>
       </c>
       <c r="D65" t="s">
         <v>45</v>
       </c>
       <c r="E65" t="s">
         <v>46</v>
       </c>
       <c r="F65" t="s">
         <v>56</v>
       </c>
       <c r="G65" t="s">
         <v>48</v>
       </c>
       <c r="H65" t="s">
         <v>49</v>
       </c>
       <c r="I65" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J65" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K65" t="s" s="5">
         <v>51</v>
       </c>
@@ -10027,65 +10024,65 @@
       </c>
       <c r="AP65" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ65" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR65" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS65" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT65" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU65" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="66">
       <c r="A66">
         <v>65</v>
       </c>
       <c r="B66" t="s">
-        <v>158</v>
+        <v>155</v>
       </c>
       <c r="C66" t="inlineStr" s="4">
         <is>
-          <t>3852Зняти з розглянути Про включення до переліку земельних ділянок, право оренди на які виставляється на земельні торги окремими лотами, та продаж права оренди земельної ділянки на конкурентних засадах (на земельних торгах у формі електронного аукціону) в м. Червонограді на вул. Шухевича, 1 «в», кадастровий номер земельної ділянки 4611800000:02:008:0048</t>
+          <t>ID - 3852,  Зняти з розглянути Про включення до переліку земельних ділянок, право оренди на які виставляється на земельні торги окремими лотами, та продаж права оренди земельної ділянки на конкурентних засадах (на земельних торгах у формі електронного аукціону) в м. Червонограді на вул. Шухевича, 1 «в», кадастровий номер земельної ділянки 4611800000:02:008:0048</t>
         </is>
       </c>
       <c r="D66" t="s">
         <v>58</v>
       </c>
       <c r="E66" t="s">
         <v>46</v>
       </c>
       <c r="F66" t="s">
-        <v>71</v>
+        <v>70</v>
       </c>
       <c r="G66" t="s">
         <v>48</v>
       </c>
       <c r="H66" t="s">
         <v>49</v>
       </c>
       <c r="I66" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J66" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K66" t="s" s="5">
         <v>51</v>
       </c>
       <c r="L66" t="s" s="5">
         <v>50</v>
       </c>
       <c r="M66" t="s" s="5">
         <v>50</v>
       </c>
       <c r="N66" t="s" s="5">
         <v>51</v>
       </c>
@@ -10170,65 +10167,65 @@
       </c>
       <c r="AP66" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ66" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR66" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS66" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT66" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU66" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="67">
       <c r="A67">
         <v>66</v>
       </c>
       <c r="B67" t="s">
-        <v>159</v>
+        <v>156</v>
       </c>
       <c r="C67" t="inlineStr" s="4">
         <is>
-          <t>3853Про надання дозволу на розроблення технiчної документацiї iз землеустрою щодо iнвентаризацiї земель приватному акціонерному товариству «Шахта «Надія»</t>
+          <t>ID - 3853,  Про надання дозволу на розроблення технiчної документацiї iз землеустрою щодо iнвентаризацiї земель приватному акціонерному товариству «Шахта «Надія»</t>
         </is>
       </c>
       <c r="D67" t="s">
         <v>45</v>
       </c>
       <c r="E67" t="s">
         <v>46</v>
       </c>
       <c r="F67" t="s">
-        <v>71</v>
+        <v>70</v>
       </c>
       <c r="G67" t="s">
         <v>48</v>
       </c>
       <c r="H67" t="s">
         <v>49</v>
       </c>
       <c r="I67" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J67" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K67" t="s" s="5">
         <v>51</v>
       </c>
       <c r="L67" t="s" s="5">
         <v>50</v>
       </c>
       <c r="M67" t="s" s="5">
         <v>50</v>
       </c>
       <c r="N67" t="s" s="5">
         <v>51</v>
       </c>
@@ -10313,54 +10310,54 @@
       </c>
       <c r="AP67" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ67" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR67" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS67" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT67" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU67" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="68">
       <c r="A68">
         <v>67</v>
       </c>
       <c r="B68" t="s">
-        <v>160</v>
+        <v>157</v>
       </c>
       <c r="C68" t="s" s="4">
-        <v>161</v>
+        <v>158</v>
       </c>
       <c r="D68" t="s">
         <v>45</v>
       </c>
       <c r="E68" t="s">
         <v>46</v>
       </c>
       <c r="F68" t="s">
         <v>56</v>
       </c>
       <c r="G68" t="s">
         <v>48</v>
       </c>
       <c r="H68" t="s">
         <v>49</v>
       </c>
       <c r="I68" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J68" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K68" t="s" s="5">
         <v>51</v>
       </c>
@@ -10454,65 +10451,65 @@
       </c>
       <c r="AP68" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ68" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR68" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS68" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT68" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU68" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="69">
       <c r="A69">
         <v>68</v>
       </c>
       <c r="B69" t="s">
-        <v>162</v>
+        <v>159</v>
       </c>
       <c r="C69" t="inlineStr" s="4">
         <is>
-          <t>3855Про надання дозволу на виготовлення технічної документацій із землеустрою щодо інвентаризації земель сільськогосподарського призначення з метою подальшого надання в оренду</t>
+          <t>ID - 3855,  Про надання дозволу на виготовлення технічної документацій із землеустрою щодо інвентаризації земель сільськогосподарського призначення з метою подальшого надання в оренду</t>
         </is>
       </c>
       <c r="D69" t="s">
         <v>45</v>
       </c>
       <c r="E69" t="s">
         <v>46</v>
       </c>
       <c r="F69" t="s">
-        <v>71</v>
+        <v>70</v>
       </c>
       <c r="G69" t="s">
         <v>48</v>
       </c>
       <c r="H69" t="s">
         <v>49</v>
       </c>
       <c r="I69" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J69" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K69" t="s" s="5">
         <v>51</v>
       </c>
       <c r="L69" t="s" s="5">
         <v>50</v>
       </c>
       <c r="M69" t="s" s="5">
         <v>50</v>
       </c>
       <c r="N69" t="s" s="5">
         <v>51</v>
       </c>
@@ -10602,165 +10599,165 @@
         <v>51</v>
       </c>
       <c r="AR69" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS69" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT69" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU69" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="70">
       <c r="A70"/>
       <c r="B70"/>
       <c r="C70"/>
       <c r="D70"/>
       <c r="E70"/>
       <c r="F70"/>
       <c r="G70"/>
       <c r="H70"/>
       <c r="I70" t="s">
+        <v>160</v>
+      </c>
+      <c r="J70" t="s">
+        <v>160</v>
+      </c>
+      <c r="K70" t="s">
+        <v>161</v>
+      </c>
+      <c r="L70" t="s">
+        <v>162</v>
+      </c>
+      <c r="M70" t="s">
         <v>163</v>
       </c>
-      <c r="J70" t="s">
-[...2 lines deleted...]
-      <c r="K70" t="s">
+      <c r="N70" t="s">
         <v>164</v>
       </c>
-      <c r="L70" t="s">
+      <c r="O70" t="s">
         <v>165</v>
       </c>
-      <c r="M70" t="s">
+      <c r="P70" t="s">
         <v>166</v>
       </c>
-      <c r="N70" t="s">
+      <c r="Q70" t="s">
+        <v>164</v>
+      </c>
+      <c r="R70" t="s">
         <v>167</v>
       </c>
-      <c r="O70" t="s">
+      <c r="S70" t="s">
         <v>168</v>
       </c>
-      <c r="P70" t="s">
+      <c r="T70" t="s">
+        <v>168</v>
+      </c>
+      <c r="U70" t="s">
+        <v>161</v>
+      </c>
+      <c r="V70" t="s">
         <v>169</v>
       </c>
-      <c r="Q70" t="s">
-[...2 lines deleted...]
-      <c r="R70" t="s">
+      <c r="W70" t="s">
+        <v>168</v>
+      </c>
+      <c r="X70" t="s">
+        <v>164</v>
+      </c>
+      <c r="Y70" t="s">
         <v>170</v>
       </c>
-      <c r="S70" t="s">
+      <c r="Z70" t="s">
         <v>171</v>
       </c>
-      <c r="T70" t="s">
-[...2 lines deleted...]
-      <c r="U70" t="s">
+      <c r="AA70" t="s">
         <v>164</v>
       </c>
-      <c r="V70" t="s">
+      <c r="AB70" t="s">
         <v>172</v>
       </c>
-      <c r="W70" t="s">
-[...5 lines deleted...]
-      <c r="Y70" t="s">
+      <c r="AC70" t="s">
         <v>173</v>
       </c>
-      <c r="Z70" t="s">
+      <c r="AD70" t="s">
         <v>174</v>
       </c>
-      <c r="AA70" t="s">
-[...2 lines deleted...]
-      <c r="AB70" t="s">
+      <c r="AE70" t="s">
+        <v>164</v>
+      </c>
+      <c r="AF70" t="s">
+        <v>164</v>
+      </c>
+      <c r="AG70" t="s">
         <v>175</v>
       </c>
-      <c r="AC70" t="s">
+      <c r="AH70" t="s">
         <v>176</v>
       </c>
-      <c r="AD70" t="s">
+      <c r="AI70" t="s">
         <v>177</v>
       </c>
-      <c r="AE70" t="s">
-[...5 lines deleted...]
-      <c r="AG70" t="s">
+      <c r="AJ70" t="s">
+        <v>168</v>
+      </c>
+      <c r="AK70" t="s">
         <v>178</v>
       </c>
-      <c r="AH70" t="s">
+      <c r="AL70" t="s">
+        <v>164</v>
+      </c>
+      <c r="AM70" t="s">
+        <v>176</v>
+      </c>
+      <c r="AN70" t="s">
         <v>179</v>
       </c>
-      <c r="AI70" t="s">
+      <c r="AO70" t="s">
+        <v>160</v>
+      </c>
+      <c r="AP70" t="s">
+        <v>164</v>
+      </c>
+      <c r="AQ70" t="s">
+        <v>164</v>
+      </c>
+      <c r="AR70" t="s">
+        <v>164</v>
+      </c>
+      <c r="AS70" t="s">
+        <v>168</v>
+      </c>
+      <c r="AT70" t="s">
+        <v>164</v>
+      </c>
+      <c r="AU70" t="s">
         <v>180</v>
-      </c>
-[...34 lines deleted...]
-        <v>183</v>
       </c>
     </row>
     <row r="71">
       <c r="A71"/>
       <c r="B71"/>
       <c r="C71"/>
       <c r="D71"/>
       <c r="E71"/>
       <c r="F71"/>
       <c r="G71"/>
       <c r="H71"/>
       <c r="I71" t="s">
         <v>48</v>
       </c>
       <c r="J71" t="s">
         <v>48</v>
       </c>
       <c r="K71" t="s">
         <v>48</v>
       </c>
       <c r="L71" t="s">
         <v>48</v>
       </c>
       <c r="M71" t="s">
         <v>48</v>
@@ -10856,419 +10853,419 @@
         <v>48</v>
       </c>
       <c r="AR71" t="s">
         <v>48</v>
       </c>
       <c r="AS71" t="s">
         <v>48</v>
       </c>
       <c r="AT71" t="s">
         <v>48</v>
       </c>
       <c r="AU71" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="72">
       <c r="A72"/>
       <c r="B72"/>
       <c r="C72"/>
       <c r="D72"/>
       <c r="E72"/>
       <c r="F72"/>
       <c r="G72"/>
       <c r="H72"/>
       <c r="I72" t="s">
-        <v>184</v>
+        <v>181</v>
       </c>
       <c r="J72" t="s">
-        <v>184</v>
+        <v>181</v>
       </c>
       <c r="K72" t="s">
-        <v>184</v>
+        <v>181</v>
       </c>
       <c r="L72" t="s">
-        <v>184</v>
+        <v>181</v>
       </c>
       <c r="M72" t="s">
-        <v>184</v>
+        <v>181</v>
       </c>
       <c r="N72" t="s">
-        <v>184</v>
+        <v>181</v>
       </c>
       <c r="O72" t="s">
-        <v>184</v>
+        <v>181</v>
       </c>
       <c r="P72" t="s">
-        <v>184</v>
+        <v>181</v>
       </c>
       <c r="Q72" t="s">
-        <v>184</v>
+        <v>181</v>
       </c>
       <c r="R72" t="s">
-        <v>184</v>
+        <v>181</v>
       </c>
       <c r="S72" t="s">
-        <v>184</v>
+        <v>181</v>
       </c>
       <c r="T72" t="s">
-        <v>184</v>
+        <v>181</v>
       </c>
       <c r="U72" t="s">
-        <v>184</v>
+        <v>181</v>
       </c>
       <c r="V72" t="s">
-        <v>184</v>
+        <v>181</v>
       </c>
       <c r="W72" t="s">
-        <v>184</v>
+        <v>181</v>
       </c>
       <c r="X72" t="s">
-        <v>184</v>
+        <v>181</v>
       </c>
       <c r="Y72" t="s">
-        <v>184</v>
+        <v>181</v>
       </c>
       <c r="Z72" t="s">
-        <v>184</v>
+        <v>181</v>
       </c>
       <c r="AA72" t="s">
-        <v>184</v>
+        <v>181</v>
       </c>
       <c r="AB72" t="s">
-        <v>184</v>
+        <v>181</v>
       </c>
       <c r="AC72" t="s">
-        <v>184</v>
+        <v>181</v>
       </c>
       <c r="AD72" t="s">
-        <v>184</v>
+        <v>181</v>
       </c>
       <c r="AE72" t="s">
-        <v>184</v>
+        <v>181</v>
       </c>
       <c r="AF72" t="s">
-        <v>184</v>
+        <v>181</v>
       </c>
       <c r="AG72" t="s">
-        <v>184</v>
+        <v>181</v>
       </c>
       <c r="AH72" t="s">
-        <v>184</v>
+        <v>181</v>
       </c>
       <c r="AI72" t="s">
-        <v>184</v>
+        <v>181</v>
       </c>
       <c r="AJ72" t="s">
-        <v>184</v>
+        <v>181</v>
       </c>
       <c r="AK72" t="s">
-        <v>184</v>
+        <v>181</v>
       </c>
       <c r="AL72" t="s">
-        <v>184</v>
+        <v>181</v>
       </c>
       <c r="AM72" t="s">
-        <v>184</v>
+        <v>181</v>
       </c>
       <c r="AN72" t="s">
-        <v>184</v>
+        <v>181</v>
       </c>
       <c r="AO72" t="s">
-        <v>184</v>
+        <v>181</v>
       </c>
       <c r="AP72" t="s">
-        <v>184</v>
+        <v>181</v>
       </c>
       <c r="AQ72" t="s">
-        <v>184</v>
+        <v>181</v>
       </c>
       <c r="AR72" t="s">
-        <v>184</v>
+        <v>181</v>
       </c>
       <c r="AS72" t="s">
-        <v>184</v>
+        <v>181</v>
       </c>
       <c r="AT72" t="s">
-        <v>184</v>
+        <v>181</v>
       </c>
       <c r="AU72" t="s">
-        <v>184</v>
+        <v>181</v>
       </c>
     </row>
     <row r="73">
       <c r="A73"/>
       <c r="B73"/>
       <c r="C73"/>
       <c r="D73"/>
       <c r="E73"/>
       <c r="F73"/>
       <c r="G73"/>
       <c r="H73"/>
       <c r="I73" t="s">
+        <v>182</v>
+      </c>
+      <c r="J73" t="s">
+        <v>182</v>
+      </c>
+      <c r="K73" t="s">
+        <v>182</v>
+      </c>
+      <c r="L73" t="s">
+        <v>183</v>
+      </c>
+      <c r="M73" t="s">
+        <v>184</v>
+      </c>
+      <c r="N73" t="s">
         <v>185</v>
       </c>
-      <c r="J73" t="s">
+      <c r="O73" t="s">
         <v>185</v>
       </c>
-      <c r="K73" t="s">
+      <c r="P73" t="s">
+        <v>186</v>
+      </c>
+      <c r="Q73" t="s">
         <v>185</v>
       </c>
-      <c r="L73" t="s">
+      <c r="R73" t="s">
+        <v>187</v>
+      </c>
+      <c r="S73" t="s">
+        <v>188</v>
+      </c>
+      <c r="T73" t="s">
+        <v>188</v>
+      </c>
+      <c r="U73" t="s">
+        <v>189</v>
+      </c>
+      <c r="V73" t="s">
+        <v>190</v>
+      </c>
+      <c r="W73" t="s">
+        <v>188</v>
+      </c>
+      <c r="X73" t="s">
+        <v>185</v>
+      </c>
+      <c r="Y73" t="s">
+        <v>191</v>
+      </c>
+      <c r="Z73" t="s">
         <v>186</v>
       </c>
-      <c r="M73" t="s">
+      <c r="AA73" t="s">
+        <v>185</v>
+      </c>
+      <c r="AB73" t="s">
+        <v>185</v>
+      </c>
+      <c r="AC73" t="s">
+        <v>192</v>
+      </c>
+      <c r="AD73" t="s">
+        <v>193</v>
+      </c>
+      <c r="AE73" t="s">
+        <v>185</v>
+      </c>
+      <c r="AF73" t="s">
+        <v>185</v>
+      </c>
+      <c r="AG73" t="s">
+        <v>194</v>
+      </c>
+      <c r="AH73" t="s">
+        <v>195</v>
+      </c>
+      <c r="AI73" t="s">
+        <v>196</v>
+      </c>
+      <c r="AJ73" t="s">
         <v>187</v>
       </c>
-      <c r="N73" t="s">
+      <c r="AK73" t="s">
+        <v>187</v>
+      </c>
+      <c r="AL73" t="s">
+        <v>185</v>
+      </c>
+      <c r="AM73" t="s">
+        <v>197</v>
+      </c>
+      <c r="AN73" t="s">
+        <v>186</v>
+      </c>
+      <c r="AO73" t="s">
+        <v>196</v>
+      </c>
+      <c r="AP73" t="s">
+        <v>185</v>
+      </c>
+      <c r="AQ73" t="s">
+        <v>185</v>
+      </c>
+      <c r="AR73" t="s">
+        <v>185</v>
+      </c>
+      <c r="AS73" t="s">
         <v>188</v>
       </c>
-      <c r="O73" t="s">
-[...44 lines deleted...]
-      <c r="AD73" t="s">
+      <c r="AT73" t="s">
+        <v>185</v>
+      </c>
+      <c r="AU73" t="s">
         <v>196</v>
-      </c>
-[...49 lines deleted...]
-        <v>199</v>
       </c>
     </row>
     <row r="74">
       <c r="A74"/>
       <c r="B74"/>
       <c r="C74"/>
       <c r="D74"/>
       <c r="E74"/>
       <c r="F74"/>
       <c r="G74"/>
       <c r="H74"/>
       <c r="I74" t="s">
+        <v>198</v>
+      </c>
+      <c r="J74" t="s">
+        <v>198</v>
+      </c>
+      <c r="K74" t="s">
+        <v>199</v>
+      </c>
+      <c r="L74" t="s">
+        <v>198</v>
+      </c>
+      <c r="M74" t="s">
+        <v>200</v>
+      </c>
+      <c r="N74" t="s">
         <v>201</v>
       </c>
-      <c r="J74" t="s">
+      <c r="O74" t="s">
+        <v>198</v>
+      </c>
+      <c r="P74" t="s">
+        <v>202</v>
+      </c>
+      <c r="Q74" t="s">
+        <v>203</v>
+      </c>
+      <c r="R74" t="s">
+        <v>198</v>
+      </c>
+      <c r="S74" t="s">
+        <v>198</v>
+      </c>
+      <c r="T74" t="s">
+        <v>198</v>
+      </c>
+      <c r="U74" t="s">
+        <v>198</v>
+      </c>
+      <c r="V74" t="s">
+        <v>198</v>
+      </c>
+      <c r="W74" t="s">
+        <v>198</v>
+      </c>
+      <c r="X74" t="s">
         <v>201</v>
       </c>
-      <c r="K74" t="s">
+      <c r="Y74" t="s">
+        <v>198</v>
+      </c>
+      <c r="Z74" t="s">
+        <v>198</v>
+      </c>
+      <c r="AA74" t="s">
+        <v>201</v>
+      </c>
+      <c r="AB74" t="s">
+        <v>204</v>
+      </c>
+      <c r="AC74" t="s">
+        <v>198</v>
+      </c>
+      <c r="AD74" t="s">
+        <v>198</v>
+      </c>
+      <c r="AE74" t="s">
+        <v>201</v>
+      </c>
+      <c r="AF74" t="s">
+        <v>201</v>
+      </c>
+      <c r="AG74" t="s">
+        <v>198</v>
+      </c>
+      <c r="AH74" t="s">
+        <v>200</v>
+      </c>
+      <c r="AI74" t="s">
+        <v>205</v>
+      </c>
+      <c r="AJ74" t="s">
+        <v>206</v>
+      </c>
+      <c r="AK74" t="s">
+        <v>205</v>
+      </c>
+      <c r="AL74" t="s">
+        <v>201</v>
+      </c>
+      <c r="AM74" t="s">
+        <v>198</v>
+      </c>
+      <c r="AN74" t="s">
+        <v>207</v>
+      </c>
+      <c r="AO74" t="s">
         <v>202</v>
       </c>
-      <c r="L74" t="s">
+      <c r="AP74" t="s">
         <v>201</v>
       </c>
-      <c r="M74" t="s">
-[...5 lines deleted...]
-      <c r="O74" t="s">
+      <c r="AQ74" t="s">
         <v>201</v>
       </c>
-      <c r="P74" t="s">
-[...5 lines deleted...]
-      <c r="R74" t="s">
+      <c r="AR74" t="s">
         <v>201</v>
       </c>
-      <c r="S74" t="s">
+      <c r="AS74" t="s">
+        <v>198</v>
+      </c>
+      <c r="AT74" t="s">
         <v>201</v>
       </c>
-      <c r="T74" t="s">
-[...79 lines deleted...]
-      </c>
       <c r="AU74" t="s">
-        <v>201</v>
+        <v>198</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="2">
     <mergeCell ref="D1:E1"/>
     <mergeCell ref="F1:H1"/>
   </mergeCells>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <TotalTime></TotalTime>
   <Application>SimpleXLSXGen</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:language>en-US</dc:language>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>