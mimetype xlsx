--- v0 (2025-10-15)
+++ v1 (2026-03-01)
@@ -9,51 +9,51 @@
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/_rels/.rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
 <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/>
 <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/>
 <Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="SimpleXLSXGen"/>
   <sheets>
     <sheet name="Sheet1" sheetId="1" state="visible" r:id="rId2"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="284" uniqueCount="284">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="283" uniqueCount="283">
   <si>
     <t>№</t>
   </si>
   <si>
     <t>XVII сесія VIII скликання</t>
   </si>
   <si>
     <t>Шептицька міська рада</t>
   </si>
   <si>
     <t>Результат</t>
   </si>
   <si>
     <t>Голоси</t>
   </si>
   <si>
     <t>Залівський Андрій Іванович</t>
   </si>
   <si>
     <t>Ляховський Богдан Васильович</t>
   </si>
   <si>
     <t>Гаманюк Віталій Володимирович</t>
   </si>
   <si>
@@ -146,138 +146,138 @@
   <si>
     <t>Шеремета Олег Володимирович</t>
   </si>
   <si>
     <t>Колтакова Ганна Петрівна</t>
   </si>
   <si>
     <t>Лозинська Іванна Анатоліївна</t>
   </si>
   <si>
     <t>Левкун Валентина Георгіївна</t>
   </si>
   <si>
     <t>Курінна Наталія Миронівна</t>
   </si>
   <si>
     <t>Подлецький Василь Іванович</t>
   </si>
   <si>
     <t>Дмитрук Михайло Васильович</t>
   </si>
   <si>
     <t>02.06.22  10:24:04</t>
   </si>
   <si>
-    <t>3657Про депутатськi запити</t>
+    <t>ID - 3657,  Про депутатськi запити</t>
   </si>
   <si>
     <t>За основу</t>
   </si>
   <si>
     <t>ПРИЙНЯТО</t>
   </si>
   <si>
     <t>За: 30</t>
   </si>
   <si>
     <t>Проти: 0</t>
   </si>
   <si>
     <t>Утримались: 0</t>
   </si>
   <si>
     <t>За</t>
   </si>
   <si>
     <t>Не голос.</t>
   </si>
   <si>
     <t>Відсут.</t>
   </si>
   <si>
     <t>02.06.22  10:24:32</t>
   </si>
   <si>
-    <t>3658За запит Гоца П.В. щодо ряду комунальних питань </t>
+    <t>ID - 3658,  За запит Гоца П.В. щодо ряду комунальних питань </t>
   </si>
   <si>
     <t>За поправку / пропозицію</t>
   </si>
   <si>
     <t>За: 27</t>
   </si>
   <si>
     <t>02.06.22  10:25:09</t>
   </si>
   <si>
-    <t>3659Про депутатськi запити</t>
+    <t>ID - 3659,  Про депутатськi запити</t>
   </si>
   <si>
     <t>В цілому</t>
   </si>
   <si>
     <t>02.06.22  10:31:27</t>
   </si>
   <si>
     <t>За: 28</t>
   </si>
   <si>
     <t>02.06.22  10:39:47</t>
   </si>
   <si>
-    <t>3661Озвучені правки озвучені стенограмно Сементух Л.І. </t>
+    <t>ID - 3661,  Озвучені правки озвучені стенограмно Сементух Л.І. </t>
   </si>
   <si>
     <t>02.06.22  10:42:28</t>
   </si>
   <si>
     <t>02.06.22  10:43:04</t>
   </si>
   <si>
     <t>02.06.22  10:44:56</t>
   </si>
   <si>
     <t>За основу і в цілому</t>
   </si>
   <si>
     <t>За: 31</t>
   </si>
   <si>
     <t>02.06.22  10:46:32</t>
   </si>
   <si>
     <t>02.06.22  10:47:36</t>
   </si>
   <si>
     <t>02.06.22  10:49:59</t>
   </si>
   <si>
     <t>02.06.22  10:51:13</t>
   </si>
   <si>
-    <t>3668Внесення  змін у Статут ( призначає та звільняє директора ІРЦ  відділ освіти)</t>
+    <t>ID - 3668,  Внесення  змін у Статут ( призначає та звільняє директора ІРЦ  відділ освіти)</t>
   </si>
   <si>
     <t>02.06.22  10:51:46</t>
   </si>
   <si>
     <t>02.06.22  10:53:04</t>
   </si>
   <si>
     <t>02.06.22  11:08:58</t>
   </si>
   <si>
     <t>За: 25</t>
   </si>
   <si>
     <t>Утримались: 1</t>
   </si>
   <si>
     <t>Утр.</t>
   </si>
   <si>
     <t>02.06.22  11:10:45</t>
   </si>
   <si>
     <t>02.06.22  11:12:22</t>
   </si>
@@ -311,399 +311,396 @@
   <si>
     <t>02.06.22  11:28:19</t>
   </si>
   <si>
     <t>Утримались: 2</t>
   </si>
   <si>
     <t>02.06.22  11:29:59</t>
   </si>
   <si>
     <t>За: 29</t>
   </si>
   <si>
     <t>02.06.22  11:31:19</t>
   </si>
   <si>
     <t>02.06.22  11:32:10</t>
   </si>
   <si>
     <t>02.06.22  11:33:04</t>
   </si>
   <si>
     <t>02.06.22  11:40:11</t>
   </si>
   <si>
-    <t>3683Про розгляд клопотання Товариства з обмеженою відповідальністю «Явір»</t>
+    <t>ID - 3683,  Про розгляд клопотання Товариства з обмеженою відповідальністю «Явір»</t>
   </si>
   <si>
     <t>02.06.22  11:40:47</t>
   </si>
   <si>
     <t>02.06.22  11:41:13</t>
   </si>
   <si>
-    <t>3685Про розгляд клопотання Товариства з обмеженою відповідальністю «Явір»</t>
+    <t>ID - 3685,  Про розгляд клопотання Товариства з обмеженою відповідальністю «Явір»</t>
   </si>
   <si>
     <t>02.06.22  11:43:58</t>
   </si>
   <si>
-    <t>3686Про розгляд клопотання фізичної особи підприємця Голи Валентини Іванівни</t>
+    <t>ID - 3686,  Про розгляд клопотання фізичної особи підприємця Голи Валентини Іванівни</t>
   </si>
   <si>
     <t>02.06.22  11:49:03</t>
   </si>
   <si>
     <t>02.06.22  11:50:42</t>
   </si>
   <si>
-    <t>3688​​​​​​​Про розгляд клопотання Риндик Наталії Іванівни</t>
+    <t>ID - 3688,  ​​​​​​​Про розгляд клопотання Риндик Наталії Іванівни</t>
   </si>
   <si>
     <t>02.06.22  11:52:34</t>
   </si>
   <si>
-    <t>3689Про надання одноразової грошової допомоги </t>
+    <t>ID - 3689,  Про надання одноразової грошової допомоги </t>
   </si>
   <si>
     <t>02.06.22  11:53:57</t>
   </si>
   <si>
     <t>02.06.22  11:55:24</t>
   </si>
   <si>
-    <t>3691надати допомоги - Сельвестр Г.О. - 3000 грн. </t>
+    <t>ID - 3691,  надати допомоги - Сельвестр Г.О. - 3000 грн. </t>
   </si>
   <si>
     <t>02.06.22  11:55:56</t>
   </si>
   <si>
-    <t>3692Про надання одноразової грошової допомоги </t>
+    <t>ID - 3692,  Про надання одноразової грошової допомоги </t>
   </si>
   <si>
     <t>02.06.22  12:02:55</t>
   </si>
   <si>
     <t>09.06.22  17:31:05</t>
   </si>
   <si>
-    <t>3696Про внесення змін до місцевих програм на 2022 рік</t>
+    <t>ID - 3696,  Про внесення змін до місцевих програм на 2022 рік</t>
   </si>
   <si>
     <t>09.06.22  17:32:11</t>
   </si>
   <si>
-    <t>3697додатково передбачити 400 000 грн на амуніцію, зменшення резервного фонду на 400 000 грн</t>
-[...1 lines deleted...]
-  <si>
     <t>09.06.22  17:33:04</t>
   </si>
   <si>
-    <t>3698на витрати палива для ГФ Самооборона 25 000 грн (замість 15 000)</t>
+    <t>ID - 3698,  на витрати палива для ГФ Самооборона 25 000 грн (замість 15 000)</t>
   </si>
   <si>
     <t>09.06.22  17:34:34</t>
   </si>
   <si>
-    <t>3699Про внесення змін до місцевих програм на 2022 рік</t>
+    <t>ID - 3699,  Про внесення змін до місцевих програм на 2022 рік</t>
   </si>
   <si>
     <t>23.06.22  16:20:41</t>
   </si>
   <si>
     <t>23.06.22  16:23:29</t>
   </si>
   <si>
     <t>23.06.22  16:28:02</t>
   </si>
   <si>
     <t>23.06.22  16:29:08</t>
   </si>
   <si>
-    <t>3708(в т.ч. зарестрованих у ЧМТГ на момент відбуття на службу. )</t>
+    <t>ID - 3708,  (в т.ч. зарестрованих у ЧМТГ на момент відбуття на службу. )</t>
   </si>
   <si>
     <t>За: 24</t>
   </si>
   <si>
     <t>23.06.22  16:29:43</t>
   </si>
   <si>
     <t>23.06.22  16:31:02</t>
   </si>
   <si>
     <t>23.06.22  16:32:08</t>
   </si>
   <si>
-    <t>3711Стенограмно озвучена Земницькою Н.М.</t>
+    <t>ID - 3711,  Стенограмно озвучена Земницькою Н.М.</t>
   </si>
   <si>
     <t>23.06.22  16:32:49</t>
   </si>
   <si>
     <t>23.06.22  16:45:28</t>
   </si>
   <si>
     <t>23.06.22  16:58:41</t>
   </si>
   <si>
-    <t>3714Про особливості оренди комунального майна у період воєнного стану</t>
+    <t>ID - 3714,  Про особливості оренди комунального майна у період воєнного стану</t>
   </si>
   <si>
     <t>23.06.22  16:59:21</t>
   </si>
   <si>
     <t>За: 12</t>
   </si>
   <si>
     <t>23.06.22  16:59:50</t>
   </si>
   <si>
-    <t>3716Про особливості оренди комунального майна у період воєнного стану</t>
+    <t>ID - 3716,  Про особливості оренди комунального майна у період воєнного стану</t>
   </si>
   <si>
     <t>30.06.22  10:25:31</t>
   </si>
   <si>
-    <t>3725Про надання одноразової грошової допомоги пораненим особам</t>
+    <t>ID - 3725,  Про надання одноразової грошової допомоги пораненим особам</t>
   </si>
   <si>
     <t>30.06.22  10:36:42</t>
   </si>
   <si>
     <t>30.06.22  10:37:13</t>
   </si>
   <si>
     <t>30.06.22  11:15:14</t>
   </si>
   <si>
     <t>30.06.22  11:15:45</t>
   </si>
   <si>
     <t>30.06.22  11:17:56</t>
   </si>
   <si>
     <t>30.06.22  11:19:19</t>
   </si>
   <si>
     <t>30.06.22  11:53:30</t>
   </si>
   <si>
     <t>30.06.22  11:53:58</t>
   </si>
   <si>
-    <t>3733встановити ставку 1,5 % для коду  11.02. для фізичних і юридичних осіб </t>
+    <t>ID - 3733,  встановити ставку 1,5 % для коду  11.02. для фізичних і юридичних осіб </t>
   </si>
   <si>
     <t>За: 14</t>
   </si>
   <si>
     <t>Утримались: 3</t>
   </si>
   <si>
     <t>30.06.22  11:55:29</t>
   </si>
   <si>
-    <t>3734 встановити ставку 2 % для коду  11.02. для фізичних і юридичних осіб  </t>
+    <t>ID - 3734,   встановити ставку 2 % для коду  11.02. для фізичних і юридичних осіб  </t>
   </si>
   <si>
     <t>За: 16</t>
   </si>
   <si>
     <t>Утримались: 4</t>
   </si>
   <si>
     <t>30.06.22  11:56:44</t>
   </si>
   <si>
-    <t>3735 встановити ставку 6 % для коду  11.02. для фізичних і юридичних осіб  </t>
+    <t>ID - 3735,   встановити ставку 6 % для коду  11.02. для фізичних і юридичних осіб  </t>
   </si>
   <si>
     <t>За: 2</t>
   </si>
   <si>
     <t>30.06.22  11:57:12</t>
   </si>
   <si>
     <t>30.06.22  12:06:31</t>
   </si>
   <si>
-    <t>3737Про розгляд клопотання Фермерського господарства Шумило М.О.</t>
+    <t>ID - 3737,  Про розгляд клопотання Фермерського господарства Шумило М.О.</t>
   </si>
   <si>
     <t>30.06.22  12:08:32</t>
   </si>
   <si>
     <t>30.06.22  12:10:38</t>
   </si>
   <si>
-    <t>3739​​​​​​​Про продовження термiну оренди земельних ділянок</t>
+    <t>ID - 3739,  ​​​​​​​Про продовження термiну оренди земельних ділянок</t>
   </si>
   <si>
     <t>30.06.22  12:12:35</t>
   </si>
   <si>
-    <t>3740Про передачу земельної ділянки в державну власність</t>
+    <t>ID - 3740,  Про передачу земельної ділянки в державну власність</t>
   </si>
   <si>
     <t>30.06.22  12:21:41</t>
   </si>
   <si>
+    <t>ID - 3741,  </t>
+  </si>
+  <si>
     <t>За: 18</t>
   </si>
   <si>
     <t>30.06.22  12:26:02</t>
   </si>
   <si>
-    <t>3742Про розгляд клопотання Приватного підприємства «СТО-ВП»</t>
+    <t>ID - 3742,  Про розгляд клопотання Приватного підприємства «СТО-ВП»</t>
   </si>
   <si>
     <t>30.06.22  12:30:58</t>
   </si>
   <si>
-    <t>37431. Продовжити приватному підприємству «СТО-ВП» на 1 рік термін оренди </t>
+    <t>ID - 3743,  1. Продовжити приватному підприємству «СТО-ВП» на 1 рік термін оренди </t>
   </si>
   <si>
     <t>30.06.22  12:32:35</t>
   </si>
   <si>
-    <t>37441. Продовжити приватному підприємству «СТО-ВП» на 1 рік  термін оренди</t>
+    <t>ID - 3744,  1. Продовжити приватному підприємству «СТО-ВП» на 1 рік  термін оренди</t>
   </si>
   <si>
     <t>30.06.22  12:33:03</t>
   </si>
   <si>
-    <t>3745Про розгляд клопотання Приватного підприємства «СТО-ВП»</t>
+    <t>ID - 3745,  Про розгляд клопотання Приватного підприємства «СТО-ВП»</t>
   </si>
   <si>
     <t>30.06.22  12:41:07</t>
   </si>
   <si>
-    <t>3746​​​​​​​Про розгляд клопотань фізичної особи-підприємця Кузьми Ірини Йосипівни</t>
-[...1 lines deleted...]
-  <si>
     <t>30.06.22  12:42:12</t>
   </si>
   <si>
-    <t>3747голосувати по пунктам </t>
+    <t>ID - 3747,  голосувати по пунктам </t>
   </si>
   <si>
     <t>30.06.22  12:42:47</t>
   </si>
   <si>
-    <t>3748перенести роззгляду на наступну сесію</t>
+    <t>ID - 3748,  перенести роззгляду на наступну сесію</t>
   </si>
   <si>
     <t>За: 9</t>
   </si>
   <si>
     <t>30.06.22  12:43:11</t>
   </si>
   <si>
-    <t>3749​​​​​​​Про розгляд клопотань фізичної особи-підприємця Кузьми Ірини Йосипівни</t>
-[...1 lines deleted...]
-  <si>
     <t>За: 17</t>
   </si>
   <si>
     <t>30.06.22  12:48:42</t>
   </si>
   <si>
-    <t>3751​​​​​​​Про розгляд клопотань фізичної особи-підприємця Кузьми Ірини Йосипівни</t>
-[...1 lines deleted...]
-  <si>
     <t>30.06.22  12:50:08</t>
   </si>
   <si>
     <t>30.06.22  12:56:41</t>
   </si>
   <si>
-    <t>3753Про розгляд клопотання Фермерського господарства Богун М.Б.</t>
+    <t>ID - 3753,  Про розгляд клопотання Фермерського господарства Богун М.Б.</t>
   </si>
   <si>
     <t>30.06.22  13:00:30</t>
   </si>
   <si>
-    <t>3754Про розгляд клопотання приватного підприємства «Золотва»</t>
+    <t>ID - 3754,  Про розгляд клопотання приватного підприємства «Золотва»</t>
   </si>
   <si>
     <t>30.06.22  13:01:20</t>
   </si>
   <si>
     <t>30.06.22  13:03:31</t>
   </si>
   <si>
-    <t>3756Про розгляд клопотання приватного підприємства «Золотва»</t>
+    <t>ID - 3756,  Про розгляд клопотання приватного підприємства «Золотва»</t>
   </si>
   <si>
     <t>30.06.22  13:05:45</t>
   </si>
   <si>
     <t>30.06.22  13:12:36</t>
   </si>
   <si>
     <t>Проти: 1</t>
   </si>
   <si>
     <t>Проти</t>
   </si>
   <si>
     <t>30.06.22  13:13:56</t>
   </si>
   <si>
     <t>30.06.22  13:16:00</t>
   </si>
   <si>
     <t>30.06.22  13:18:02</t>
   </si>
   <si>
     <t>30.06.22  13:19:31</t>
   </si>
   <si>
-    <t>3763Про безоплатну передачу малоцінних необоротних матеріальних активів</t>
+    <t>ID - 3763,  Про безоплатну передачу малоцінних необоротних матеріальних активів</t>
   </si>
   <si>
     <t>30.06.22  13:20:44</t>
   </si>
   <si>
+    <t>ID - 3764,  </t>
+  </si>
+  <si>
     <t>30.06.22  13:23:04</t>
   </si>
   <si>
+    <t>ID - 3765,  </t>
+  </si>
+  <si>
     <t>30.06.22  13:25:12</t>
   </si>
   <si>
-    <t>3766Додаток №2 пункт 27. для громадських організацій 0,5 до 0,1</t>
+    <t>ID - 3766,  Додаток №2 пункт 27. для громадських організацій 0,5 до 0,1</t>
   </si>
   <si>
     <t>30.06.22  13:25:39</t>
   </si>
   <si>
     <t>30.06.22  13:27:47</t>
   </si>
   <si>
-    <t>3768Про змiну складу постiйних депутатських комiсiй мiської ради</t>
+    <t>ID - 3768,  Про змiну складу постiйних депутатських комiсiй мiської ради</t>
   </si>
   <si>
     <t>30.06.22  13:41:13</t>
   </si>
   <si>
     <t>30.06.22  13:46:08</t>
   </si>
   <si>
     <t>30.06.22  13:48:08</t>
   </si>
   <si>
     <t>За: 90</t>
   </si>
   <si>
     <t>За: 94</t>
   </si>
   <si>
     <t>За: 89</t>
   </si>
   <si>
     <t>За: 67</t>
   </si>
   <si>
     <t>За: 86</t>
   </si>
@@ -1555,51 +1552,51 @@
       <c r="AQ4" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AR4" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS4" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT4" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU4" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="5">
       <c r="A5">
         <v>4</v>
       </c>
       <c r="B5" t="s">
         <v>61</v>
       </c>
       <c r="C5" t="inlineStr" s="4">
         <is>
-          <t>3660Про внесення змін до бюджету Червоноградської міської територіальної громади на 2022 рік</t>
+          <t>ID - 3660,  Про внесення змін до бюджету Червоноградської міської територіальної громади на 2022 рік</t>
         </is>
       </c>
       <c r="D5" t="s">
         <v>46</v>
       </c>
       <c r="E5" t="s">
         <v>47</v>
       </c>
       <c r="F5" t="s">
         <v>62</v>
       </c>
       <c r="G5" t="s">
         <v>49</v>
       </c>
       <c r="H5" t="s">
         <v>50</v>
       </c>
       <c r="I5" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J5" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K5" t="s" s="5">
         <v>51</v>
@@ -1843,51 +1840,51 @@
       <c r="AQ6" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AR6" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS6" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT6" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU6" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="7">
       <c r="A7">
         <v>6</v>
       </c>
       <c r="B7" t="s">
         <v>65</v>
       </c>
       <c r="C7" t="inlineStr" s="4">
         <is>
-          <t>3662про виділення коштів на ремонт Соснівського будинунку юнацької творчості, музичній школі по 1 млн. грн</t>
+          <t>ID - 3662,  про виділення коштів на ремонт Соснівського будинунку юнацької творчості, музичній школі по 1 млн. грн</t>
         </is>
       </c>
       <c r="D7" t="s">
         <v>56</v>
       </c>
       <c r="E7" t="s">
         <v>47</v>
       </c>
       <c r="F7" t="s">
         <v>48</v>
       </c>
       <c r="G7" t="s">
         <v>49</v>
       </c>
       <c r="H7" t="s">
         <v>50</v>
       </c>
       <c r="I7" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J7" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K7" t="s" s="5">
         <v>51</v>
@@ -1988,51 +1985,51 @@
       <c r="AQ7" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AR7" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS7" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT7" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU7" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="8">
       <c r="A8">
         <v>7</v>
       </c>
       <c r="B8" t="s">
         <v>66</v>
       </c>
       <c r="C8" t="inlineStr" s="4">
         <is>
-          <t>3663Про внесення змін до бюджету Червоноградської міської територіальної громади на 2022 рік</t>
+          <t>ID - 3663,  Про внесення змін до бюджету Червоноградської міської територіальної громади на 2022 рік</t>
         </is>
       </c>
       <c r="D8" t="s">
         <v>60</v>
       </c>
       <c r="E8" t="s">
         <v>47</v>
       </c>
       <c r="F8" t="s">
         <v>48</v>
       </c>
       <c r="G8" t="s">
         <v>49</v>
       </c>
       <c r="H8" t="s">
         <v>50</v>
       </c>
       <c r="I8" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J8" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K8" t="s" s="5">
         <v>51</v>
@@ -2133,51 +2130,51 @@
       <c r="AQ8" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AR8" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS8" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT8" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU8" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="9">
       <c r="A9">
         <v>8</v>
       </c>
       <c r="B9" t="s">
         <v>67</v>
       </c>
       <c r="C9" t="inlineStr" s="4">
         <is>
-          <t>3664Про внесення змін до Положення про цільовий фонд соціально-економічного та культурного розвитку м.Червонограда</t>
+          <t>ID - 3664,  Про внесення змін до Положення про цільовий фонд соціально-економічного та культурного розвитку м.Червонограда</t>
         </is>
       </c>
       <c r="D9" t="s">
         <v>68</v>
       </c>
       <c r="E9" t="s">
         <v>47</v>
       </c>
       <c r="F9" t="s">
         <v>69</v>
       </c>
       <c r="G9" t="s">
         <v>49</v>
       </c>
       <c r="H9" t="s">
         <v>50</v>
       </c>
       <c r="I9" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J9" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K9" t="s" s="5">
         <v>51</v>
@@ -2278,51 +2275,51 @@
       <c r="AQ9" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AR9" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS9" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT9" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU9" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="10">
       <c r="A10">
         <v>9</v>
       </c>
       <c r="B10" t="s">
         <v>70</v>
       </c>
       <c r="C10" t="inlineStr" s="4">
         <is>
-          <t>3665Про  безкоштовну передачу гуманітарної допомоги, яка знаходиться на балансі відділу освіти Червоноградської міської ради на баланс комунального некомерційного підприємства « Соснівська міська лікарня Червоноградської міської ради »</t>
+          <t>ID - 3665,  Про  безкоштовну передачу гуманітарної допомоги, яка знаходиться на балансі відділу освіти Червоноградської міської ради на баланс комунального некомерційного підприємства « Соснівська міська лікарня Червоноградської міської ради »</t>
         </is>
       </c>
       <c r="D10" t="s">
         <v>68</v>
       </c>
       <c r="E10" t="s">
         <v>47</v>
       </c>
       <c r="F10" t="s">
         <v>69</v>
       </c>
       <c r="G10" t="s">
         <v>49</v>
       </c>
       <c r="H10" t="s">
         <v>50</v>
       </c>
       <c r="I10" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J10" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K10" t="s" s="5">
         <v>51</v>
@@ -2423,51 +2420,51 @@
       <c r="AQ10" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AR10" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS10" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT10" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU10" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="11">
       <c r="A11">
         <v>10</v>
       </c>
       <c r="B11" t="s">
         <v>71</v>
       </c>
       <c r="C11" t="inlineStr" s="4">
         <is>
-          <t>3666Про  безкоштовну передачу гуманітарної допомоги, яка знаходиться на балансі відділу освіти Червоноградської міської ради на баланс Червоноградського гірничо-економічного фахового коледжу</t>
+          <t>ID - 3666,  Про  безкоштовну передачу гуманітарної допомоги, яка знаходиться на балансі відділу освіти Червоноградської міської ради на баланс Червоноградського гірничо-економічного фахового коледжу</t>
         </is>
       </c>
       <c r="D11" t="s">
         <v>68</v>
       </c>
       <c r="E11" t="s">
         <v>47</v>
       </c>
       <c r="F11" t="s">
         <v>69</v>
       </c>
       <c r="G11" t="s">
         <v>49</v>
       </c>
       <c r="H11" t="s">
         <v>50</v>
       </c>
       <c r="I11" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J11" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K11" t="s" s="5">
         <v>51</v>
@@ -2568,51 +2565,51 @@
       <c r="AQ11" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AR11" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS11" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT11" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU11" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="12">
       <c r="A12">
         <v>11</v>
       </c>
       <c r="B12" t="s">
         <v>72</v>
       </c>
       <c r="C12" t="inlineStr" s="4">
         <is>
-          <t>3667Про затвердження  Статуту Iнклюзивно-ресурсного центру Червоноградської мiської ради Львівської області у новій редакції</t>
+          <t>ID - 3667,  Про затвердження  Статуту Iнклюзивно-ресурсного центру Червоноградської мiської ради Львівської області у новій редакції</t>
         </is>
       </c>
       <c r="D12" t="s">
         <v>46</v>
       </c>
       <c r="E12" t="s">
         <v>47</v>
       </c>
       <c r="F12" t="s">
         <v>48</v>
       </c>
       <c r="G12" t="s">
         <v>49</v>
       </c>
       <c r="H12" t="s">
         <v>50</v>
       </c>
       <c r="I12" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J12" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K12" t="s" s="5">
         <v>51</v>
@@ -2856,51 +2853,51 @@
       <c r="AQ13" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AR13" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS13" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT13" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU13" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="14">
       <c r="A14">
         <v>13</v>
       </c>
       <c r="B14" t="s">
         <v>75</v>
       </c>
       <c r="C14" t="inlineStr" s="4">
         <is>
-          <t>3669Про затвердження  Статуту Iнклюзивно-ресурсного центру Червоноградської мiської ради Львівської області у новій редакції</t>
+          <t>ID - 3669,  Про затвердження  Статуту Iнклюзивно-ресурсного центру Червоноградської мiської ради Львівської області у новій редакції</t>
         </is>
       </c>
       <c r="D14" t="s">
         <v>60</v>
       </c>
       <c r="E14" t="s">
         <v>47</v>
       </c>
       <c r="F14" t="s">
         <v>48</v>
       </c>
       <c r="G14" t="s">
         <v>49</v>
       </c>
       <c r="H14" t="s">
         <v>50</v>
       </c>
       <c r="I14" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J14" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K14" t="s" s="5">
         <v>51</v>
@@ -3001,51 +2998,51 @@
       <c r="AQ14" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AR14" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS14" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT14" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU14" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="15">
       <c r="A15">
         <v>14</v>
       </c>
       <c r="B15" t="s">
         <v>76</v>
       </c>
       <c r="C15" t="inlineStr" s="4">
         <is>
-          <t>3670Про перейменування Червоноградської дитячої  школи  мистецтв у комунальний заклад  «Червоноградська школа  мистецтв» Червоноградської міської ради та затвердження Статуту комунального закладу «Червоноградська  школа  мистецтв» Червоноградської міської ради</t>
+          <t>ID - 3670,  Про перейменування Червоноградської дитячої  школи  мистецтв у комунальний заклад  «Червоноградська школа  мистецтв» Червоноградської міської ради та затвердження Статуту комунального закладу «Червоноградська  школа  мистецтв» Червоноградської міської ради</t>
         </is>
       </c>
       <c r="D15" t="s">
         <v>68</v>
       </c>
       <c r="E15" t="s">
         <v>47</v>
       </c>
       <c r="F15" t="s">
         <v>48</v>
       </c>
       <c r="G15" t="s">
         <v>49</v>
       </c>
       <c r="H15" t="s">
         <v>50</v>
       </c>
       <c r="I15" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J15" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K15" t="s" s="5">
         <v>51</v>
@@ -3146,51 +3143,51 @@
       <c r="AQ15" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AR15" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS15" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT15" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU15" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="16">
       <c r="A16">
         <v>15</v>
       </c>
       <c r="B16" t="s">
         <v>77</v>
       </c>
       <c r="C16" t="inlineStr" s="4">
         <is>
-          <t>3671Про  затвердження змін до генерального плану міста Червонограда  Львівської області</t>
+          <t>ID - 3671,  Про  затвердження змін до генерального плану міста Червонограда  Львівської області</t>
         </is>
       </c>
       <c r="D16" t="s">
         <v>68</v>
       </c>
       <c r="E16" t="s">
         <v>47</v>
       </c>
       <c r="F16" t="s">
         <v>78</v>
       </c>
       <c r="G16" t="s">
         <v>49</v>
       </c>
       <c r="H16" t="s">
         <v>79</v>
       </c>
       <c r="I16" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J16" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K16" t="s" s="5">
         <v>51</v>
@@ -3291,51 +3288,51 @@
       <c r="AQ16" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AR16" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS16" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT16" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU16" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="17">
       <c r="A17">
         <v>16</v>
       </c>
       <c r="B17" t="s">
         <v>81</v>
       </c>
       <c r="C17" t="inlineStr" s="4">
         <is>
-          <t>3672Про звiльнення ФОП Поліванової Я.Г., від плати  за орендоване майно,та комунальних послуг, що належить до комунальної власності Червоноградської міської територіальної громади</t>
+          <t>ID - 3672,  Про звiльнення ФОП Поліванової Я.Г., від плати  за орендоване майно,та комунальних послуг, що належить до комунальної власності Червоноградської міської територіальної громади</t>
         </is>
       </c>
       <c r="D17" t="s">
         <v>46</v>
       </c>
       <c r="E17" t="s">
         <v>47</v>
       </c>
       <c r="F17" t="s">
         <v>57</v>
       </c>
       <c r="G17" t="s">
         <v>49</v>
       </c>
       <c r="H17" t="s">
         <v>50</v>
       </c>
       <c r="I17" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J17" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K17" t="s" s="5">
         <v>51</v>
@@ -3436,51 +3433,51 @@
       <c r="AQ17" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AR17" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS17" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT17" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU17" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="18">
       <c r="A18">
         <v>17</v>
       </c>
       <c r="B18" t="s">
         <v>82</v>
       </c>
       <c r="C18" t="inlineStr" s="4">
         <is>
-          <t>3673Звiльнити  від сплати орендної плати та комунальних послуг за договором оренди майна СОК `Титан` .</t>
+          <t>ID - 3673,  Звiльнити  від сплати орендної плати та комунальних послуг за договором оренди майна СОК `Титан` .</t>
         </is>
       </c>
       <c r="D18" t="s">
         <v>56</v>
       </c>
       <c r="E18" t="s">
         <v>47</v>
       </c>
       <c r="F18" t="s">
         <v>83</v>
       </c>
       <c r="G18" t="s">
         <v>49</v>
       </c>
       <c r="H18" t="s">
         <v>50</v>
       </c>
       <c r="I18" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J18" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K18" t="s" s="5">
         <v>52</v>
@@ -3581,51 +3578,51 @@
       <c r="AQ18" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AR18" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS18" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT18" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU18" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="19">
       <c r="A19">
         <v>18</v>
       </c>
       <c r="B19" t="s">
         <v>84</v>
       </c>
       <c r="C19" t="inlineStr" s="4">
         <is>
-          <t>3674Про звiльнення ФОП Поліванової Я.Г., від плати  за орендоване майно,та комунальних послуг, що належить до комунальної власності Червоноградської міської територіальної громади</t>
+          <t>ID - 3674,  Про звiльнення ФОП Поліванової Я.Г., від плати  за орендоване майно,та комунальних послуг, що належить до комунальної власності Червоноградської міської територіальної громади</t>
         </is>
       </c>
       <c r="D19" t="s">
         <v>60</v>
       </c>
       <c r="E19" t="s">
         <v>47</v>
       </c>
       <c r="F19" t="s">
         <v>85</v>
       </c>
       <c r="G19" t="s">
         <v>49</v>
       </c>
       <c r="H19" t="s">
         <v>50</v>
       </c>
       <c r="I19" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J19" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K19" t="s" s="5">
         <v>51</v>
@@ -3726,51 +3723,51 @@
       <c r="AQ19" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AR19" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS19" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT19" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU19" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="20">
       <c r="A20">
         <v>19</v>
       </c>
       <c r="B20" t="s">
         <v>86</v>
       </c>
       <c r="C20" t="inlineStr" s="4">
         <is>
-          <t>3675Про затвердження структури виконавчих органiв Червоноградської мiської ради та їх загальної чисельностi»</t>
+          <t>ID - 3675,  Про затвердження структури виконавчих органiв Червоноградської мiської ради та їх загальної чисельностi»</t>
         </is>
       </c>
       <c r="D20" t="s">
         <v>68</v>
       </c>
       <c r="E20" t="s">
         <v>47</v>
       </c>
       <c r="F20" t="s">
         <v>62</v>
       </c>
       <c r="G20" t="s">
         <v>49</v>
       </c>
       <c r="H20" t="s">
         <v>50</v>
       </c>
       <c r="I20" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J20" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K20" t="s" s="5">
         <v>51</v>
@@ -3871,51 +3868,51 @@
       <c r="AQ20" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AR20" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS20" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT20" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU20" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="21">
       <c r="A21">
         <v>20</v>
       </c>
       <c r="B21" t="s">
         <v>87</v>
       </c>
       <c r="C21" t="inlineStr" s="4">
         <is>
-          <t>3676Про надання дозволу КП `Червоноградтеплокомуненерго`   на  демонтаж  попередньоізольованих труб, що не експлуатуються, для повторного використання</t>
+          <t>ID - 3676,  Про надання дозволу КП `Червоноградтеплокомуненерго`   на  демонтаж  попередньоізольованих труб, що не експлуатуються, для повторного використання</t>
         </is>
       </c>
       <c r="D21" t="s">
         <v>68</v>
       </c>
       <c r="E21" t="s">
         <v>47</v>
       </c>
       <c r="F21" t="s">
         <v>62</v>
       </c>
       <c r="G21" t="s">
         <v>49</v>
       </c>
       <c r="H21" t="s">
         <v>50</v>
       </c>
       <c r="I21" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J21" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K21" t="s" s="5">
         <v>51</v>
@@ -4016,51 +4013,51 @@
       <c r="AQ21" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AR21" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS21" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT21" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU21" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="22">
       <c r="A22">
         <v>21</v>
       </c>
       <c r="B22" t="s">
         <v>88</v>
       </c>
       <c r="C22" t="inlineStr" s="4">
         <is>
-          <t>3677Про  надання  дозволу КП «Комунальник» на прийняття та захоронення твердих побутових відходів   на підприємство промислової переробки  побутових відходів, потужністю до 100 тис. тонн в рік, від ТзОВ «ТД СОКМЕ»</t>
+          <t>ID - 3677,  Про  надання  дозволу КП «Комунальник» на прийняття та захоронення твердих побутових відходів   на підприємство промислової переробки  побутових відходів, потужністю до 100 тис. тонн в рік, від ТзОВ «ТД СОКМЕ»</t>
         </is>
       </c>
       <c r="D22" t="s">
         <v>68</v>
       </c>
       <c r="E22" t="s">
         <v>89</v>
       </c>
       <c r="F22" t="s">
         <v>90</v>
       </c>
       <c r="G22" t="s">
         <v>49</v>
       </c>
       <c r="H22" t="s">
         <v>91</v>
       </c>
       <c r="I22" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J22" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K22" t="s" s="5">
         <v>51</v>
@@ -4161,51 +4158,51 @@
       <c r="AQ22" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AR22" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS22" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT22" t="s" s="5">
         <v>80</v>
       </c>
       <c r="AU22" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="23">
       <c r="A23">
         <v>22</v>
       </c>
       <c r="B23" t="s">
         <v>92</v>
       </c>
       <c r="C23" t="inlineStr" s="4">
         <is>
-          <t>3678Про   затвердження   Статуту   комунального  підприємства «Соснівкажитлокомунсервіс»   в  новій  редакції та надання дозволу на включення до  Єдиного державного  реєстру  видів  діяльності КВЕД 96.03  «Організування   поховань  і надання суміжних послуг» та  81.30  «Надання  ландшафтних  послуг» згідно Національного класифікатора України</t>
+          <t>ID - 3678,  Про   затвердження   Статуту   комунального  підприємства «Соснівкажитлокомунсервіс»   в  новій  редакції та надання дозволу на включення до  Єдиного державного  реєстру  видів  діяльності КВЕД 96.03  «Організування   поховань  і надання суміжних послуг» та  81.30  «Надання  ландшафтних  послуг» згідно Національного класифікатора України</t>
         </is>
       </c>
       <c r="D23" t="s">
         <v>68</v>
       </c>
       <c r="E23" t="s">
         <v>47</v>
       </c>
       <c r="F23" t="s">
         <v>85</v>
       </c>
       <c r="G23" t="s">
         <v>49</v>
       </c>
       <c r="H23" t="s">
         <v>93</v>
       </c>
       <c r="I23" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J23" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K23" t="s" s="5">
         <v>51</v>
@@ -4306,51 +4303,51 @@
       <c r="AQ23" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AR23" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS23" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT23" t="s" s="5">
         <v>80</v>
       </c>
       <c r="AU23" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="24">
       <c r="A24">
         <v>23</v>
       </c>
       <c r="B24" t="s">
         <v>94</v>
       </c>
       <c r="C24" t="inlineStr" s="4">
         <is>
-          <t>3679Про внесення змін в рішення Червоноградської міської ради №62 від 22.12.2020 р. «Про створення постійно діючої комісії для розгляду питань щодо відключення споживачів від систем централізованого опалення та постачання гарячої води»</t>
+          <t>ID - 3679,  Про внесення змін в рішення Червоноградської міської ради №62 від 22.12.2020 р. «Про створення постійно діючої комісії для розгляду питань щодо відключення споживачів від систем централізованого опалення та постачання гарячої води»</t>
         </is>
       </c>
       <c r="D24" t="s">
         <v>68</v>
       </c>
       <c r="E24" t="s">
         <v>47</v>
       </c>
       <c r="F24" t="s">
         <v>95</v>
       </c>
       <c r="G24" t="s">
         <v>49</v>
       </c>
       <c r="H24" t="s">
         <v>50</v>
       </c>
       <c r="I24" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J24" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K24" t="s" s="5">
         <v>51</v>
@@ -4451,51 +4448,51 @@
       <c r="AQ24" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AR24" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS24" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT24" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU24" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="25">
       <c r="A25">
         <v>24</v>
       </c>
       <c r="B25" t="s">
         <v>96</v>
       </c>
       <c r="C25" t="inlineStr" s="4">
         <is>
-          <t>3680Про внесення змiн в схему теплопостачання м. Червоно-града, затверджену рiшенням Червоноградської мiської ради вiд 23.05.2012 № 273 «Про затвердження оптимi-зованої схеми перспектив-ного розвитку теплопоста-чання мiста Червонограда»</t>
+          <t>ID - 3680,  Про внесення змiн в схему теплопостачання м. Червоно-града, затверджену рiшенням Червоноградської мiської ради вiд 23.05.2012 № 273 «Про затвердження оптимi-зованої схеми перспектив-ного розвитку теплопоста-чання мiста Червонограда»</t>
         </is>
       </c>
       <c r="D25" t="s">
         <v>68</v>
       </c>
       <c r="E25" t="s">
         <v>47</v>
       </c>
       <c r="F25" t="s">
         <v>95</v>
       </c>
       <c r="G25" t="s">
         <v>49</v>
       </c>
       <c r="H25" t="s">
         <v>50</v>
       </c>
       <c r="I25" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J25" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K25" t="s" s="5">
         <v>51</v>
@@ -4596,51 +4593,51 @@
       <c r="AQ25" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AR25" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS25" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT25" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU25" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="26">
       <c r="A26">
         <v>25</v>
       </c>
       <c r="B26" t="s">
         <v>97</v>
       </c>
       <c r="C26" t="inlineStr" s="4">
         <is>
-          <t>3681Про внесення змiн в схему теплопостачання м. Соснівки, затверджену рiшенням Соснівської мiської ради вiд 26.07.2012 № 157 «Про затвердження оптимiзованої схеми теплопостачання м. Соснівки»</t>
+          <t>ID - 3681,  Про внесення змiн в схему теплопостачання м. Соснівки, затверджену рiшенням Соснівської мiської ради вiд 26.07.2012 № 157 «Про затвердження оптимiзованої схеми теплопостачання м. Соснівки»</t>
         </is>
       </c>
       <c r="D26" t="s">
         <v>68</v>
       </c>
       <c r="E26" t="s">
         <v>47</v>
       </c>
       <c r="F26" t="s">
         <v>95</v>
       </c>
       <c r="G26" t="s">
         <v>49</v>
       </c>
       <c r="H26" t="s">
         <v>50</v>
       </c>
       <c r="I26" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J26" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K26" t="s" s="5">
         <v>51</v>
@@ -4741,51 +4738,51 @@
       <c r="AQ26" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AR26" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS26" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT26" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU26" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="27">
       <c r="A27">
         <v>26</v>
       </c>
       <c r="B27" t="s">
         <v>98</v>
       </c>
       <c r="C27" t="inlineStr" s="4">
         <is>
-          <t>3682Про внесення змiн в схему теплопостачання смт. Гiрник, затверджену рiшенням Червоноградської мiської ради вiд 23.05.2012 № 274 «Про затвердження оптимiзованої схеми перспективного розвитку теплопостачання смт. Гiрник»</t>
+          <t>ID - 3682,  Про внесення змiн в схему теплопостачання смт. Гiрник, затверджену рiшенням Червоноградської мiської ради вiд 23.05.2012 № 274 «Про затвердження оптимiзованої схеми перспективного розвитку теплопостачання смт. Гiрник»</t>
         </is>
       </c>
       <c r="D27" t="s">
         <v>68</v>
       </c>
       <c r="E27" t="s">
         <v>47</v>
       </c>
       <c r="F27" t="s">
         <v>95</v>
       </c>
       <c r="G27" t="s">
         <v>49</v>
       </c>
       <c r="H27" t="s">
         <v>50</v>
       </c>
       <c r="I27" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J27" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K27" t="s" s="5">
         <v>51</v>
@@ -5029,51 +5026,51 @@
       <c r="AQ28" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AR28" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS28" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT28" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU28" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="29">
       <c r="A29">
         <v>28</v>
       </c>
       <c r="B29" t="s">
         <v>101</v>
       </c>
       <c r="C29" t="inlineStr" s="4">
         <is>
-          <t>3684Продовжити Товариству з обмеженою відповідальністю «Явір» на 5  років термiн оренди земельної дiлянки </t>
+          <t>ID - 3684,  Продовжити Товариству з обмеженою відповідальністю «Явір» на 5  років термiн оренди земельної дiлянки </t>
         </is>
       </c>
       <c r="D29" t="s">
         <v>56</v>
       </c>
       <c r="E29" t="s">
         <v>47</v>
       </c>
       <c r="F29" t="s">
         <v>62</v>
       </c>
       <c r="G29" t="s">
         <v>49</v>
       </c>
       <c r="H29" t="s">
         <v>50</v>
       </c>
       <c r="I29" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J29" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K29" t="s" s="5">
         <v>51</v>
@@ -5460,51 +5457,51 @@
       <c r="AQ31" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AR31" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS31" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT31" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU31" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="32">
       <c r="A32">
         <v>31</v>
       </c>
       <c r="B32" t="s">
         <v>106</v>
       </c>
       <c r="C32" t="inlineStr" s="4">
         <is>
-          <t>3687Про надання дозволу на виготовлення технічних документацій із землеустрою щодо інвентаризації земель сільськогосподарського призначення з метою подальшого надання в оренду</t>
+          <t>ID - 3687,  Про надання дозволу на виготовлення технічних документацій із землеустрою щодо інвентаризації земель сільськогосподарського призначення з метою подальшого надання в оренду</t>
         </is>
       </c>
       <c r="D32" t="s">
         <v>68</v>
       </c>
       <c r="E32" t="s">
         <v>47</v>
       </c>
       <c r="F32" t="s">
         <v>85</v>
       </c>
       <c r="G32" t="s">
         <v>49</v>
       </c>
       <c r="H32" t="s">
         <v>93</v>
       </c>
       <c r="I32" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J32" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K32" t="s" s="5">
         <v>51</v>
@@ -5891,51 +5888,51 @@
       <c r="AQ34" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AR34" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS34" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT34" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU34" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="35">
       <c r="A35">
         <v>34</v>
       </c>
       <c r="B35" t="s">
         <v>111</v>
       </c>
       <c r="C35" t="inlineStr" s="4">
         <is>
-          <t>3690врахувати пропозицію Закали Б.В. ,Курінної Н.М.  Падати домогу  - Каганюк - 10 000 , Чопику - 10 000</t>
+          <t>ID - 3690,  врахувати пропозицію Закали Б.В. ,Курінної Н.М.  Падати домогу  - Каганюк - 10 000 , Чопику - 10 000</t>
         </is>
       </c>
       <c r="D35" t="s">
         <v>56</v>
       </c>
       <c r="E35" t="s">
         <v>47</v>
       </c>
       <c r="F35" t="s">
         <v>48</v>
       </c>
       <c r="G35" t="s">
         <v>49</v>
       </c>
       <c r="H35" t="s">
         <v>50</v>
       </c>
       <c r="I35" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J35" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K35" t="s" s="5">
         <v>51</v>
@@ -6322,51 +6319,51 @@
       <c r="AQ37" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AR37" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS37" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT37" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU37" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="38">
       <c r="A38">
         <v>37</v>
       </c>
       <c r="B38" t="s">
         <v>116</v>
       </c>
       <c r="C38" t="inlineStr" s="4">
         <is>
-          <t>3693Про звернення Червоноградської міської ради щодо необхідності припинення діяльності на території України російської православної церкви в особі УПЦ (МП)</t>
+          <t>ID - 3693,  Про звернення Червоноградської міської ради щодо необхідності припинення діяльності на території України російської православної церкви в особі УПЦ (МП)</t>
         </is>
       </c>
       <c r="D38" t="s">
         <v>68</v>
       </c>
       <c r="E38" t="s">
         <v>47</v>
       </c>
       <c r="F38" t="s">
         <v>48</v>
       </c>
       <c r="G38" t="s">
         <v>49</v>
       </c>
       <c r="H38" t="s">
         <v>50</v>
       </c>
       <c r="I38" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J38" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K38" t="s" s="5">
         <v>51</v>
@@ -6608,52 +6605,54 @@
         <v>51</v>
       </c>
       <c r="AQ39" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AR39" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS39" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT39" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU39" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="40">
       <c r="A40">
         <v>39</v>
       </c>
       <c r="B40" t="s">
         <v>119</v>
       </c>
-      <c r="C40" t="s" s="4">
-        <v>120</v>
+      <c r="C40" t="inlineStr" s="4">
+        <is>
+          <t>ID - 3697,  додатково передбачити 400 000 грн на амуніцію, зменшення резервного фонду на 400 000 грн</t>
+        </is>
       </c>
       <c r="D40" t="s">
         <v>56</v>
       </c>
       <c r="E40" t="s">
         <v>47</v>
       </c>
       <c r="F40" t="s">
         <v>78</v>
       </c>
       <c r="G40" t="s">
         <v>49</v>
       </c>
       <c r="H40" t="s">
         <v>50</v>
       </c>
       <c r="I40" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J40" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K40" t="s" s="5">
         <v>53</v>
       </c>
@@ -6749,54 +6748,54 @@
       </c>
       <c r="AP40" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ40" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AR40" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS40" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT40" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU40" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="41">
       <c r="A41">
         <v>40</v>
       </c>
       <c r="B41" t="s">
+        <v>120</v>
+      </c>
+      <c r="C41" t="s" s="4">
         <v>121</v>
-      </c>
-[...1 lines deleted...]
-        <v>122</v>
       </c>
       <c r="D41" t="s">
         <v>56</v>
       </c>
       <c r="E41" t="s">
         <v>47</v>
       </c>
       <c r="F41" t="s">
         <v>78</v>
       </c>
       <c r="G41" t="s">
         <v>49</v>
       </c>
       <c r="H41" t="s">
         <v>50</v>
       </c>
       <c r="I41" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J41" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K41" t="s" s="5">
         <v>53</v>
       </c>
@@ -6892,54 +6891,54 @@
       </c>
       <c r="AP41" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ41" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AR41" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS41" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT41" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU41" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="42">
       <c r="A42">
         <v>41</v>
       </c>
       <c r="B42" t="s">
+        <v>122</v>
+      </c>
+      <c r="C42" t="s" s="4">
         <v>123</v>
-      </c>
-[...1 lines deleted...]
-        <v>124</v>
       </c>
       <c r="D42" t="s">
         <v>60</v>
       </c>
       <c r="E42" t="s">
         <v>47</v>
       </c>
       <c r="F42" t="s">
         <v>78</v>
       </c>
       <c r="G42" t="s">
         <v>49</v>
       </c>
       <c r="H42" t="s">
         <v>50</v>
       </c>
       <c r="I42" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J42" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K42" t="s" s="5">
         <v>53</v>
       </c>
@@ -7035,55 +7034,55 @@
       </c>
       <c r="AP42" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ42" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AR42" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS42" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT42" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU42" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="43">
       <c r="A43">
         <v>42</v>
       </c>
       <c r="B43" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="C43" t="inlineStr" s="4">
         <is>
-          <t>3705Про присвоєння звання «Почесний громадянин  Червоноградської міської територіальної громади»</t>
+          <t>ID - 3705,  Про присвоєння звання «Почесний громадянин  Червоноградської міської територіальної громади»</t>
         </is>
       </c>
       <c r="D43" t="s">
         <v>68</v>
       </c>
       <c r="E43" t="s">
         <v>47</v>
       </c>
       <c r="F43" t="s">
         <v>85</v>
       </c>
       <c r="G43" t="s">
         <v>49</v>
       </c>
       <c r="H43" t="s">
         <v>50</v>
       </c>
       <c r="I43" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J43" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K43" t="s" s="5">
         <v>51</v>
@@ -7180,55 +7179,55 @@
       </c>
       <c r="AP43" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ43" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AR43" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS43" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT43" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU43" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="44">
       <c r="A44">
         <v>43</v>
       </c>
       <c r="B44" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="C44" t="inlineStr" s="4">
         <is>
-          <t>3706Про присвоєння Червоноградській загальноосвітній школі І-ІІІ ступенів № 9 Червоноградської міської ради Львівської області ім’я родини Луговських</t>
+          <t>ID - 3706,  Про присвоєння Червоноградській загальноосвітній школі І-ІІІ ступенів № 9 Червоноградської міської ради Львівської області ім’я родини Луговських</t>
         </is>
       </c>
       <c r="D44" t="s">
         <v>68</v>
       </c>
       <c r="E44" t="s">
         <v>47</v>
       </c>
       <c r="F44" t="s">
         <v>85</v>
       </c>
       <c r="G44" t="s">
         <v>49</v>
       </c>
       <c r="H44" t="s">
         <v>50</v>
       </c>
       <c r="I44" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J44" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K44" t="s" s="5">
         <v>51</v>
@@ -7325,55 +7324,55 @@
       </c>
       <c r="AP44" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ44" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AR44" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS44" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT44" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU44" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="45">
       <c r="A45">
         <v>44</v>
       </c>
       <c r="B45" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="C45" t="inlineStr" s="4">
         <is>
-          <t>3707Про затвердження Міської програми соціальної підтримки учасників антитерористичної операції (операції об’єднаних сил) та постраждалих учасників Революції Гідності на 2022 рік в новій редакції</t>
+          <t>ID - 3707,  Про затвердження Міської програми соціальної підтримки учасників антитерористичної операції (операції об’єднаних сил) та постраждалих учасників Революції Гідності на 2022 рік в новій редакції</t>
         </is>
       </c>
       <c r="D45" t="s">
         <v>46</v>
       </c>
       <c r="E45" t="s">
         <v>47</v>
       </c>
       <c r="F45" t="s">
         <v>85</v>
       </c>
       <c r="G45" t="s">
         <v>49</v>
       </c>
       <c r="H45" t="s">
         <v>50</v>
       </c>
       <c r="I45" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J45" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K45" t="s" s="5">
         <v>51</v>
@@ -7470,63 +7469,63 @@
       </c>
       <c r="AP45" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ45" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AR45" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS45" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT45" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU45" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="46">
       <c r="A46">
         <v>45</v>
       </c>
       <c r="B46" t="s">
+        <v>127</v>
+      </c>
+      <c r="C46" t="s" s="4">
         <v>128</v>
-      </c>
-[...1 lines deleted...]
-        <v>129</v>
       </c>
       <c r="D46" t="s">
         <v>56</v>
       </c>
       <c r="E46" t="s">
         <v>47</v>
       </c>
       <c r="F46" t="s">
-        <v>130</v>
+        <v>129</v>
       </c>
       <c r="G46" t="s">
         <v>49</v>
       </c>
       <c r="H46" t="s">
         <v>50</v>
       </c>
       <c r="I46" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J46" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K46" t="s" s="5">
         <v>51</v>
       </c>
       <c r="L46" t="s" s="5">
         <v>51</v>
       </c>
       <c r="M46" t="s" s="5">
         <v>51</v>
       </c>
       <c r="N46" t="s" s="5">
         <v>51</v>
       </c>
@@ -7613,55 +7612,55 @@
       </c>
       <c r="AP46" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ46" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AR46" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS46" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT46" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU46" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="47">
       <c r="A47">
         <v>46</v>
       </c>
       <c r="B47" t="s">
-        <v>131</v>
+        <v>130</v>
       </c>
       <c r="C47" t="inlineStr" s="4">
         <is>
-          <t>3709Про затвердження Міської програми соціальної підтримки учасників антитерористичної операції (операції об’єднаних сил) та постраждалих учасників Революції Гідності на 2022 рік в новій редакції</t>
+          <t>ID - 3709,  Про затвердження Міської програми соціальної підтримки учасників антитерористичної операції (операції об’єднаних сил) та постраждалих учасників Революції Гідності на 2022 рік в новій редакції</t>
         </is>
       </c>
       <c r="D47" t="s">
         <v>60</v>
       </c>
       <c r="E47" t="s">
         <v>47</v>
       </c>
       <c r="F47" t="s">
         <v>78</v>
       </c>
       <c r="G47" t="s">
         <v>49</v>
       </c>
       <c r="H47" t="s">
         <v>50</v>
       </c>
       <c r="I47" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J47" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K47" t="s" s="5">
         <v>51</v>
@@ -7758,55 +7757,55 @@
       </c>
       <c r="AP47" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ47" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AR47" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS47" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT47" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU47" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="48">
       <c r="A48">
         <v>47</v>
       </c>
       <c r="B48" t="s">
-        <v>132</v>
+        <v>131</v>
       </c>
       <c r="C48" t="inlineStr" s="4">
         <is>
-          <t>3710Про  внесення змін в рішення сесії Червоноградської міської ради  від 09.12.2021р. № 953 «Про надання пільг з безкоштовного харчування вихованцям закладів дошкільної освіти, учням закладів загальної середньої освіти»</t>
+          <t>ID - 3710,  Про  внесення змін в рішення сесії Червоноградської міської ради  від 09.12.2021р. № 953 «Про надання пільг з безкоштовного харчування вихованцям закладів дошкільної освіти, учням закладів загальної середньої освіти»</t>
         </is>
       </c>
       <c r="D48" t="s">
         <v>46</v>
       </c>
       <c r="E48" t="s">
         <v>47</v>
       </c>
       <c r="F48" t="s">
         <v>85</v>
       </c>
       <c r="G48" t="s">
         <v>49</v>
       </c>
       <c r="H48" t="s">
         <v>50</v>
       </c>
       <c r="I48" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J48" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K48" t="s" s="5">
         <v>51</v>
@@ -7903,54 +7902,54 @@
       </c>
       <c r="AP48" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ48" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AR48" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS48" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT48" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU48" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="49">
       <c r="A49">
         <v>48</v>
       </c>
       <c r="B49" t="s">
+        <v>132</v>
+      </c>
+      <c r="C49" t="s" s="4">
         <v>133</v>
-      </c>
-[...1 lines deleted...]
-        <v>134</v>
       </c>
       <c r="D49" t="s">
         <v>56</v>
       </c>
       <c r="E49" t="s">
         <v>47</v>
       </c>
       <c r="F49" t="s">
         <v>78</v>
       </c>
       <c r="G49" t="s">
         <v>49</v>
       </c>
       <c r="H49" t="s">
         <v>50</v>
       </c>
       <c r="I49" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J49" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K49" t="s" s="5">
         <v>51</v>
       </c>
@@ -8046,55 +8045,55 @@
       </c>
       <c r="AP49" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ49" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AR49" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS49" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT49" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU49" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="50">
       <c r="A50">
         <v>49</v>
       </c>
       <c r="B50" t="s">
-        <v>135</v>
+        <v>134</v>
       </c>
       <c r="C50" t="inlineStr" s="4">
         <is>
-          <t>3712Про  внесення змін в рішення сесії Червоноградської міської ради  від 09.12.2021р. № 953 «Про надання пільг з безкоштовного харчування вихованцям закладів дошкільної освіти, учням закладів загальної середньої освіти»</t>
+          <t>ID - 3712,  Про  внесення змін в рішення сесії Червоноградської міської ради  від 09.12.2021р. № 953 «Про надання пільг з безкоштовного харчування вихованцям закладів дошкільної освіти, учням закладів загальної середньої освіти»</t>
         </is>
       </c>
       <c r="D50" t="s">
         <v>60</v>
       </c>
       <c r="E50" t="s">
         <v>47</v>
       </c>
       <c r="F50" t="s">
         <v>85</v>
       </c>
       <c r="G50" t="s">
         <v>49</v>
       </c>
       <c r="H50" t="s">
         <v>50</v>
       </c>
       <c r="I50" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J50" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K50" t="s" s="5">
         <v>51</v>
@@ -8191,55 +8190,55 @@
       </c>
       <c r="AP50" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ50" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AR50" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS50" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT50" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU50" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="51">
       <c r="A51">
         <v>50</v>
       </c>
       <c r="B51" t="s">
-        <v>136</v>
+        <v>135</v>
       </c>
       <c r="C51" t="inlineStr" s="4">
         <is>
-          <t>3713Про  внесення змін в рішення сесії Червоноградської міської ради від 14.04.2022р. № 1257 «Про організацію харчування та проживання внутрішньо переміщених та/або евакуйованих осіб, що тимчасово розміщуються у закладах загальної середньої освіти, які фінансуються з бюджету Червоноградської міської ради»</t>
+          <t>ID - 3713,  Про  внесення змін в рішення сесії Червоноградської міської ради від 14.04.2022р. № 1257 «Про організацію харчування та проживання внутрішньо переміщених та/або евакуйованих осіб, що тимчасово розміщуються у закладах загальної середньої освіти, які фінансуються з бюджету Червоноградської міської ради»</t>
         </is>
       </c>
       <c r="D51" t="s">
         <v>68</v>
       </c>
       <c r="E51" t="s">
         <v>47</v>
       </c>
       <c r="F51" t="s">
         <v>85</v>
       </c>
       <c r="G51" t="s">
         <v>49</v>
       </c>
       <c r="H51" t="s">
         <v>50</v>
       </c>
       <c r="I51" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J51" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K51" t="s" s="5">
         <v>51</v>
@@ -8336,54 +8335,54 @@
       </c>
       <c r="AP51" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ51" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AR51" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS51" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT51" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU51" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="52">
       <c r="A52">
         <v>51</v>
       </c>
       <c r="B52" t="s">
+        <v>136</v>
+      </c>
+      <c r="C52" t="s" s="4">
         <v>137</v>
-      </c>
-[...1 lines deleted...]
-        <v>138</v>
       </c>
       <c r="D52" t="s">
         <v>46</v>
       </c>
       <c r="E52" t="s">
         <v>47</v>
       </c>
       <c r="F52" t="s">
         <v>85</v>
       </c>
       <c r="G52" t="s">
         <v>49</v>
       </c>
       <c r="H52" t="s">
         <v>50</v>
       </c>
       <c r="I52" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J52" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K52" t="s" s="5">
         <v>51</v>
       </c>
@@ -8479,65 +8478,65 @@
       </c>
       <c r="AP52" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ52" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AR52" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS52" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT52" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU52" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="53">
       <c r="A53">
         <v>52</v>
       </c>
       <c r="B53" t="s">
-        <v>139</v>
+        <v>138</v>
       </c>
       <c r="C53" t="inlineStr" s="4">
         <is>
-          <t>37153. На період воєнного стану за договорами оренди комунального майна, чинними станом на 24 лютого 2022 року або укладеними після цієї дати за результатами аукціонів, що відбулися 24 лютого 2022 року або раніше, орендарям нараховувати оренду плату у розмірі 70 відсотків розміру орендної плати, встановленої договором оренди  (з урахуванням її індексації) за зверненнями орендарів. </t>
+          <t>ID - 3715,  3. На період воєнного стану за договорами оренди комунального майна, чинними станом на 24 лютого 2022 року або укладеними після цієї дати за результатами аукціонів, що відбулися 24 лютого 2022 року або раніше, орендарям нараховувати оренду плату у розмірі 70 відсотків розміру орендної плати, встановленої договором оренди  (з урахуванням її індексації) за зверненнями орендарів. </t>
         </is>
       </c>
       <c r="D53" t="s">
         <v>56</v>
       </c>
       <c r="E53" t="s">
         <v>89</v>
       </c>
       <c r="F53" t="s">
-        <v>140</v>
+        <v>139</v>
       </c>
       <c r="G53" t="s">
         <v>49</v>
       </c>
       <c r="H53" t="s">
         <v>93</v>
       </c>
       <c r="I53" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J53" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K53" t="s" s="5">
         <v>52</v>
       </c>
       <c r="L53" t="s" s="5">
         <v>51</v>
       </c>
       <c r="M53" t="s" s="5">
         <v>51</v>
       </c>
       <c r="N53" t="s" s="5">
         <v>51</v>
       </c>
@@ -8624,54 +8623,54 @@
       </c>
       <c r="AP53" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ53" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AR53" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS53" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT53" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU53" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="54">
       <c r="A54">
         <v>53</v>
       </c>
       <c r="B54" t="s">
+        <v>140</v>
+      </c>
+      <c r="C54" t="s" s="4">
         <v>141</v>
-      </c>
-[...1 lines deleted...]
-        <v>142</v>
       </c>
       <c r="D54" t="s">
         <v>60</v>
       </c>
       <c r="E54" t="s">
         <v>47</v>
       </c>
       <c r="F54" t="s">
         <v>85</v>
       </c>
       <c r="G54" t="s">
         <v>49</v>
       </c>
       <c r="H54" t="s">
         <v>50</v>
       </c>
       <c r="I54" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J54" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K54" t="s" s="5">
         <v>51</v>
       </c>
@@ -8767,54 +8766,54 @@
       </c>
       <c r="AP54" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ54" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AR54" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS54" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT54" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU54" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="55">
       <c r="A55">
         <v>54</v>
       </c>
       <c r="B55" t="s">
+        <v>142</v>
+      </c>
+      <c r="C55" t="s" s="4">
         <v>143</v>
-      </c>
-[...1 lines deleted...]
-        <v>144</v>
       </c>
       <c r="D55" t="s">
         <v>68</v>
       </c>
       <c r="E55" t="s">
         <v>47</v>
       </c>
       <c r="F55" t="s">
         <v>85</v>
       </c>
       <c r="G55" t="s">
         <v>49</v>
       </c>
       <c r="H55" t="s">
         <v>50</v>
       </c>
       <c r="I55" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J55" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K55" t="s" s="5">
         <v>51</v>
       </c>
@@ -8910,55 +8909,55 @@
       </c>
       <c r="AP55" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ55" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AR55" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS55" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT55" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU55" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="56">
       <c r="A56">
         <v>55</v>
       </c>
       <c r="B56" t="s">
-        <v>145</v>
+        <v>144</v>
       </c>
       <c r="C56" t="inlineStr" s="4">
         <is>
-          <t>3726Про перерозподіл видатків бюджету Червоноградської міської територіальної громади на 2022 рік</t>
+          <t>ID - 3726,  Про перерозподіл видатків бюджету Червоноградської міської територіальної громади на 2022 рік</t>
         </is>
       </c>
       <c r="D56" t="s">
         <v>46</v>
       </c>
       <c r="E56" t="s">
         <v>89</v>
       </c>
       <c r="F56" t="s">
         <v>90</v>
       </c>
       <c r="G56" t="s">
         <v>49</v>
       </c>
       <c r="H56" t="s">
         <v>50</v>
       </c>
       <c r="I56" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J56" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K56" t="s" s="5">
         <v>51</v>
@@ -9055,55 +9054,55 @@
       </c>
       <c r="AP56" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ56" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AR56" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS56" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT56" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU56" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="57">
       <c r="A57">
         <v>56</v>
       </c>
       <c r="B57" t="s">
-        <v>146</v>
+        <v>145</v>
       </c>
       <c r="C57" t="inlineStr" s="4">
         <is>
-          <t>3727Про перерозподіл видатків бюджету Червоноградської міської територіальної громади на 2022 рік</t>
+          <t>ID - 3727,  Про перерозподіл видатків бюджету Червоноградської міської територіальної громади на 2022 рік</t>
         </is>
       </c>
       <c r="D57" t="s">
         <v>46</v>
       </c>
       <c r="E57" t="s">
         <v>47</v>
       </c>
       <c r="F57" t="s">
         <v>78</v>
       </c>
       <c r="G57" t="s">
         <v>49</v>
       </c>
       <c r="H57" t="s">
         <v>50</v>
       </c>
       <c r="I57" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J57" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K57" t="s" s="5">
         <v>51</v>
@@ -9200,55 +9199,55 @@
       </c>
       <c r="AP57" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ57" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AR57" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS57" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT57" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU57" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="58">
       <c r="A58">
         <v>57</v>
       </c>
       <c r="B58" t="s">
-        <v>147</v>
+        <v>146</v>
       </c>
       <c r="C58" t="inlineStr" s="4">
         <is>
-          <t>3728Правки до проекту рішення   Діа.17  1.  Додатково виділити кошти в сумі 200,0 тис. грн. для забезпечення надання одноразової грошової допомоги: - особам, які здійснили поховання загиблих Захисників України - 100,0 тис. грн.; -  військовослужбовцям на лікування внаслідок поранення під час військових дій – 100,0 тис. грн.     Діа.18 2.Додатково   виділити кошти в сумі 40,0 тис. гривень для  КП «Комунальник»   по  програмі   благоустрою  на  демонтаж  монументу на місці  бою радянських воїнів з німецько-фашистськими загарбниками у  присілку Заболоття  села Сілець.   3.Зменшити на 40,0 тис. грн. видатки  передбачені відділу культури на виготовлення охоронної документації на об’єкти пам’ятко-охоронного фонду  (1017340 КЕКВ 2240)    Діа.19 4. Виділити кошти в сумі 10,0 тис. грн. для розроблення проекту землеустрою щодо відведення земельної ділянки орієнтовною площею 19,7 га для будівництва підприємства з виробництва крохмалепродуктів в м.Червонограді на вул. Промислова.      Діа.20 5.  Зменшити резервний фонд на    210,0   тис.грн.  </t>
+          <t>ID - 3728,  Правки до проекту рішення   Діа.17  1.  Додатково виділити кошти в сумі 200,0 тис. грн. для забезпечення надання одноразової грошової допомоги: - особам, які здійснили поховання загиблих Захисників України - 100,0 тис. грн.; -  військовослужбовцям на лікування внаслідок поранення під час військових дій – 100,0 тис. грн.     Діа.18 2.Додатково   виділити кошти в сумі 40,0 тис. гривень для  КП «Комунальник»   по  програмі   благоустрою  на  демонтаж  монументу на місці  бою радянських воїнів з німецько-фашистськими загарбниками у  присілку Заболоття  села Сілець.   3.Зменшити на 40,0 тис. грн. видатки  передбачені відділу культури на виготовлення охоронної документації на об’єкти пам’ятко-охоронного фонду  (1017340 КЕКВ 2240)    Діа.19 4. Виділити кошти в сумі 10,0 тис. грн. для розроблення проекту землеустрою щодо відведення земельної ділянки орієнтовною площею 19,7 га для будівництва підприємства з виробництва крохмалепродуктів в м.Червонограді на вул. Промислова.      Діа.20 5.  Зменшити резервний фонд на    210,0   тис.грн.  </t>
         </is>
       </c>
       <c r="D58" t="s">
         <v>56</v>
       </c>
       <c r="E58" t="s">
         <v>47</v>
       </c>
       <c r="F58" t="s">
         <v>85</v>
       </c>
       <c r="G58" t="s">
         <v>49</v>
       </c>
       <c r="H58" t="s">
         <v>50</v>
       </c>
       <c r="I58" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J58" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K58" t="s" s="5">
         <v>51</v>
@@ -9345,55 +9344,55 @@
       </c>
       <c r="AP58" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AQ58" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AR58" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS58" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT58" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU58" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="59">
       <c r="A59">
         <v>58</v>
       </c>
       <c r="B59" t="s">
-        <v>148</v>
+        <v>147</v>
       </c>
       <c r="C59" t="inlineStr" s="4">
         <is>
-          <t>3729Про перерозподіл видатків бюджету Червоноградської міської територіальної громади на 2022 рік</t>
+          <t>ID - 3729,  Про перерозподіл видатків бюджету Червоноградської міської територіальної громади на 2022 рік</t>
         </is>
       </c>
       <c r="D59" t="s">
         <v>60</v>
       </c>
       <c r="E59" t="s">
         <v>47</v>
       </c>
       <c r="F59" t="s">
         <v>78</v>
       </c>
       <c r="G59" t="s">
         <v>49</v>
       </c>
       <c r="H59" t="s">
         <v>50</v>
       </c>
       <c r="I59" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J59" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K59" t="s" s="5">
         <v>51</v>
@@ -9490,55 +9489,55 @@
       </c>
       <c r="AP59" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AQ59" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AR59" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS59" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT59" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU59" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="60">
       <c r="A60">
         <v>59</v>
       </c>
       <c r="B60" t="s">
-        <v>149</v>
+        <v>148</v>
       </c>
       <c r="C60" t="inlineStr" s="4">
         <is>
-          <t>3730Про   затвердження      статуту комунального     пiдприємства «Червоноградводоканал»  в  новiй  редакції</t>
+          <t>ID - 3730,  Про   затвердження      статуту комунального     пiдприємства «Червоноградводоканал»  в  новiй  редакції</t>
         </is>
       </c>
       <c r="D60" t="s">
         <v>68</v>
       </c>
       <c r="E60" t="s">
         <v>47</v>
       </c>
       <c r="F60" t="s">
         <v>85</v>
       </c>
       <c r="G60" t="s">
         <v>49</v>
       </c>
       <c r="H60" t="s">
         <v>50</v>
       </c>
       <c r="I60" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J60" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K60" t="s" s="5">
         <v>51</v>
@@ -9635,55 +9634,55 @@
       </c>
       <c r="AP60" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AQ60" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AR60" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS60" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT60" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU60" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="61">
       <c r="A61">
         <v>60</v>
       </c>
       <c r="B61" t="s">
-        <v>150</v>
+        <v>149</v>
       </c>
       <c r="C61" t="inlineStr" s="4">
         <is>
-          <t>3731Про безоплатну  передачу залізобетонних лотків,  що були у використанні, із   балансу   КП «Червоноградтеплокомуненерго»</t>
+          <t>ID - 3731,  Про безоплатну  передачу залізобетонних лотків,  що були у використанні, із   балансу   КП «Червоноградтеплокомуненерго»</t>
         </is>
       </c>
       <c r="D61" t="s">
         <v>68</v>
       </c>
       <c r="E61" t="s">
         <v>47</v>
       </c>
       <c r="F61" t="s">
         <v>78</v>
       </c>
       <c r="G61" t="s">
         <v>49</v>
       </c>
       <c r="H61" t="s">
         <v>50</v>
       </c>
       <c r="I61" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J61" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K61" t="s" s="5">
         <v>51</v>
@@ -9780,55 +9779,55 @@
       </c>
       <c r="AP61" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AQ61" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AR61" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS61" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT61" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU61" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="62">
       <c r="A62">
         <v>61</v>
       </c>
       <c r="B62" t="s">
-        <v>151</v>
+        <v>150</v>
       </c>
       <c r="C62" t="inlineStr" s="4">
         <is>
-          <t>3732Про встановлення ставок орендної плати за земельні ділянки комунальної власності на території Червоноградської міської ради</t>
+          <t>ID - 3732,  Про встановлення ставок орендної плати за земельні ділянки комунальної власності на території Червоноградської міської ради</t>
         </is>
       </c>
       <c r="D62" t="s">
         <v>46</v>
       </c>
       <c r="E62" t="s">
         <v>47</v>
       </c>
       <c r="F62" t="s">
         <v>78</v>
       </c>
       <c r="G62" t="s">
         <v>49</v>
       </c>
       <c r="H62" t="s">
         <v>50</v>
       </c>
       <c r="I62" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J62" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K62" t="s" s="5">
         <v>51</v>
@@ -9925,69 +9924,69 @@
       </c>
       <c r="AP62" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AQ62" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AR62" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS62" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT62" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU62" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="63">
       <c r="A63">
         <v>62</v>
       </c>
       <c r="B63" t="s">
+        <v>151</v>
+      </c>
+      <c r="C63" t="s" s="4">
         <v>152</v>
-      </c>
-[...1 lines deleted...]
-        <v>153</v>
       </c>
       <c r="D63" t="s">
         <v>56</v>
       </c>
       <c r="E63" t="s">
         <v>89</v>
       </c>
       <c r="F63" t="s">
-        <v>154</v>
+        <v>153</v>
       </c>
       <c r="G63" t="s">
         <v>49</v>
       </c>
       <c r="H63" t="s">
-        <v>155</v>
+        <v>154</v>
       </c>
       <c r="I63" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J63" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K63" t="s" s="5">
         <v>51</v>
       </c>
       <c r="L63" t="s" s="5">
         <v>51</v>
       </c>
       <c r="M63" t="s" s="5">
         <v>52</v>
       </c>
       <c r="N63" t="s" s="5">
         <v>52</v>
       </c>
       <c r="O63" t="s" s="5">
         <v>51</v>
       </c>
       <c r="P63" t="s" s="5">
         <v>52</v>
       </c>
@@ -10068,69 +10067,69 @@
       </c>
       <c r="AP63" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AQ63" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AR63" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS63" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT63" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU63" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="64">
       <c r="A64">
         <v>63</v>
       </c>
       <c r="B64" t="s">
+        <v>155</v>
+      </c>
+      <c r="C64" t="s" s="4">
         <v>156</v>
-      </c>
-[...1 lines deleted...]
-        <v>157</v>
       </c>
       <c r="D64" t="s">
         <v>56</v>
       </c>
       <c r="E64" t="s">
         <v>89</v>
       </c>
       <c r="F64" t="s">
-        <v>158</v>
+        <v>157</v>
       </c>
       <c r="G64" t="s">
         <v>49</v>
       </c>
       <c r="H64" t="s">
-        <v>159</v>
+        <v>158</v>
       </c>
       <c r="I64" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J64" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K64" t="s" s="5">
         <v>51</v>
       </c>
       <c r="L64" t="s" s="5">
         <v>51</v>
       </c>
       <c r="M64" t="s" s="5">
         <v>51</v>
       </c>
       <c r="N64" t="s" s="5">
         <v>51</v>
       </c>
       <c r="O64" t="s" s="5">
         <v>51</v>
       </c>
       <c r="P64" t="s" s="5">
         <v>51</v>
       </c>
@@ -10211,63 +10210,63 @@
       </c>
       <c r="AP64" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AQ64" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AR64" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS64" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT64" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU64" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="65">
       <c r="A65">
         <v>64</v>
       </c>
       <c r="B65" t="s">
+        <v>159</v>
+      </c>
+      <c r="C65" t="s" s="4">
         <v>160</v>
-      </c>
-[...1 lines deleted...]
-        <v>161</v>
       </c>
       <c r="D65" t="s">
         <v>56</v>
       </c>
       <c r="E65" t="s">
         <v>89</v>
       </c>
       <c r="F65" t="s">
-        <v>162</v>
+        <v>161</v>
       </c>
       <c r="G65" t="s">
         <v>49</v>
       </c>
       <c r="H65" t="s">
         <v>91</v>
       </c>
       <c r="I65" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J65" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K65" t="s" s="5">
         <v>52</v>
       </c>
       <c r="L65" t="s" s="5">
         <v>52</v>
       </c>
       <c r="M65" t="s" s="5">
         <v>52</v>
       </c>
       <c r="N65" t="s" s="5">
         <v>52</v>
       </c>
@@ -10354,55 +10353,55 @@
       </c>
       <c r="AP65" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AQ65" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AR65" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS65" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT65" t="s" s="5">
         <v>80</v>
       </c>
       <c r="AU65" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="66">
       <c r="A66">
         <v>65</v>
       </c>
       <c r="B66" t="s">
-        <v>163</v>
+        <v>162</v>
       </c>
       <c r="C66" t="inlineStr" s="4">
         <is>
-          <t>3736Про встановлення ставок орендної плати за земельні ділянки комунальної власності на території Червоноградської міської ради</t>
+          <t>ID - 3736,  Про встановлення ставок орендної плати за земельні ділянки комунальної власності на території Червоноградської міської ради</t>
         </is>
       </c>
       <c r="D66" t="s">
         <v>60</v>
       </c>
       <c r="E66" t="s">
         <v>47</v>
       </c>
       <c r="F66" t="s">
         <v>78</v>
       </c>
       <c r="G66" t="s">
         <v>49</v>
       </c>
       <c r="H66" t="s">
         <v>50</v>
       </c>
       <c r="I66" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J66" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K66" t="s" s="5">
         <v>51</v>
@@ -10499,54 +10498,54 @@
       </c>
       <c r="AP66" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AQ66" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AR66" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS66" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT66" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU66" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="67">
       <c r="A67">
         <v>66</v>
       </c>
       <c r="B67" t="s">
+        <v>163</v>
+      </c>
+      <c r="C67" t="s" s="4">
         <v>164</v>
-      </c>
-[...1 lines deleted...]
-        <v>165</v>
       </c>
       <c r="D67" t="s">
         <v>68</v>
       </c>
       <c r="E67" t="s">
         <v>47</v>
       </c>
       <c r="F67" t="s">
         <v>78</v>
       </c>
       <c r="G67" t="s">
         <v>49</v>
       </c>
       <c r="H67" t="s">
         <v>50</v>
       </c>
       <c r="I67" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J67" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K67" t="s" s="5">
         <v>51</v>
       </c>
@@ -10642,65 +10641,65 @@
       </c>
       <c r="AP67" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AQ67" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AR67" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS67" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT67" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU67" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="68">
       <c r="A68">
         <v>67</v>
       </c>
       <c r="B68" t="s">
-        <v>166</v>
+        <v>165</v>
       </c>
       <c r="C68" t="inlineStr" s="4">
         <is>
-          <t>3738Про припинення права оренди земельної ділянки та надання її в оренду в м. Червонограді</t>
+          <t>ID - 3738,  Про припинення права оренди земельної ділянки та надання її в оренду в м. Червонограді</t>
         </is>
       </c>
       <c r="D68" t="s">
         <v>68</v>
       </c>
       <c r="E68" t="s">
         <v>47</v>
       </c>
       <c r="F68" t="s">
-        <v>130</v>
+        <v>129</v>
       </c>
       <c r="G68" t="s">
         <v>49</v>
       </c>
       <c r="H68" t="s">
         <v>50</v>
       </c>
       <c r="I68" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J68" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K68" t="s" s="5">
         <v>51</v>
       </c>
       <c r="L68" t="s" s="5">
         <v>51</v>
       </c>
       <c r="M68" t="s" s="5">
         <v>51</v>
       </c>
       <c r="N68" t="s" s="5">
         <v>51</v>
       </c>
@@ -10787,54 +10786,54 @@
       </c>
       <c r="AP68" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AQ68" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AR68" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS68" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT68" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU68" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="69">
       <c r="A69">
         <v>68</v>
       </c>
       <c r="B69" t="s">
+        <v>166</v>
+      </c>
+      <c r="C69" t="s" s="4">
         <v>167</v>
-      </c>
-[...1 lines deleted...]
-        <v>168</v>
       </c>
       <c r="D69" t="s">
         <v>68</v>
       </c>
       <c r="E69" t="s">
         <v>47</v>
       </c>
       <c r="F69" t="s">
         <v>85</v>
       </c>
       <c r="G69" t="s">
         <v>49</v>
       </c>
       <c r="H69" t="s">
         <v>50</v>
       </c>
       <c r="I69" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J69" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K69" t="s" s="5">
         <v>51</v>
       </c>
@@ -10930,54 +10929,54 @@
       </c>
       <c r="AP69" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AQ69" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AR69" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS69" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT69" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU69" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="70">
       <c r="A70">
         <v>69</v>
       </c>
       <c r="B70" t="s">
+        <v>168</v>
+      </c>
+      <c r="C70" t="s" s="4">
         <v>169</v>
-      </c>
-[...1 lines deleted...]
-        <v>170</v>
       </c>
       <c r="D70" t="s">
         <v>68</v>
       </c>
       <c r="E70" t="s">
         <v>47</v>
       </c>
       <c r="F70" t="s">
         <v>85</v>
       </c>
       <c r="G70" t="s">
         <v>49</v>
       </c>
       <c r="H70" t="s">
         <v>50</v>
       </c>
       <c r="I70" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J70" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K70" t="s" s="5">
         <v>51</v>
       </c>
@@ -11073,69 +11072,69 @@
       </c>
       <c r="AP70" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AQ70" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AR70" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS70" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT70" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU70" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="71">
       <c r="A71">
         <v>70</v>
       </c>
       <c r="B71" t="s">
+        <v>170</v>
+      </c>
+      <c r="C71" t="s" s="4">
         <v>171</v>
-      </c>
-[...1 lines deleted...]
-        <v>3741</v>
       </c>
       <c r="D71" t="s">
         <v>46</v>
       </c>
       <c r="E71" t="s">
         <v>89</v>
       </c>
       <c r="F71" t="s">
         <v>172</v>
       </c>
       <c r="G71" t="s">
         <v>49</v>
       </c>
       <c r="H71" t="s">
-        <v>155</v>
+        <v>154</v>
       </c>
       <c r="I71" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J71" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K71" t="s" s="5">
         <v>51</v>
       </c>
       <c r="L71" t="s" s="5">
         <v>51</v>
       </c>
       <c r="M71" t="s" s="5">
         <v>52</v>
       </c>
       <c r="N71" t="s" s="5">
         <v>51</v>
       </c>
       <c r="O71" t="s" s="5">
         <v>52</v>
       </c>
       <c r="P71" t="s" s="5">
         <v>51</v>
       </c>
@@ -11514,51 +11513,51 @@
       </c>
       <c r="AT73" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU73" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="74">
       <c r="A74">
         <v>73</v>
       </c>
       <c r="B74" t="s">
         <v>177</v>
       </c>
       <c r="C74" t="s" s="4">
         <v>178</v>
       </c>
       <c r="D74" t="s">
         <v>56</v>
       </c>
       <c r="E74" t="s">
         <v>47</v>
       </c>
       <c r="F74" t="s">
-        <v>130</v>
+        <v>129</v>
       </c>
       <c r="G74" t="s">
         <v>49</v>
       </c>
       <c r="H74" t="s">
         <v>50</v>
       </c>
       <c r="I74" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J74" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K74" t="s" s="5">
         <v>51</v>
       </c>
       <c r="L74" t="s" s="5">
         <v>51</v>
       </c>
       <c r="M74" t="s" s="5">
         <v>51</v>
       </c>
       <c r="N74" t="s" s="5">
         <v>51</v>
       </c>
@@ -11790,61 +11789,63 @@
         <v>51</v>
       </c>
       <c r="AQ75" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AR75" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS75" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT75" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU75" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="76">
       <c r="A76">
         <v>75</v>
       </c>
       <c r="B76" t="s">
         <v>181</v>
       </c>
-      <c r="C76" t="s" s="4">
-        <v>182</v>
+      <c r="C76" t="inlineStr" s="4">
+        <is>
+          <t>ID - 3746,  ​​​​​​​Про розгляд клопотань фізичної особи-підприємця Кузьми Ірини Йосипівни</t>
+        </is>
       </c>
       <c r="D76" t="s">
         <v>46</v>
       </c>
       <c r="E76" t="s">
         <v>47</v>
       </c>
       <c r="F76" t="s">
-        <v>130</v>
+        <v>129</v>
       </c>
       <c r="G76" t="s">
         <v>49</v>
       </c>
       <c r="H76" t="s">
         <v>50</v>
       </c>
       <c r="I76" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J76" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K76" t="s" s="5">
         <v>51</v>
       </c>
       <c r="L76" t="s" s="5">
         <v>51</v>
       </c>
       <c r="M76" t="s" s="5">
         <v>51</v>
       </c>
       <c r="N76" t="s" s="5">
         <v>51</v>
       </c>
@@ -11931,63 +11932,63 @@
       </c>
       <c r="AP76" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ76" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AR76" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS76" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT76" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU76" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="77">
       <c r="A77">
         <v>76</v>
       </c>
       <c r="B77" t="s">
+        <v>182</v>
+      </c>
+      <c r="C77" t="s" s="4">
         <v>183</v>
-      </c>
-[...1 lines deleted...]
-        <v>184</v>
       </c>
       <c r="D77" t="s">
         <v>56</v>
       </c>
       <c r="E77" t="s">
         <v>89</v>
       </c>
       <c r="F77" t="s">
-        <v>158</v>
+        <v>157</v>
       </c>
       <c r="G77" t="s">
         <v>49</v>
       </c>
       <c r="H77" t="s">
         <v>79</v>
       </c>
       <c r="I77" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J77" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K77" t="s" s="5">
         <v>51</v>
       </c>
       <c r="L77" t="s" s="5">
         <v>51</v>
       </c>
       <c r="M77" t="s" s="5">
         <v>52</v>
       </c>
       <c r="N77" t="s" s="5">
         <v>52</v>
       </c>
@@ -12074,63 +12075,63 @@
       </c>
       <c r="AP77" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ77" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AR77" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS77" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT77" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU77" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="78">
       <c r="A78">
         <v>77</v>
       </c>
       <c r="B78" t="s">
+        <v>184</v>
+      </c>
+      <c r="C78" t="s" s="4">
         <v>185</v>
-      </c>
-[...1 lines deleted...]
-        <v>186</v>
       </c>
       <c r="D78" t="s">
         <v>56</v>
       </c>
       <c r="E78" t="s">
         <v>89</v>
       </c>
       <c r="F78" t="s">
-        <v>187</v>
+        <v>186</v>
       </c>
       <c r="G78" t="s">
         <v>49</v>
       </c>
       <c r="H78" t="s">
         <v>91</v>
       </c>
       <c r="I78" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J78" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K78" t="s" s="5">
         <v>52</v>
       </c>
       <c r="L78" t="s" s="5">
         <v>52</v>
       </c>
       <c r="M78" t="s" s="5">
         <v>52</v>
       </c>
       <c r="N78" t="s" s="5">
         <v>51</v>
       </c>
@@ -12217,63 +12218,65 @@
       </c>
       <c r="AP78" t="s" s="5">
         <v>80</v>
       </c>
       <c r="AQ78" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AR78" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS78" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT78" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU78" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="79">
       <c r="A79">
         <v>78</v>
       </c>
       <c r="B79" t="s">
-        <v>188</v>
-[...2 lines deleted...]
-        <v>189</v>
+        <v>187</v>
+      </c>
+      <c r="C79" t="inlineStr" s="4">
+        <is>
+          <t>ID - 3749,  ​​​​​​​Про розгляд клопотань фізичної особи-підприємця Кузьми Ірини Йосипівни</t>
+        </is>
       </c>
       <c r="D79" t="s">
         <v>60</v>
       </c>
       <c r="E79" t="s">
         <v>89</v>
       </c>
       <c r="F79" t="s">
-        <v>190</v>
+        <v>188</v>
       </c>
       <c r="G79" t="s">
         <v>49</v>
       </c>
       <c r="H79" t="s">
         <v>50</v>
       </c>
       <c r="I79" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J79" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K79" t="s" s="5">
         <v>51</v>
       </c>
       <c r="L79" t="s" s="5">
         <v>51</v>
       </c>
       <c r="M79" t="s" s="5">
         <v>51</v>
       </c>
       <c r="N79" t="s" s="5">
         <v>52</v>
       </c>
@@ -12360,54 +12363,56 @@
       </c>
       <c r="AP79" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ79" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AR79" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS79" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT79" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU79" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="80">
       <c r="A80">
         <v>79</v>
       </c>
       <c r="B80" t="s">
-        <v>191</v>
-[...2 lines deleted...]
-        <v>192</v>
+        <v>189</v>
+      </c>
+      <c r="C80" t="inlineStr" s="4">
+        <is>
+          <t>ID - 3751,  ​​​​​​​Про розгляд клопотань фізичної особи-підприємця Кузьми Ірини Йосипівни</t>
+        </is>
       </c>
       <c r="D80" t="s">
         <v>68</v>
       </c>
       <c r="E80" t="s">
         <v>47</v>
       </c>
       <c r="F80" t="s">
         <v>83</v>
       </c>
       <c r="G80" t="s">
         <v>49</v>
       </c>
       <c r="H80" t="s">
         <v>50</v>
       </c>
       <c r="I80" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J80" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K80" t="s" s="5">
         <v>51</v>
       </c>
@@ -12503,55 +12508,55 @@
       </c>
       <c r="AP80" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ80" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AR80" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS80" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT80" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU80" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="81">
       <c r="A81">
         <v>80</v>
       </c>
       <c r="B81" t="s">
-        <v>193</v>
+        <v>190</v>
       </c>
       <c r="C81" t="inlineStr" s="4">
         <is>
-          <t>3752​​​​​​​Про розгляд клопотання фізичної особи-підприємця Серчинської Галини Григорівни</t>
+          <t>ID - 3752,  ​​​​​​​Про розгляд клопотання фізичної особи-підприємця Серчинської Галини Григорівни</t>
         </is>
       </c>
       <c r="D81" t="s">
         <v>68</v>
       </c>
       <c r="E81" t="s">
         <v>47</v>
       </c>
       <c r="F81" t="s">
         <v>85</v>
       </c>
       <c r="G81" t="s">
         <v>49</v>
       </c>
       <c r="H81" t="s">
         <v>50</v>
       </c>
       <c r="I81" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J81" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K81" t="s" s="5">
         <v>51</v>
@@ -12648,54 +12653,54 @@
       </c>
       <c r="AP81" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ81" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AR81" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS81" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT81" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU81" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="82">
       <c r="A82">
         <v>81</v>
       </c>
       <c r="B82" t="s">
-        <v>194</v>
+        <v>191</v>
       </c>
       <c r="C82" t="s" s="4">
-        <v>195</v>
+        <v>192</v>
       </c>
       <c r="D82" t="s">
         <v>68</v>
       </c>
       <c r="E82" t="s">
         <v>47</v>
       </c>
       <c r="F82" t="s">
         <v>78</v>
       </c>
       <c r="G82" t="s">
         <v>49</v>
       </c>
       <c r="H82" t="s">
         <v>50</v>
       </c>
       <c r="I82" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J82" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K82" t="s" s="5">
         <v>51</v>
       </c>
@@ -12791,54 +12796,54 @@
       </c>
       <c r="AP82" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ82" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AR82" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS82" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT82" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU82" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="83">
       <c r="A83">
         <v>82</v>
       </c>
       <c r="B83" t="s">
-        <v>196</v>
+        <v>193</v>
       </c>
       <c r="C83" t="s" s="4">
-        <v>197</v>
+        <v>194</v>
       </c>
       <c r="D83" t="s">
         <v>46</v>
       </c>
       <c r="E83" t="s">
         <v>47</v>
       </c>
       <c r="F83" t="s">
         <v>57</v>
       </c>
       <c r="G83" t="s">
         <v>49</v>
       </c>
       <c r="H83" t="s">
         <v>50</v>
       </c>
       <c r="I83" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J83" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K83" t="s" s="5">
         <v>51</v>
       </c>
@@ -12934,55 +12939,55 @@
       </c>
       <c r="AP83" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ83" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AR83" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS83" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT83" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU83" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="84">
       <c r="A84">
         <v>83</v>
       </c>
       <c r="B84" t="s">
-        <v>198</v>
+        <v>195</v>
       </c>
       <c r="C84" t="inlineStr" s="4">
         <is>
-          <t>3755Надати приватному підприємству «Золотва» в короткострокову оренду терміном на 11 (одинадцять) місяців земельну ділянку сільськогосподарського призначення комунальної власності площею 4,0000 га для ведення товарного сільськогосподарського виробництва (код КВЦПЗД - 01.01 - для ведення товарного сільськогосподарського виробництва),  на території Червоноградської міської ради (село Острів), встановивши річну орендну плату за земельну ділянку 3 % від нормативної грошової оцінки земельної ділянки, що визначається від середньої нормативної грошової оцінки одиниці площі ріллі по Львівській області.</t>
+          <t>ID - 3755,  Надати приватному підприємству «Золотва» в короткострокову оренду терміном на 11 (одинадцять) місяців земельну ділянку сільськогосподарського призначення комунальної власності площею 4,0000 га для ведення товарного сільськогосподарського виробництва (код КВЦПЗД - 01.01 - для ведення товарного сільськогосподарського виробництва),  на території Червоноградської міської ради (село Острів), встановивши річну орендну плату за земельну ділянку 3 % від нормативної грошової оцінки земельної ділянки, що визначається від середньої нормативної грошової оцінки одиниці площі ріллі по Львівській області.</t>
         </is>
       </c>
       <c r="D84" t="s">
         <v>56</v>
       </c>
       <c r="E84" t="s">
         <v>89</v>
       </c>
       <c r="F84" t="s">
         <v>90</v>
       </c>
       <c r="G84" t="s">
         <v>49</v>
       </c>
       <c r="H84" t="s">
         <v>50</v>
       </c>
       <c r="I84" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J84" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K84" t="s" s="5">
         <v>51</v>
@@ -13079,54 +13084,54 @@
       </c>
       <c r="AP84" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ84" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AR84" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS84" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT84" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU84" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="85">
       <c r="A85">
         <v>84</v>
       </c>
       <c r="B85" t="s">
-        <v>199</v>
+        <v>196</v>
       </c>
       <c r="C85" t="s" s="4">
-        <v>200</v>
+        <v>197</v>
       </c>
       <c r="D85" t="s">
         <v>68</v>
       </c>
       <c r="E85" t="s">
         <v>47</v>
       </c>
       <c r="F85" t="s">
         <v>85</v>
       </c>
       <c r="G85" t="s">
         <v>49</v>
       </c>
       <c r="H85" t="s">
         <v>50</v>
       </c>
       <c r="I85" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J85" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K85" t="s" s="5">
         <v>51</v>
       </c>
@@ -13222,55 +13227,55 @@
       </c>
       <c r="AP85" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ85" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AR85" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS85" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT85" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU85" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="86">
       <c r="A86">
         <v>85</v>
       </c>
       <c r="B86" t="s">
-        <v>201</v>
+        <v>198</v>
       </c>
       <c r="C86" t="inlineStr" s="4">
         <is>
-          <t>3757​​​​​​​Про надання дозволу на розроблення проекту землеустрою щодо відведення земельної ділянки в м. Червонограді</t>
+          <t>ID - 3757,  ​​​​​​​Про надання дозволу на розроблення проекту землеустрою щодо відведення земельної ділянки в м. Червонограді</t>
         </is>
       </c>
       <c r="D86" t="s">
         <v>68</v>
       </c>
       <c r="E86" t="s">
         <v>47</v>
       </c>
       <c r="F86" t="s">
         <v>85</v>
       </c>
       <c r="G86" t="s">
         <v>49</v>
       </c>
       <c r="H86" t="s">
         <v>50</v>
       </c>
       <c r="I86" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J86" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K86" t="s" s="5">
         <v>51</v>
@@ -13367,104 +13372,104 @@
       </c>
       <c r="AP86" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ86" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AR86" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS86" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT86" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU86" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="87">
       <c r="A87">
         <v>86</v>
       </c>
       <c r="B87" t="s">
-        <v>202</v>
+        <v>199</v>
       </c>
       <c r="C87" t="inlineStr" s="4">
         <is>
-          <t>3758Про внесення змiн до Схеми комплексного розмiщення зовнiшньої реклами в   м. Червоноградi, затвердженої рiшенням Червоноградської мiської ради вiд 05.12.2019р. № 1490</t>
+          <t>ID - 3758,  Про внесення змiн до Схеми комплексного розмiщення зовнiшньої реклами в   м. Червоноградi, затвердженої рiшенням Червоноградської мiської ради вiд 05.12.2019р. № 1490</t>
         </is>
       </c>
       <c r="D87" t="s">
         <v>68</v>
       </c>
       <c r="E87" t="s">
         <v>89</v>
       </c>
       <c r="F87" t="s">
-        <v>140</v>
+        <v>139</v>
       </c>
       <c r="G87" t="s">
-        <v>203</v>
+        <v>200</v>
       </c>
       <c r="H87" t="s">
         <v>79</v>
       </c>
       <c r="I87" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J87" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K87" t="s" s="5">
         <v>52</v>
       </c>
       <c r="L87" t="s" s="5">
         <v>52</v>
       </c>
       <c r="M87" t="s" s="5">
         <v>52</v>
       </c>
       <c r="N87" t="s" s="5">
         <v>51</v>
       </c>
       <c r="O87" t="s" s="5">
         <v>51</v>
       </c>
       <c r="P87" t="s" s="5">
         <v>51</v>
       </c>
       <c r="Q87" t="s" s="5">
         <v>53</v>
       </c>
       <c r="R87" t="s" s="5">
         <v>52</v>
       </c>
       <c r="S87" t="s" s="5">
-        <v>204</v>
+        <v>201</v>
       </c>
       <c r="T87" t="s" s="5">
         <v>52</v>
       </c>
       <c r="U87" t="s" s="5">
         <v>52</v>
       </c>
       <c r="V87" t="s" s="5">
         <v>53</v>
       </c>
       <c r="W87" t="s" s="5">
         <v>51</v>
       </c>
       <c r="X87" t="s" s="5">
         <v>51</v>
       </c>
       <c r="Y87" t="s" s="5">
         <v>52</v>
       </c>
       <c r="Z87" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AA87" t="s" s="5">
         <v>53</v>
       </c>
@@ -13512,55 +13517,55 @@
       </c>
       <c r="AP87" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ87" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AR87" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS87" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT87" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU87" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="88">
       <c r="A88">
         <v>87</v>
       </c>
       <c r="B88" t="s">
-        <v>205</v>
+        <v>202</v>
       </c>
       <c r="C88" t="inlineStr" s="4">
         <is>
-          <t>3759Про затвердження Статуту Комунального пiдприємства  «Червоноградська мiська стоматологiчна полiклiнiка» в новій редакції</t>
+          <t>ID - 3759,  Про затвердження Статуту Комунального пiдприємства  «Червоноградська мiська стоматологiчна полiклiнiка» в новій редакції</t>
         </is>
       </c>
       <c r="D88" t="s">
         <v>68</v>
       </c>
       <c r="E88" t="s">
         <v>47</v>
       </c>
       <c r="F88" t="s">
         <v>85</v>
       </c>
       <c r="G88" t="s">
         <v>49</v>
       </c>
       <c r="H88" t="s">
         <v>50</v>
       </c>
       <c r="I88" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J88" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K88" t="s" s="5">
         <v>51</v>
@@ -13657,55 +13662,55 @@
       </c>
       <c r="AP88" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ88" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AR88" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS88" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT88" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU88" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="89">
       <c r="A89">
         <v>88</v>
       </c>
       <c r="B89" t="s">
-        <v>206</v>
+        <v>203</v>
       </c>
       <c r="C89" t="inlineStr" s="4">
         <is>
-          <t>3761Про затвердження положення про відділ молоді та спорту Червоноградської міської ради</t>
+          <t>ID - 3761,  Про затвердження положення про відділ молоді та спорту Червоноградської міської ради</t>
         </is>
       </c>
       <c r="D89" t="s">
         <v>68</v>
       </c>
       <c r="E89" t="s">
         <v>47</v>
       </c>
       <c r="F89" t="s">
         <v>78</v>
       </c>
       <c r="G89" t="s">
         <v>49</v>
       </c>
       <c r="H89" t="s">
         <v>50</v>
       </c>
       <c r="I89" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J89" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K89" t="s" s="5">
         <v>51</v>
@@ -13802,55 +13807,55 @@
       </c>
       <c r="AP89" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ89" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AR89" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS89" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT89" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU89" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="90">
       <c r="A90">
         <v>89</v>
       </c>
       <c r="B90" t="s">
-        <v>207</v>
+        <v>204</v>
       </c>
       <c r="C90" t="inlineStr" s="4">
         <is>
-          <t>3762Про внесення змін до рішення Червоноградської міської ради від 05.08.2021року №670 «Про затвердження Переліку другого типу об’єктів  комунальної  власності Червоноградської територіальної громади , щодо яких прийнято рішення про передачу в оренду без проведення аукціону»</t>
+          <t>ID - 3762,  Про внесення змін до рішення Червоноградської міської ради від 05.08.2021року №670 «Про затвердження Переліку другого типу об’єктів  комунальної  власності Червоноградської територіальної громади , щодо яких прийнято рішення про передачу в оренду без проведення аукціону»</t>
         </is>
       </c>
       <c r="D90" t="s">
         <v>68</v>
       </c>
       <c r="E90" t="s">
         <v>47</v>
       </c>
       <c r="F90" t="s">
         <v>78</v>
       </c>
       <c r="G90" t="s">
         <v>49</v>
       </c>
       <c r="H90" t="s">
         <v>50</v>
       </c>
       <c r="I90" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J90" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K90" t="s" s="5">
         <v>51</v>
@@ -13947,63 +13952,63 @@
       </c>
       <c r="AP90" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ90" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AR90" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS90" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT90" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU90" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="91">
       <c r="A91">
         <v>90</v>
       </c>
       <c r="B91" t="s">
-        <v>208</v>
+        <v>205</v>
       </c>
       <c r="C91" t="s" s="4">
-        <v>209</v>
+        <v>206</v>
       </c>
       <c r="D91" t="s">
         <v>68</v>
       </c>
       <c r="E91" t="s">
         <v>47</v>
       </c>
       <c r="F91" t="s">
-        <v>130</v>
+        <v>129</v>
       </c>
       <c r="G91" t="s">
         <v>49</v>
       </c>
       <c r="H91" t="s">
         <v>50</v>
       </c>
       <c r="I91" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J91" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K91" t="s" s="5">
         <v>51</v>
       </c>
       <c r="L91" t="s" s="5">
         <v>51</v>
       </c>
       <c r="M91" t="s" s="5">
         <v>51</v>
       </c>
       <c r="N91" t="s" s="5">
         <v>51</v>
       </c>
@@ -14090,54 +14095,54 @@
       </c>
       <c r="AP91" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ91" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AR91" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS91" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT91" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU91" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="92">
       <c r="A92">
         <v>91</v>
       </c>
       <c r="B92" t="s">
-        <v>210</v>
-[...2 lines deleted...]
-        <v>3764</v>
+        <v>207</v>
+      </c>
+      <c r="C92" t="s" s="4">
+        <v>208</v>
       </c>
       <c r="D92" t="s">
         <v>46</v>
       </c>
       <c r="E92" t="s">
         <v>47</v>
       </c>
       <c r="F92" t="s">
         <v>78</v>
       </c>
       <c r="G92" t="s">
         <v>49</v>
       </c>
       <c r="H92" t="s">
         <v>50</v>
       </c>
       <c r="I92" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J92" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K92" t="s" s="5">
         <v>51</v>
       </c>
@@ -14233,54 +14238,54 @@
       </c>
       <c r="AP92" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ92" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AR92" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS92" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT92" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU92" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="93">
       <c r="A93">
         <v>92</v>
       </c>
       <c r="B93" t="s">
-        <v>211</v>
-[...2 lines deleted...]
-        <v>3765</v>
+        <v>209</v>
+      </c>
+      <c r="C93" t="s" s="4">
+        <v>210</v>
       </c>
       <c r="D93" t="s">
         <v>56</v>
       </c>
       <c r="E93" t="s">
         <v>47</v>
       </c>
       <c r="F93" t="s">
         <v>85</v>
       </c>
       <c r="G93" t="s">
         <v>49</v>
       </c>
       <c r="H93" t="s">
         <v>50</v>
       </c>
       <c r="I93" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J93" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K93" t="s" s="5">
         <v>51</v>
       </c>
@@ -14376,54 +14381,54 @@
       </c>
       <c r="AP93" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ93" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AR93" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS93" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT93" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU93" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="94">
       <c r="A94">
         <v>93</v>
       </c>
       <c r="B94" t="s">
+        <v>211</v>
+      </c>
+      <c r="C94" t="s" s="4">
         <v>212</v>
-      </c>
-[...1 lines deleted...]
-        <v>213</v>
       </c>
       <c r="D94" t="s">
         <v>56</v>
       </c>
       <c r="E94" t="s">
         <v>47</v>
       </c>
       <c r="F94" t="s">
         <v>85</v>
       </c>
       <c r="G94" t="s">
         <v>49</v>
       </c>
       <c r="H94" t="s">
         <v>50</v>
       </c>
       <c r="I94" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J94" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K94" t="s" s="5">
         <v>51</v>
       </c>
@@ -14519,55 +14524,55 @@
       </c>
       <c r="AP94" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ94" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AR94" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS94" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT94" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU94" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="95">
       <c r="A95">
         <v>94</v>
       </c>
       <c r="B95" t="s">
-        <v>214</v>
+        <v>213</v>
       </c>
       <c r="C95" t="inlineStr" s="4">
         <is>
-          <t>3767Про внесення змін до рішення Червоноградської міської ради від 05.08.2021року №670 «Про затвердження Переліку другого типу об’єктів  комунальної  власності Червоноградської територіальної громади , щодо яких прийнято рішення про передачу в оренду без проведення аукціону»</t>
+          <t>ID - 3767,  Про внесення змін до рішення Червоноградської міської ради від 05.08.2021року №670 «Про затвердження Переліку другого типу об’єктів  комунальної  власності Червоноградської територіальної громади , щодо яких прийнято рішення про передачу в оренду без проведення аукціону»</t>
         </is>
       </c>
       <c r="D95" t="s">
         <v>60</v>
       </c>
       <c r="E95" t="s">
         <v>47</v>
       </c>
       <c r="F95" t="s">
         <v>78</v>
       </c>
       <c r="G95" t="s">
         <v>49</v>
       </c>
       <c r="H95" t="s">
         <v>50</v>
       </c>
       <c r="I95" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J95" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K95" t="s" s="5">
         <v>51</v>
@@ -14664,54 +14669,54 @@
       </c>
       <c r="AP95" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ95" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AR95" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS95" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT95" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU95" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="96">
       <c r="A96">
         <v>95</v>
       </c>
       <c r="B96" t="s">
+        <v>214</v>
+      </c>
+      <c r="C96" t="s" s="4">
         <v>215</v>
-      </c>
-[...1 lines deleted...]
-        <v>216</v>
       </c>
       <c r="D96" t="s">
         <v>68</v>
       </c>
       <c r="E96" t="s">
         <v>47</v>
       </c>
       <c r="F96" t="s">
         <v>78</v>
       </c>
       <c r="G96" t="s">
         <v>49</v>
       </c>
       <c r="H96" t="s">
         <v>50</v>
       </c>
       <c r="I96" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J96" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K96" t="s" s="5">
         <v>51</v>
       </c>
@@ -14807,65 +14812,65 @@
       </c>
       <c r="AP96" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ96" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AR96" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS96" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT96" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU96" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="97">
       <c r="A97">
         <v>96</v>
       </c>
       <c r="B97" t="s">
-        <v>217</v>
+        <v>216</v>
       </c>
       <c r="C97" t="inlineStr" s="4">
         <is>
-          <t>3769Про звернення Червоноградської міської ради щодо негайної передачі гуртожитку ВПУ-11 на баланс Червоноградської територіальної громади.</t>
+          <t>ID - 3769,  Про звернення Червоноградської міської ради щодо негайної передачі гуртожитку ВПУ-11 на баланс Червоноградської територіальної громади.</t>
         </is>
       </c>
       <c r="D97" t="s">
         <v>68</v>
       </c>
       <c r="E97" t="s">
         <v>47</v>
       </c>
       <c r="F97" t="s">
-        <v>130</v>
+        <v>129</v>
       </c>
       <c r="G97" t="s">
         <v>49</v>
       </c>
       <c r="H97" t="s">
         <v>50</v>
       </c>
       <c r="I97" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J97" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K97" t="s" s="5">
         <v>51</v>
       </c>
       <c r="L97" t="s" s="5">
         <v>52</v>
       </c>
       <c r="M97" t="s" s="5">
         <v>51</v>
       </c>
       <c r="N97" t="s" s="5">
         <v>51</v>
       </c>
@@ -14952,55 +14957,55 @@
       </c>
       <c r="AP97" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ97" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AR97" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS97" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT97" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU97" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="98">
       <c r="A98">
         <v>97</v>
       </c>
       <c r="B98" t="s">
-        <v>218</v>
+        <v>217</v>
       </c>
       <c r="C98" t="inlineStr" s="4">
         <is>
-          <t>3770Про приведення штатної чисельності відділу у справах дітей Червоноградської міської ради до норм, встановлених Законом України «Про органи і служби у справах дітей та спеціальні установи для дітей»</t>
+          <t>ID - 3770,  Про приведення штатної чисельності відділу у справах дітей Червоноградської міської ради до норм, встановлених Законом України «Про органи і служби у справах дітей та спеціальні установи для дітей»</t>
         </is>
       </c>
       <c r="D98" t="s">
         <v>68</v>
       </c>
       <c r="E98" t="s">
         <v>47</v>
       </c>
       <c r="F98" t="s">
         <v>78</v>
       </c>
       <c r="G98" t="s">
         <v>49</v>
       </c>
       <c r="H98" t="s">
         <v>50</v>
       </c>
       <c r="I98" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J98" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K98" t="s" s="5">
         <v>51</v>
@@ -15097,55 +15102,55 @@
       </c>
       <c r="AP98" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ98" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AR98" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS98" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT98" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU98" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="99">
       <c r="A99">
         <v>98</v>
       </c>
       <c r="B99" t="s">
-        <v>219</v>
+        <v>218</v>
       </c>
       <c r="C99" t="inlineStr" s="4">
         <is>
-          <t>3772Про надання згоди на безоплатне прийняття комп’ютерної техніки з державної власності на баланс виконавчого комітету Червоноградської міської ради</t>
+          <t>ID - 3772,  Про надання згоди на безоплатне прийняття комп’ютерної техніки з державної власності на баланс виконавчого комітету Червоноградської міської ради</t>
         </is>
       </c>
       <c r="D99" t="s">
         <v>68</v>
       </c>
       <c r="E99" t="s">
         <v>47</v>
       </c>
       <c r="F99" t="s">
         <v>78</v>
       </c>
       <c r="G99" t="s">
         <v>49</v>
       </c>
       <c r="H99" t="s">
         <v>50</v>
       </c>
       <c r="I99" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J99" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K99" t="s" s="5">
         <v>51</v>
@@ -15247,208 +15252,208 @@
         <v>53</v>
       </c>
       <c r="AR99" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS99" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT99" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU99" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="100">
       <c r="A100"/>
       <c r="B100"/>
       <c r="C100"/>
       <c r="D100"/>
       <c r="E100"/>
       <c r="F100"/>
       <c r="G100"/>
       <c r="H100"/>
       <c r="I100" t="s">
+        <v>219</v>
+      </c>
+      <c r="J100" t="s">
         <v>220</v>
       </c>
-      <c r="J100" t="s">
+      <c r="K100" t="s">
         <v>221</v>
       </c>
-      <c r="K100" t="s">
+      <c r="L100" t="s">
         <v>222</v>
       </c>
-      <c r="L100" t="s">
+      <c r="M100" t="s">
         <v>223</v>
       </c>
-      <c r="M100" t="s">
+      <c r="N100" t="s">
         <v>224</v>
       </c>
-      <c r="N100" t="s">
+      <c r="O100" t="s">
         <v>225</v>
       </c>
-      <c r="O100" t="s">
+      <c r="P100" t="s">
         <v>226</v>
       </c>
-      <c r="P100" t="s">
+      <c r="Q100" t="s">
         <v>227</v>
       </c>
-      <c r="Q100" t="s">
+      <c r="R100" t="s">
         <v>228</v>
       </c>
-      <c r="R100" t="s">
+      <c r="S100" t="s">
         <v>229</v>
       </c>
-      <c r="S100" t="s">
+      <c r="T100" t="s">
+        <v>219</v>
+      </c>
+      <c r="U100" t="s">
+        <v>226</v>
+      </c>
+      <c r="V100" t="s">
         <v>230</v>
       </c>
-      <c r="T100" t="s">
-[...2 lines deleted...]
-      <c r="U100" t="s">
+      <c r="W100" t="s">
+        <v>231</v>
+      </c>
+      <c r="X100" t="s">
+        <v>232</v>
+      </c>
+      <c r="Y100" t="s">
+        <v>233</v>
+      </c>
+      <c r="Z100" t="s">
+        <v>225</v>
+      </c>
+      <c r="AA100" t="s">
+        <v>230</v>
+      </c>
+      <c r="AB100" t="s">
+        <v>234</v>
+      </c>
+      <c r="AC100" t="s">
+        <v>228</v>
+      </c>
+      <c r="AD100" t="s">
+        <v>235</v>
+      </c>
+      <c r="AE100" t="s">
+        <v>236</v>
+      </c>
+      <c r="AF100" t="s">
+        <v>237</v>
+      </c>
+      <c r="AG100" t="s">
+        <v>234</v>
+      </c>
+      <c r="AH100" t="s">
         <v>227</v>
       </c>
-      <c r="V100" t="s">
-[...8 lines deleted...]
-      <c r="Y100" t="s">
+      <c r="AI100" t="s">
+        <v>235</v>
+      </c>
+      <c r="AJ100" t="s">
+        <v>238</v>
+      </c>
+      <c r="AK100" t="s">
+        <v>227</v>
+      </c>
+      <c r="AL100" t="s">
+        <v>227</v>
+      </c>
+      <c r="AM100" t="s">
         <v>234</v>
       </c>
-      <c r="Z100" t="s">
-[...17 lines deleted...]
-      <c r="AF100" t="s">
+      <c r="AN100" t="s">
         <v>238</v>
       </c>
-      <c r="AG100" t="s">
-[...8 lines deleted...]
-      <c r="AJ100" t="s">
+      <c r="AO100" t="s">
+        <v>219</v>
+      </c>
+      <c r="AP100" t="s">
         <v>239</v>
       </c>
-      <c r="AK100" t="s">
-[...14 lines deleted...]
-      <c r="AP100" t="s">
+      <c r="AQ100" t="s">
+        <v>227</v>
+      </c>
+      <c r="AR100" t="s">
+        <v>227</v>
+      </c>
+      <c r="AS100" t="s">
         <v>240</v>
       </c>
-      <c r="AQ100" t="s">
-[...5 lines deleted...]
-      <c r="AS100" t="s">
+      <c r="AT100" t="s">
         <v>241</v>
       </c>
-      <c r="AT100" t="s">
+      <c r="AU100" t="s">
         <v>242</v>
-      </c>
-[...1 lines deleted...]
-        <v>243</v>
       </c>
     </row>
     <row r="101">
       <c r="A101"/>
       <c r="B101"/>
       <c r="C101"/>
       <c r="D101"/>
       <c r="E101"/>
       <c r="F101"/>
       <c r="G101"/>
       <c r="H101"/>
       <c r="I101" t="s">
         <v>49</v>
       </c>
       <c r="J101" t="s">
         <v>49</v>
       </c>
       <c r="K101" t="s">
         <v>49</v>
       </c>
       <c r="L101" t="s">
         <v>49</v>
       </c>
       <c r="M101" t="s">
         <v>49</v>
       </c>
       <c r="N101" t="s">
         <v>49</v>
       </c>
       <c r="O101" t="s">
         <v>49</v>
       </c>
       <c r="P101" t="s">
         <v>49</v>
       </c>
       <c r="Q101" t="s">
         <v>49</v>
       </c>
       <c r="R101" t="s">
         <v>49</v>
       </c>
       <c r="S101" t="s">
-        <v>203</v>
+        <v>200</v>
       </c>
       <c r="T101" t="s">
         <v>49</v>
       </c>
       <c r="U101" t="s">
         <v>49</v>
       </c>
       <c r="V101" t="s">
         <v>49</v>
       </c>
       <c r="W101" t="s">
         <v>49</v>
       </c>
       <c r="X101" t="s">
         <v>49</v>
       </c>
       <c r="Y101" t="s">
         <v>49</v>
       </c>
       <c r="Z101" t="s">
         <v>49</v>
       </c>
       <c r="AA101" t="s">
         <v>49</v>
       </c>
@@ -15501,419 +15506,419 @@
         <v>49</v>
       </c>
       <c r="AR101" t="s">
         <v>49</v>
       </c>
       <c r="AS101" t="s">
         <v>49</v>
       </c>
       <c r="AT101" t="s">
         <v>49</v>
       </c>
       <c r="AU101" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="102">
       <c r="A102"/>
       <c r="B102"/>
       <c r="C102"/>
       <c r="D102"/>
       <c r="E102"/>
       <c r="F102"/>
       <c r="G102"/>
       <c r="H102"/>
       <c r="I102" t="s">
+        <v>243</v>
+      </c>
+      <c r="J102" t="s">
+        <v>243</v>
+      </c>
+      <c r="K102" t="s">
+        <v>243</v>
+      </c>
+      <c r="L102" t="s">
+        <v>243</v>
+      </c>
+      <c r="M102" t="s">
+        <v>243</v>
+      </c>
+      <c r="N102" t="s">
         <v>244</v>
       </c>
-      <c r="J102" t="s">
+      <c r="O102" t="s">
+        <v>243</v>
+      </c>
+      <c r="P102" t="s">
+        <v>243</v>
+      </c>
+      <c r="Q102" t="s">
+        <v>243</v>
+      </c>
+      <c r="R102" t="s">
+        <v>245</v>
+      </c>
+      <c r="S102" t="s">
+        <v>246</v>
+      </c>
+      <c r="T102" t="s">
+        <v>243</v>
+      </c>
+      <c r="U102" t="s">
+        <v>243</v>
+      </c>
+      <c r="V102" t="s">
+        <v>243</v>
+      </c>
+      <c r="W102" t="s">
         <v>244</v>
       </c>
-      <c r="K102" t="s">
+      <c r="X102" t="s">
+        <v>243</v>
+      </c>
+      <c r="Y102" t="s">
+        <v>243</v>
+      </c>
+      <c r="Z102" t="s">
+        <v>243</v>
+      </c>
+      <c r="AA102" t="s">
+        <v>243</v>
+      </c>
+      <c r="AB102" t="s">
+        <v>243</v>
+      </c>
+      <c r="AC102" t="s">
         <v>244</v>
       </c>
-      <c r="L102" t="s">
+      <c r="AD102" t="s">
+        <v>243</v>
+      </c>
+      <c r="AE102" t="s">
+        <v>243</v>
+      </c>
+      <c r="AF102" t="s">
         <v>244</v>
       </c>
-      <c r="M102" t="s">
+      <c r="AG102" t="s">
         <v>244</v>
       </c>
-      <c r="N102" t="s">
+      <c r="AH102" t="s">
+        <v>243</v>
+      </c>
+      <c r="AI102" t="s">
+        <v>244</v>
+      </c>
+      <c r="AJ102" t="s">
+        <v>243</v>
+      </c>
+      <c r="AK102" t="s">
+        <v>243</v>
+      </c>
+      <c r="AL102" t="s">
+        <v>243</v>
+      </c>
+      <c r="AM102" t="s">
+        <v>247</v>
+      </c>
+      <c r="AN102" t="s">
+        <v>246</v>
+      </c>
+      <c r="AO102" t="s">
         <v>245</v>
       </c>
-      <c r="O102" t="s">
+      <c r="AP102" t="s">
         <v>244</v>
       </c>
-      <c r="P102" t="s">
-[...68 lines deleted...]
-      <c r="AM102" t="s">
+      <c r="AQ102" t="s">
+        <v>243</v>
+      </c>
+      <c r="AR102" t="s">
+        <v>243</v>
+      </c>
+      <c r="AS102" t="s">
+        <v>243</v>
+      </c>
+      <c r="AT102" t="s">
         <v>248</v>
       </c>
-      <c r="AN102" t="s">
-[...19 lines deleted...]
-      </c>
       <c r="AU102" t="s">
-        <v>244</v>
+        <v>243</v>
       </c>
     </row>
     <row r="103">
       <c r="A103"/>
       <c r="B103"/>
       <c r="C103"/>
       <c r="D103"/>
       <c r="E103"/>
       <c r="F103"/>
       <c r="G103"/>
       <c r="H103"/>
       <c r="I103" t="s">
+        <v>249</v>
+      </c>
+      <c r="J103" t="s">
         <v>250</v>
       </c>
-      <c r="J103" t="s">
+      <c r="K103" t="s">
         <v>251</v>
       </c>
-      <c r="K103" t="s">
+      <c r="L103" t="s">
         <v>252</v>
       </c>
-      <c r="L103" t="s">
+      <c r="M103" t="s">
         <v>253</v>
       </c>
-      <c r="M103" t="s">
+      <c r="N103" t="s">
         <v>254</v>
       </c>
-      <c r="N103" t="s">
+      <c r="O103" t="s">
+        <v>251</v>
+      </c>
+      <c r="P103" t="s">
+        <v>250</v>
+      </c>
+      <c r="Q103" t="s">
         <v>255</v>
       </c>
-      <c r="O103" t="s">
-[...2 lines deleted...]
-      <c r="P103" t="s">
+      <c r="R103" t="s">
+        <v>250</v>
+      </c>
+      <c r="S103" t="s">
+        <v>256</v>
+      </c>
+      <c r="T103" t="s">
+        <v>249</v>
+      </c>
+      <c r="U103" t="s">
+        <v>257</v>
+      </c>
+      <c r="V103" t="s">
+        <v>258</v>
+      </c>
+      <c r="W103" t="s">
+        <v>259</v>
+      </c>
+      <c r="X103" t="s">
+        <v>249</v>
+      </c>
+      <c r="Y103" t="s">
+        <v>259</v>
+      </c>
+      <c r="Z103" t="s">
         <v>251</v>
       </c>
-      <c r="Q103" t="s">
+      <c r="AA103" t="s">
+        <v>258</v>
+      </c>
+      <c r="AB103" t="s">
+        <v>249</v>
+      </c>
+      <c r="AC103" t="s">
+        <v>260</v>
+      </c>
+      <c r="AD103" t="s">
+        <v>261</v>
+      </c>
+      <c r="AE103" t="s">
+        <v>262</v>
+      </c>
+      <c r="AF103" t="s">
+        <v>263</v>
+      </c>
+      <c r="AG103" t="s">
+        <v>264</v>
+      </c>
+      <c r="AH103" t="s">
+        <v>255</v>
+      </c>
+      <c r="AI103" t="s">
+        <v>263</v>
+      </c>
+      <c r="AJ103" t="s">
+        <v>265</v>
+      </c>
+      <c r="AK103" t="s">
+        <v>255</v>
+      </c>
+      <c r="AL103" t="s">
+        <v>255</v>
+      </c>
+      <c r="AM103" t="s">
+        <v>258</v>
+      </c>
+      <c r="AN103" t="s">
+        <v>266</v>
+      </c>
+      <c r="AO103" t="s">
+        <v>251</v>
+      </c>
+      <c r="AP103" t="s">
+        <v>267</v>
+      </c>
+      <c r="AQ103" t="s">
+        <v>255</v>
+      </c>
+      <c r="AR103" t="s">
+        <v>255</v>
+      </c>
+      <c r="AS103" t="s">
+        <v>258</v>
+      </c>
+      <c r="AT103" t="s">
         <v>256</v>
       </c>
-      <c r="R103" t="s">
-[...8 lines deleted...]
-      <c r="U103" t="s">
+      <c r="AU103" t="s">
         <v>258</v>
-      </c>
-[...76 lines deleted...]
-        <v>259</v>
       </c>
     </row>
     <row r="104">
       <c r="A104"/>
       <c r="B104"/>
       <c r="C104"/>
       <c r="D104"/>
       <c r="E104"/>
       <c r="F104"/>
       <c r="G104"/>
       <c r="H104"/>
       <c r="I104" t="s">
+        <v>268</v>
+      </c>
+      <c r="J104" t="s">
+        <v>268</v>
+      </c>
+      <c r="K104" t="s">
         <v>269</v>
       </c>
-      <c r="J104" t="s">
+      <c r="L104" t="s">
         <v>269</v>
       </c>
-      <c r="K104" t="s">
+      <c r="M104" t="s">
+        <v>268</v>
+      </c>
+      <c r="N104" t="s">
+        <v>268</v>
+      </c>
+      <c r="O104" t="s">
+        <v>268</v>
+      </c>
+      <c r="P104" t="s">
         <v>270</v>
       </c>
-      <c r="L104" t="s">
+      <c r="Q104" t="s">
+        <v>271</v>
+      </c>
+      <c r="R104" t="s">
+        <v>268</v>
+      </c>
+      <c r="S104" t="s">
+        <v>268</v>
+      </c>
+      <c r="T104" t="s">
+        <v>268</v>
+      </c>
+      <c r="U104" t="s">
+        <v>268</v>
+      </c>
+      <c r="V104" t="s">
+        <v>272</v>
+      </c>
+      <c r="W104" t="s">
+        <v>268</v>
+      </c>
+      <c r="X104" t="s">
+        <v>273</v>
+      </c>
+      <c r="Y104" t="s">
+        <v>274</v>
+      </c>
+      <c r="Z104" t="s">
+        <v>268</v>
+      </c>
+      <c r="AA104" t="s">
+        <v>272</v>
+      </c>
+      <c r="AB104" t="s">
+        <v>275</v>
+      </c>
+      <c r="AC104" t="s">
+        <v>268</v>
+      </c>
+      <c r="AD104" t="s">
+        <v>276</v>
+      </c>
+      <c r="AE104" t="s">
+        <v>277</v>
+      </c>
+      <c r="AF104" t="s">
+        <v>274</v>
+      </c>
+      <c r="AG104" t="s">
+        <v>278</v>
+      </c>
+      <c r="AH104" t="s">
+        <v>271</v>
+      </c>
+      <c r="AI104" t="s">
+        <v>268</v>
+      </c>
+      <c r="AJ104" t="s">
+        <v>269</v>
+      </c>
+      <c r="AK104" t="s">
+        <v>271</v>
+      </c>
+      <c r="AL104" t="s">
+        <v>271</v>
+      </c>
+      <c r="AM104" t="s">
         <v>270</v>
       </c>
-      <c r="M104" t="s">
-[...8 lines deleted...]
-      <c r="P104" t="s">
+      <c r="AN104" t="s">
+        <v>268</v>
+      </c>
+      <c r="AO104" t="s">
+        <v>268</v>
+      </c>
+      <c r="AP104" t="s">
+        <v>279</v>
+      </c>
+      <c r="AQ104" t="s">
         <v>271</v>
       </c>
-      <c r="Q104" t="s">
-[...65 lines deleted...]
-      <c r="AM104" t="s">
+      <c r="AR104" t="s">
         <v>271</v>
       </c>
-      <c r="AN104" t="s">
-[...5 lines deleted...]
-      <c r="AP104" t="s">
+      <c r="AS104" t="s">
         <v>280</v>
       </c>
-      <c r="AQ104" t="s">
-[...5 lines deleted...]
-      <c r="AS104" t="s">
+      <c r="AT104" t="s">
         <v>281</v>
       </c>
-      <c r="AT104" t="s">
+      <c r="AU104" t="s">
         <v>282</v>
-      </c>
-[...1 lines deleted...]
-        <v>283</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="2">
     <mergeCell ref="D1:E1"/>
     <mergeCell ref="F1:H1"/>
   </mergeCells>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <TotalTime></TotalTime>
   <Application>SimpleXLSXGen</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:language>en-US</dc:language>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>